--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:115.66265060241px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Camille Bloomfield </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">camille-bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4767-294X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">081806698</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparence, responsabilités, normes et régulations dans l'IA en matière d'édition : par quoi commencer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beaudouin-Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Bensamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poésie sur Instagram : nouvelles pratiques, nouveaux enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et design – Visualités et visualisations du texte en régime numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Presses du réel, 2024, 978-2-37896-244-9. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7273/axyj-3574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05309736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La traduction homophonique et le canon musical : le cas des Œuvres complètes de Lord Charles par John Hulme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sound / Writing : traduire-écrire entre le son et le sens, Vincent Broqua et Dirk Weissmann (dirs)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La traduction comme pratique oulipienne : par-delà le texte &amp;quot;original&amp;quot;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo mode d’emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2018, 9782745330789</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machines littéraires, machines numériques: l'Oulipo et l'informatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Campaignolle-Catel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Schaffner; Christelle Reggiani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo, mode d'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 978-2-7453-3078-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo international (2/2) : traductions et réception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo mode d’emploi, Chistrelle Reggiani et Alain Schaffner (dirs.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fournel : du Guignol lyonnais à l’ère numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Romestaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paul Fournel, Liberté sous contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Sorbonne Nouvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 7-9., 2014, 978-2-87854-625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01423700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;A nous !&amp;quot; Notes sur un retour sonore, poétique et critique » (à partir d'une performance poétique faite au colloque en Sorbonne le 25/11/2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La ‘‘travailleuse du texte’’ : Michèle Métail au prisme du genre », Michèle Métail. La poésie en trois dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Manart : sélectionner, éditer, dématérialiser les manifestes artistiques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presse universitaire de Paris Ouest </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Deux cent quarante-trois cartes postales en couleurs véritables, œuvre générante », postface au catalogue d’artiste 54 véritables cartes postales adressées à Georges Perec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Editions caractères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manart : une base de données sur les manifestes artistiques et littéraires au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviana Birolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mette Tjell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 2, pp.#</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au numéro Le Manifeste : devenirs d'un genre indiscipliné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Le manifeste à travers les arts : devenirs d’un genre indiscipliné (2018-1), https://journals.openedition.org/itineraires/4371. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/itineraires.4371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La contrainte et les langues (portugais, italien, français, espagnol, anglais) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire la littérature à contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Tweetranslating Trump: Outranspo’s “bad translations” of Trump’s tweets »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French and Francophone Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outranspo & ParaOutranspo » – creative translation folios, with Ouvroir de translation potencial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drunken Boat, an international journal of literature and the arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Acts de fundaciòn de l’Outranspo » (avec Rachel Galvin & Pablo Martin Ruiz)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Translating constrained literature / Traduire la littérature à contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outranspo & ParaOutranspo » – creative translation folios, avec l’Outranspo (Ouvroir de translation potencial)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of language and literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Outranspo, creuset d’interactions linguistiques et culturelles » (avec Irène Gayraud)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediazioni. Rivista online du studi interdisciplinari su lingue e culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Michèle Métail, contraintes & contiguïtés », Entre jeu et contrainte : pratiques et expériences oulipienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meandar Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jacques Jouet, écrivain politique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Oulipo/Oplepo informatico : macchine letterarie, macchine digitali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edizioni Oplepo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Marcel Bénabou, écrivain, oulipien, archiviste »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de la Sorbonne nouvelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une écriture réellement collaborative ? Incidences génétiques du fonctionnement démocratique de l’Oulipo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 41, pp.119-130. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/genesis.1549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Petit portrait portatif de l’Oulipo contemporain »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle Revue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Perec in Italia : inchiesta su una specie in via di moltiplicazione (Prima parte : Italia) », enquête auprès des traducteurs italiens de Perec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edizioni Oplepo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Oulipo, entre Scrabble et Meccano »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les manifestes à l’Oulipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Manifeste/s, 44 (3), pp.35-46. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1025479ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OuliExpo !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Chroniques de la Bibliothèque nationale de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, septembre-décembre (71), pp.4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les âges d’or du manifeste artistique et littéraire en France : étude contrastive à partir de la base de données Manart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mette Tjell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 44 (3), pp.151-163. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1025488ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Oulipo dans l’histoire des groupes et mouvements littéraires européens : une mise en perspective », 50 ans d’Oulipo. De la contrainte à l’œuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;Une véritable historienne&amp;quot; : voir et entendre sous le contrôle du document », Entretien avec Arlette Farge (avec Bérenger Boulay)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages du document en littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traduire La Disparition de Georges Perec »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt-Huitièmes Assises de la traduction littéraire </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du document à l’archive : l’historien de la littérature face à ses sources »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racontez-moi l’Oulipo », entretien avec Jacques Roubaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes Poétiques Contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poète, nom féminin.., 8, pp.195-210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme, Oulipo, poésie sonore, musique... Entretien avec Michèle Métail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes Poétiques Contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poète, nom féminin.., 8, p. 115-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Oulipo potentiel : quand Queneau corrige Bens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Amis de Valentin Brû</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Ouvroirs, 56-57, p.43-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sonnet à l'Oulipo, quand une forme fixe n'est plus une contrainte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formules, revue des littératures à contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Le Sonnet contemporain – retours au sonnet, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Moretti, Le roman de formation, Paris, CNRS Éditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Musitelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manifeste à travers les arts : devenirs d’un genre indiscipliné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018-1, https://journals.openedition.org/itineraires/4097, 2018, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/itineraires.4097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Queneau / Perec / Roubaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Raymond Queneau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raconter l’Oulipo (1960-1992) : histoire et sociologie d’un groupe littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translating constrained literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Schilling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo mode d'emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Reggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo ouvroir de Littérature potentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fournel, Liberté sous contrainte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Romestaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo : ouvroir de Littérature potentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bibliothèque nationale de France; Gallimard, 1 vol. (208 p.), 2014, 978-2-07-014687-1. - 978-2-7177-2611-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'atelier Outranspo : Tweetranslating Trump</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Robert-Foley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trente-quatrièmes Assises de la traduction littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la généalogie aux usages d’une plateforme pour la traduction : bilan et enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gagnebien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Jauniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Nicolas-Kaufman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A TRAVERS LES LANGUES ET LES CULTURES : DE DIFFÉRENTS USAGES NUMÉRIQUES DU PATRIMOINE TEXTUEL ET AUDIOVISUEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo@50 – Actes du colloque de Buffalo, 5-8 octobre 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo@50</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Buffalo, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots, il suffit qu'on les aime : les arts poétiques à l'Oulipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts poétiques et arts d'aimer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice « Oulipo », catalogue de l’exposition « Écrivains : mode(s) d’emploi – de Voltaire à Bleu Orange »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId90"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:115.66265060241px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Camille Bloomfield </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">camille-bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4767-294X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">081806698</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparence, responsabilités, normes et régulations dans l'IA en matière d'édition : par quoi commencer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beaudouin-Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Bensamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poésie sur Instagram : nouvelles pratiques, nouveaux enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et design – Visualités et visualisations du texte en régime numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Presses du réel, 2024, 978-2-37896-244-9. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7273/axyj-3574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05309736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La traduction homophonique et le canon musical : le cas des Œuvres complètes de Lord Charles par John Hulme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sound / Writing : traduire-écrire entre le son et le sens, Vincent Broqua et Dirk Weissmann (dirs)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La traduction comme pratique oulipienne : par-delà le texte &amp;quot;original&amp;quot;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo mode d’emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2018, 9782745330789</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machines littéraires, machines numériques: l'Oulipo et l'informatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Campaignolle-Catel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Schaffner; Christelle Reggiani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo, mode d'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 978-2-7453-3078-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo international (2/2) : traductions et réception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo mode d’emploi, Chistrelle Reggiani et Alain Schaffner (dirs.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fournel : du Guignol lyonnais à l’ère numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Romestaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paul Fournel, Liberté sous contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Sorbonne Nouvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 7-9., 2014, 978-2-87854-625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01423700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;A nous !&amp;quot; Notes sur un retour sonore, poétique et critique » (à partir d'une performance poétique faite au colloque en Sorbonne le 25/11/2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La ‘‘travailleuse du texte’’ : Michèle Métail au prisme du genre », Michèle Métail. La poésie en trois dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Manart : sélectionner, éditer, dématérialiser les manifestes artistiques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presse universitaire de Paris Ouest </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Deux cent quarante-trois cartes postales en couleurs véritables, œuvre générante », postface au catalogue d’artiste 54 véritables cartes postales adressées à Georges Perec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Editions caractères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manart : une base de données sur les manifestes artistiques et littéraires au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviana Birolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mette Tjell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 2, pp.#</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au numéro Le Manifeste : devenirs d'un genre indiscipliné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Le manifeste à travers les arts : devenirs d’un genre indiscipliné (2018-1), https://journals.openedition.org/itineraires/4371. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/itineraires.4371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La contrainte et les langues (portugais, italien, français, espagnol, anglais) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire la littérature à contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Tweetranslating Trump: Outranspo’s “bad translations” of Trump’s tweets »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French and Francophone Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outranspo & ParaOutranspo » – creative translation folios, with Ouvroir de translation potencial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drunken Boat, an international journal of literature and the arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Acts de fundaciòn de l’Outranspo » (avec Rachel Galvin & Pablo Martin Ruiz)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Translating constrained literature / Traduire la littérature à contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outranspo & ParaOutranspo » – creative translation folios, avec l’Outranspo (Ouvroir de translation potencial)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of language and literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Outranspo, creuset d’interactions linguistiques et culturelles » (avec Irène Gayraud)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediazioni. Rivista online du studi interdisciplinari su lingue e culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Michèle Métail, contraintes & contiguïtés », Entre jeu et contrainte : pratiques et expériences oulipienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meandar Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jacques Jouet, écrivain politique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Oulipo/Oplepo informatico : macchine letterarie, macchine digitali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edizioni Oplepo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Marcel Bénabou, écrivain, oulipien, archiviste »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de la Sorbonne nouvelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une écriture réellement collaborative ? Incidences génétiques du fonctionnement démocratique de l’Oulipo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 41, pp.119-130. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/genesis.1549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Petit portrait portatif de l’Oulipo contemporain »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle Revue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Perec in Italia : inchiesta su una specie in via di moltiplicazione (Prima parte : Italia) », enquête auprès des traducteurs italiens de Perec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edizioni Oplepo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Oulipo, entre Scrabble et Meccano »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les manifestes à l’Oulipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Manifeste/s, 44 (3), pp.35-46. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1025479ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OuliExpo !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Chroniques de la Bibliothèque nationale de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, septembre-décembre (71), pp.4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les âges d’or du manifeste artistique et littéraire en France : étude contrastive à partir de la base de données Manart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mette Tjell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 44 (3), pp.151-163. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1025488ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Oulipo dans l’histoire des groupes et mouvements littéraires européens : une mise en perspective », 50 ans d’Oulipo. De la contrainte à l’œuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;Une véritable historienne&amp;quot; : voir et entendre sous le contrôle du document », Entretien avec Arlette Farge (avec Bérenger Boulay)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages du document en littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traduire La Disparition de Georges Perec »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt-Huitièmes Assises de la traduction littéraire </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du document à l’archive : l’historien de la littérature face à ses sources »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racontez-moi l’Oulipo », entretien avec Jacques Roubaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes Poétiques Contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poète, nom féminin.., 8, pp.195-210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme, Oulipo, poésie sonore, musique... Entretien avec Michèle Métail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes Poétiques Contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poète, nom féminin.., 8, p. 115-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Oulipo potentiel : quand Queneau corrige Bens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Amis de Valentin Brû</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Ouvroirs, 56-57, p.43-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sonnet à l'Oulipo, quand une forme fixe n'est plus une contrainte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formules, revue des littératures à contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Le Sonnet contemporain – retours au sonnet, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Moretti, Le roman de formation, Paris, CNRS Éditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Musitelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manifeste à travers les arts : devenirs d’un genre indiscipliné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018-1, https://journals.openedition.org/itineraires/4097, 2018, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/itineraires.4097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Queneau / Perec / Roubaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Raymond Queneau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la généalogie aux usages d’une plateforme pour la traduction : bilan et enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gagnebien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Jauniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Nicolas-Kaufman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A TRAVERS LES LANGUES ET LES CULTURES : DE DIFFÉRENTS USAGES NUMÉRIQUES DU PATRIMOINE TEXTUEL ET AUDIOVISUEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo@50 – Actes du colloque de Buffalo, 5-8 octobre 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo@50</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Buffalo, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots, il suffit qu'on les aime : les arts poétiques à l'Oulipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts poétiques et arts d'aimer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'atelier Outranspo : Tweetranslating Trump</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Robert-Foley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trente-quatrièmes Assises de la traduction littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raconter l’Oulipo (1960-1992) : histoire et sociologie d’un groupe littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translating constrained literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Schilling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo mode d'emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Reggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo ouvroir de Littérature potentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fournel, Liberté sous contrainte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Romestaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo : ouvroir de Littérature potentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bibliothèque nationale de France; Gallimard, 1 vol. (208 p.), 2014, 978-2-07-014687-1. - 978-2-7177-2611-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice « Oulipo », catalogue de l’exposition « Écrivains : mode(s) d’emploi – de Voltaire à Bleu Orange »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId90"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="66822848"/>
+    <w:nsid w:val="74E4A20C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-bloomfield" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4767-294X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081806698" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272235v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beaudouin-Lafon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bensamoun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bloomfield" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thomas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309736v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7273/axyj-3574" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437726v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437617v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Campaignolle-Catel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435334v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423700v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Romestaing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schaffner" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/histoires-naturelles-des-animaux-xxe-xxie-siecles#" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437619v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437623v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437620v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437627v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01991932v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Birolli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Tjell" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ziane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02090021v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.4371" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437635v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437631v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437639v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435208v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437641v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437633v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437642v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437646v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437651v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437643v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genesis.1549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437657v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437686v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437683v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447242v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025479ar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04258129v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437691v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025488ar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437701v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437703v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435249v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474185v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474165v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474149v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474048v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433737v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Musitelli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02275164v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.4097" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435230v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435118v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447192v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Schilling" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416696v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reggiani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435219v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081042v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04258208v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544232v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Robert-Foley" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843195v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Jauniau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Nicolas-Kaufman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Vidal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435262v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474058v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437695v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-bloomfield" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4767-294X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081806698" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272235v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beaudouin-Lafon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bensamoun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bloomfield" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thomas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309736v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7273/axyj-3574" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437726v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437617v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Campaignolle-Catel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435334v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423700v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Romestaing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schaffner" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/histoires-naturelles-des-animaux-xxe-xxie-siecles#" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437619v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437623v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437620v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437627v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01991932v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Birolli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Tjell" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ziane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02090021v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.4371" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437635v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437631v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437639v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435208v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437641v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437633v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437642v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437646v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437651v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437643v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genesis.1549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437657v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437686v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437683v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447242v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025479ar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04258129v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437691v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025488ar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437701v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437703v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435249v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474185v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474165v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474149v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474048v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433737v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Musitelli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02275164v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.4097" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435230v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843195v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Jauniau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Nicolas-Kaufman" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Vidal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435262v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474058v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544232v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Robert-Foley" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435118v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447192v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Schilling" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416696v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reggiani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435219v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081042v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04258208v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437695v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>