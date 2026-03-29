--- v1 (2026-03-07)
+++ v2 (2026-03-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:115.66265060241px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Camille Bloomfield </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">camille-bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4767-294X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">081806698</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparence, responsabilités, normes et régulations dans l'IA en matière d'édition : par quoi commencer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beaudouin-Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Bensamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poésie sur Instagram : nouvelles pratiques, nouveaux enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et design – Visualités et visualisations du texte en régime numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Presses du réel, 2024, 978-2-37896-244-9. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7273/axyj-3574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05309736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La traduction homophonique et le canon musical : le cas des Œuvres complètes de Lord Charles par John Hulme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sound / Writing : traduire-écrire entre le son et le sens, Vincent Broqua et Dirk Weissmann (dirs)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La traduction comme pratique oulipienne : par-delà le texte &amp;quot;original&amp;quot;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo mode d’emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2018, 9782745330789</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machines littéraires, machines numériques: l'Oulipo et l'informatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Campaignolle-Catel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Schaffner; Christelle Reggiani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo, mode d'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 978-2-7453-3078-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo international (2/2) : traductions et réception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo mode d’emploi, Chistrelle Reggiani et Alain Schaffner (dirs.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fournel : du Guignol lyonnais à l’ère numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Romestaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paul Fournel, Liberté sous contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Sorbonne Nouvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 7-9., 2014, 978-2-87854-625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01423700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;A nous !&amp;quot; Notes sur un retour sonore, poétique et critique » (à partir d'une performance poétique faite au colloque en Sorbonne le 25/11/2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La ‘‘travailleuse du texte’’ : Michèle Métail au prisme du genre », Michèle Métail. La poésie en trois dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Manart : sélectionner, éditer, dématérialiser les manifestes artistiques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presse universitaire de Paris Ouest </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Deux cent quarante-trois cartes postales en couleurs véritables, œuvre générante », postface au catalogue d’artiste 54 véritables cartes postales adressées à Georges Perec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Editions caractères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manart : une base de données sur les manifestes artistiques et littéraires au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviana Birolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mette Tjell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 2, pp.#</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au numéro Le Manifeste : devenirs d'un genre indiscipliné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Le manifeste à travers les arts : devenirs d’un genre indiscipliné (2018-1), https://journals.openedition.org/itineraires/4371. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/itineraires.4371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La contrainte et les langues (portugais, italien, français, espagnol, anglais) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire la littérature à contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Tweetranslating Trump: Outranspo’s “bad translations” of Trump’s tweets »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French and Francophone Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outranspo & ParaOutranspo » – creative translation folios, with Ouvroir de translation potencial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drunken Boat, an international journal of literature and the arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Acts de fundaciòn de l’Outranspo » (avec Rachel Galvin & Pablo Martin Ruiz)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Translating constrained literature / Traduire la littérature à contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outranspo & ParaOutranspo » – creative translation folios, avec l’Outranspo (Ouvroir de translation potencial)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of language and literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Outranspo, creuset d’interactions linguistiques et culturelles » (avec Irène Gayraud)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediazioni. Rivista online du studi interdisciplinari su lingue e culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Michèle Métail, contraintes & contiguïtés », Entre jeu et contrainte : pratiques et expériences oulipienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meandar Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jacques Jouet, écrivain politique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Oulipo/Oplepo informatico : macchine letterarie, macchine digitali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edizioni Oplepo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Marcel Bénabou, écrivain, oulipien, archiviste »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de la Sorbonne nouvelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une écriture réellement collaborative ? Incidences génétiques du fonctionnement démocratique de l’Oulipo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 41, pp.119-130. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/genesis.1549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Petit portrait portatif de l’Oulipo contemporain »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle Revue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Perec in Italia : inchiesta su una specie in via di moltiplicazione (Prima parte : Italia) », enquête auprès des traducteurs italiens de Perec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edizioni Oplepo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Oulipo, entre Scrabble et Meccano »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les manifestes à l’Oulipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Manifeste/s, 44 (3), pp.35-46. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1025479ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OuliExpo !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Chroniques de la Bibliothèque nationale de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, septembre-décembre (71), pp.4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les âges d’or du manifeste artistique et littéraire en France : étude contrastive à partir de la base de données Manart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mette Tjell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 44 (3), pp.151-163. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1025488ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Oulipo dans l’histoire des groupes et mouvements littéraires européens : une mise en perspective », 50 ans d’Oulipo. De la contrainte à l’œuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;Une véritable historienne&amp;quot; : voir et entendre sous le contrôle du document », Entretien avec Arlette Farge (avec Bérenger Boulay)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages du document en littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traduire La Disparition de Georges Perec »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt-Huitièmes Assises de la traduction littéraire </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du document à l’archive : l’historien de la littérature face à ses sources »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racontez-moi l’Oulipo », entretien avec Jacques Roubaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes Poétiques Contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poète, nom féminin.., 8, pp.195-210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme, Oulipo, poésie sonore, musique... Entretien avec Michèle Métail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes Poétiques Contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poète, nom féminin.., 8, p. 115-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Oulipo potentiel : quand Queneau corrige Bens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Amis de Valentin Brû</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Ouvroirs, 56-57, p.43-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sonnet à l'Oulipo, quand une forme fixe n'est plus une contrainte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formules, revue des littératures à contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Le Sonnet contemporain – retours au sonnet, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Moretti, Le roman de formation, Paris, CNRS Éditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Musitelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manifeste à travers les arts : devenirs d’un genre indiscipliné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018-1, https://journals.openedition.org/itineraires/4097, 2018, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/itineraires.4097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Queneau / Perec / Roubaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Raymond Queneau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la généalogie aux usages d’une plateforme pour la traduction : bilan et enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gagnebien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Jauniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Nicolas-Kaufman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A TRAVERS LES LANGUES ET LES CULTURES : DE DIFFÉRENTS USAGES NUMÉRIQUES DU PATRIMOINE TEXTUEL ET AUDIOVISUEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo@50 – Actes du colloque de Buffalo, 5-8 octobre 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo@50</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Buffalo, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots, il suffit qu'on les aime : les arts poétiques à l'Oulipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts poétiques et arts d'aimer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'atelier Outranspo : Tweetranslating Trump</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Robert-Foley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trente-quatrièmes Assises de la traduction littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raconter l’Oulipo (1960-1992) : histoire et sociologie d’un groupe littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translating constrained literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Schilling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo mode d'emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Reggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo ouvroir de Littérature potentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fournel, Liberté sous contrainte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Romestaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo : ouvroir de Littérature potentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bibliothèque nationale de France; Gallimard, 1 vol. (208 p.), 2014, 978-2-07-014687-1. - 978-2-7177-2611-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice « Oulipo », catalogue de l’exposition « Écrivains : mode(s) d’emploi – de Voltaire à Bleu Orange »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId90"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:115.66265060241px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Camille Bloomfield </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">camille-bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-4767-294X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">081806698</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparence, responsabilités, normes et régulations dans l'IA en matière d'édition : par quoi commencer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Beaudouin-Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Bensamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poésie sur Instagram : nouvelles pratiques, nouveaux enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et design – Visualités et visualisations du texte en régime numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Presses du réel, 2024, 978-2-37896-244-9. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7273/axyj-3574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05309736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La traduction homophonique et le canon musical : le cas des Œuvres complètes de Lord Charles par John Hulme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sound / Writing : traduire-écrire entre le son et le sens, Vincent Broqua et Dirk Weissmann (dirs)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La traduction comme pratique oulipienne : par-delà le texte &amp;quot;original&amp;quot;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo mode d’emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2018, 9782745330789</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machines littéraires, machines numériques: l'Oulipo et l'informatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Campaignolle-Catel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Schaffner; Christelle Reggiani. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo, mode d'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 978-2-7453-3078-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo international (2/2) : traductions et réception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo mode d’emploi, Chistrelle Reggiani et Alain Schaffner (dirs.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fournel : du Guignol lyonnais à l’ère numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Romestaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paul Fournel, Liberté sous contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Sorbonne Nouvelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p. 7-9., 2014, 978-2-87854-625-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01423700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;A nous !&amp;quot; Notes sur un retour sonore, poétique et critique » (à partir d'une performance poétique faite au colloque en Sorbonne le 25/11/2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La ‘‘travailleuse du texte’’ : Michèle Métail au prisme du genre », Michèle Métail. La poésie en trois dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les presses du réel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Manart : sélectionner, éditer, dématérialiser les manifestes artistiques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presse universitaire de Paris Ouest </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Deux cent quarante-trois cartes postales en couleurs véritables, œuvre générante », postface au catalogue d’artiste 54 véritables cartes postales adressées à Georges Perec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Editions caractères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manart : une base de données sur les manifestes artistiques et littéraires au XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviana Birolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mette Tjell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biens Symboliques = Symbolic Goods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, n° 2, pp.#</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01991932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au numéro Le Manifeste : devenirs d'un genre indiscipliné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Le manifeste à travers les arts : devenirs d’un genre indiscipliné (2018-1), https://journals.openedition.org/itineraires/4371. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/itineraires.4371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La contrainte et les langues (portugais, italien, français, espagnol, anglais) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduire la littérature à contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Tweetranslating Trump: Outranspo’s “bad translations” of Trump’s tweets »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary French and Francophone Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outranspo & ParaOutranspo » – creative translation folios, with Ouvroir de translation potencial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drunken Boat, an international journal of literature and the arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Acts de fundaciòn de l’Outranspo » (avec Rachel Galvin & Pablo Martin Ruiz)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Translating constrained literature / Traduire la littérature à contrainte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Outranspo & ParaOutranspo » – creative translation folios, avec l’Outranspo (Ouvroir de translation potencial)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of language and literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Outranspo, creuset d’interactions linguistiques et culturelles » (avec Irène Gayraud)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediazioni. Rivista online du studi interdisciplinari su lingue e culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jacques Jouet, écrivain politique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Michèle Métail, contraintes & contiguïtés », Entre jeu et contrainte : pratiques et expériences oulipienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meandar Media</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Oulipo/Oplepo informatico : macchine letterarie, macchine digitali »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edizioni Oplepo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Marcel Bénabou, écrivain, oulipien, archiviste »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de la Sorbonne nouvelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une écriture réellement collaborative ? Incidences génétiques du fonctionnement démocratique de l’Oulipo »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 41, pp.119-130. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/genesis.1549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Petit portrait portatif de l’Oulipo contemporain »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle Revue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Perec in Italia : inchiesta su una specie in via di moltiplicazione (Prima parte : Italia) », enquête auprès des traducteurs italiens de Perec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edizioni Oplepo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Oulipo, entre Scrabble et Meccano »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magazine littéraire (Le)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les manifestes à l’Oulipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Manifeste/s, 44 (3), pp.35-46. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1025479ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OuliExpo !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Chroniques de la Bibliothèque nationale de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, septembre-décembre (71), pp.4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les âges d’or du manifeste artistique et littéraire en France : étude contrastive à partir de la base de données Manart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mette Tjell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 44 (3), pp.151-163. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1025488ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’Oulipo dans l’histoire des groupes et mouvements littéraires européens : une mise en perspective », 50 ans d’Oulipo. De la contrainte à l’œuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Licorne : Revue de langue et de littérature française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;Une véritable historienne&amp;quot; : voir et entendre sous le contrôle du document », Entretien avec Arlette Farge (avec Bérenger Boulay)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages du document en littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traduire La Disparition de Georges Perec »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt-Huitièmes Assises de la traduction littéraire </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Du document à l’archive : l’historien de la littérature face à ses sources »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racontez-moi l’Oulipo », entretien avec Jacques Roubaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes Poétiques Contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poète, nom féminin.., 8, pp.195-210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme, Oulipo, poésie sonore, musique... Entretien avec Michèle Métail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes Poétiques Contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poète, nom féminin.., 8, p. 115-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un Oulipo potentiel : quand Queneau corrige Bens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Amis de Valentin Brû</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Ouvroirs, 56-57, p.43-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sonnet à l'Oulipo, quand une forme fixe n'est plus une contrainte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formules, revue des littératures à contraintes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Le Sonnet contemporain – retours au sonnet, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traduction (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Moretti, Le roman de formation, Paris, CNRS Éditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Musitelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Traduction</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le manifeste à travers les arts : devenirs d’un genre indiscipliné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Ziane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018-1, https://journals.openedition.org/itineraires/4097, 2018, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/itineraires.4097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Queneau / Perec / Roubaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Raymond Queneau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raconter l’Oulipo (1960-1992) : histoire et sociologie d’un groupe littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translating constrained literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derek Schilling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo mode d'emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Reggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo ouvroir de Littérature potentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Fournel, Liberté sous contrainte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Romestaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Schaffner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Sorbonne Nouvelle, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo : ouvroir de Littérature potentielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lesage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bibliothèque nationale de France; Gallimard, 1 vol. (208 p.), 2014, 978-2-07-014687-1. - 978-2-7177-2611-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de l'atelier Outranspo : Tweetranslating Trump</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Robert-Foley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trente-quatrièmes Assises de la traduction littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04544232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la généalogie aux usages d’une plateforme pour la traduction : bilan et enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Gagnebien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilia Jauniau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naomi Nicolas-Kaufman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A TRAVERS LES LANGUES ET LES CULTURES : DE DIFFÉRENTS USAGES NUMÉRIQUES DU PATRIMOINE TEXTUEL ET AUDIOVISUEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oulipo@50 – Actes du colloque de Buffalo, 5-8 octobre 2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oulipo@50</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Buffalo, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03435262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots, il suffit qu'on les aime : les arts poétiques à l'Oulipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts poétiques et arts d'aimer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01474058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notice « Oulipo », catalogue de l’exposition « Écrivains : mode(s) d’emploi – de Voltaire à Bleu Orange »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bloomfield</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03437695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId90"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="74E4A20C"/>
+    <w:nsid w:val="70CD8B2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-bloomfield" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4767-294X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081806698" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272235v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beaudouin-Lafon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bensamoun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bloomfield" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thomas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309736v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7273/axyj-3574" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437726v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437617v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Campaignolle-Catel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435334v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423700v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Romestaing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schaffner" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/histoires-naturelles-des-animaux-xxe-xxie-siecles#" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437619v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437623v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437620v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437627v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01991932v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Birolli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Tjell" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ziane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02090021v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.4371" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437635v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437631v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437639v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435208v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437641v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437633v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437642v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437646v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437651v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437643v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genesis.1549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437657v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437686v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437683v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447242v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025479ar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04258129v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437691v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025488ar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437701v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437703v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435249v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474185v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474165v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474149v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474048v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433737v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Musitelli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02275164v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.4097" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435230v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843195v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Jauniau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Nicolas-Kaufman" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Vidal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435262v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474058v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544232v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Robert-Foley" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435118v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447192v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Schilling" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416696v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reggiani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435219v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081042v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04258208v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437695v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-bloomfield" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4767-294X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/081806698" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272235v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beaudouin-Lafon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bensamoun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bloomfield" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Thomas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309736v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7273/axyj-3574" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437726v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437617v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184437v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Campaignolle-Catel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435334v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01423700v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Romestaing" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schaffner" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/histoires-naturelles-des-animaux-xxe-xxie-siecles#" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437619v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437623v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437620v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437627v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01991932v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Birolli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Tjell" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ziane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02090021v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.4371" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437635v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437631v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437621v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437639v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435208v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437641v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437642v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437633v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437646v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437651v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437643v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/genesis.1549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437657v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437686v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437683v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447242v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025479ar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04258129v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437691v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025488ar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437701v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437703v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435249v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474185v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474165v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474149v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474048v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433737v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Musitelli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02275164v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.4097" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435230v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435118v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447192v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Schilling" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416696v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Reggiani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435219v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01081042v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04258208v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04544232v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Robert-Foley" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843195v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gagnebien" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Jauniau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Nicolas-Kaufman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Vidal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03435262v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474058v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03437695v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>