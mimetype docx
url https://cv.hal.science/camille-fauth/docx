--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Camille Fauth </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences en Linguistique et Phonétique françaises</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La féminisation vocale proposée aux femmes transgenres - Analyse des pratiques orthophoniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Loret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Peri-Fontaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Bader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que cachent les pauses silencieuses en parole ? Une étude de cas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Legou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 219, pp.111-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05257032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que cachent les pauses silencieuses en parole ? Une étude de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Legou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Lalain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02282354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La féminisation vocale proposée aux femmes transgenres – Analyse des pratiques orthophoniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Loret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Peri-Fontaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa 126 Spécial concours 2018.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05257336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détails phonétiques dans la réalisation des pauses en Français : étude de parole lue en langue maternelle vs en langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Trouvain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, N° 211 (3), pp.81-95. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.211.0081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04930394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude préliminaire de l’organisation temporelle de la fermeture labiale dans la parole fluente des locuteurs qui bégaient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Spécial Montpellier, 121, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paralysies récurrentielles et perturbation de l’intelligibilité de la parole et de la classification homme/femme. In La perception en langue et en discours et autres études</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.P. Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neophilologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27, pp.90-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05260046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perturbation du Voice Onset Time comme paramètre d’étude des voix pathologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Béchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de l’Institut de Phonétique de Strasbourg (TIPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 37, pp.13-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05260612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude spatio-temporelle de la voix de locuteurs ayant été opérés de la glande thyroïde avec paralysie du nerf récurrent laryngé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.P. Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue PAROLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.13-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05259312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude acoustique de voyelles soutenues produites par des patients présentant une paralysie récurrentielle après thyroïdectomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.P. Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Laryngologie Otologie Rhinologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 133 (1), pp.27-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05259397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaître l’engagement étudiant dans la formation académique : quelle(s) évaluation(s) possibles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Kennel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roszko Eléonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international ADMEE « Paradoxes de l’innovation en évaluation au 21e siècle »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADMEE, Jan 2025, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04950199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tutorat par les pairs à la faculté des Lettres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Ulrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marschal Florine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales de la réussite étudiante : parcours et transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire de la réussite étudiante, Jun 2025, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05110442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recognizing and naming emotions after Acquired Brain Injury: Linguistic markers measuring patients’ progress before and after DBT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalassio Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mind Matters: Advancements in Psychotherapy, 1st European DBT (Dialectical Behavioral Therapy) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Gdansk, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05069990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vocaux : de la constitution à l’exploitation d’un corpus de pratiques langagières émergentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Benzitoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Glikman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazziotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études LangaJE, Données et corpus en linguistique et en didactique à la lumière de la science ouverte : problématiques et enjeux méthodologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04948471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’annotation des émotions dans les récits des patients atteints de lésions cérébrales acquises : méthodes, difficultés et défis pour le traitement des corpus oraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalassio Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Courtier Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théories linguistiques en dialogue : Analyser des discours atypiques, quels enjeux méthodologiques et théoriques pour les sciences du langage ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laure GARDELLE et Laurence VINCENT-DURROUX, Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet Les Vocaux : bilan d’étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Glikman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazziotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Benzitoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences participatives et nouvelles données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Julie Glikman; Christophe Benzitoun, Sep 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle voie d’accès au français populaire : Les Vocaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Glikman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazziotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Benzitoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e congrès des francoromanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Vienne, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dispositif pour favoriser l’engagement des étudiants dans la rédaction de leur rapport de stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Darbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIème Colloque QPES (Questions de Pédagogies dans l'Enseignement Supérieur) : (S')engager et pouvoir (d')agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détails phonétiques dans la réalisation des pauses en Français et en Allemand : étude de parole lue en langue maternelle vs. en langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Université Paul Valéry, Montpellier.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05445337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pause chez les personnes âgées – une étude exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Appavoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 1 : Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Nancy, France. pp.19-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798510v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjoy the silence! Pauses: articulatory, acoustic and physiological considerations. Workshop Measurement of Speech Respiration and Speech Preparation Phases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Université de la Sarre, Sarrebruck</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Sarrebruck, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Diplôme Universitaire « Pédagogie dans l'Enseignement Supérieur » : un exemple de collapération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Darbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de Pédagogies dans l'Enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSTA Bretagne, IMT-A, UBO, Jun 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse objective et subjective d’un protocole de féminisation vocale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Loret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Peri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Phonétique Clinique (JPC8) Mons du 14 mai au 16 mai 2019.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vieillissement vocal: un phénomène objectif ou subjectif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Urdanabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Phonétique Clinique (JPC8) Mons du 14 mai au 16 mai 2019.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexe, Hormones & Fo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandre Suire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niveau phonético-phonologique chez le sujet âgé dialectophone (alsacien/français)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Erhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Steible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Journées de Phonétique Clinique (JPC7), Paris, 29 et 30 juin 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbations aérodynamiques et acoustiques du signal de la parole suite à une thyroïdectomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noe Xiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.P Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Journées de Phonétique Clinique (JPC7), Paris, 29 et 30 juin 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité vocale et Évaluation après thyroïdectomie avec et sans atteinte de la mobilité laryngée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noe Xiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Regards Croisés sur la Voix organisée par l’ER Parole et Cognition de l’E.A. 1339 LiLPa (Université de Strasbourg), le groupement hospitalier Saint Vincent et Praxiling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysphonia is beautiful: A perceptual and acoustic analysis of vocal roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Amy de La Bretèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Phonetic Sciences (ICPhS-18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a Bilingual Speech Corpus for French and German Language Learners: a Two-Step Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Zimmerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Trouvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bistra Andreeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC - 9th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Language Resources Association, May 2014, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d’un Corpus de Français Langue Etrangère destiné aux Apprenants Allemands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Colotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Jouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Mondial de Linguistique Française (CMLF), Berlin du 19 au 23 juillet 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Berlin, Allemagne. pp.1237-1250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of speech rate on vowels produced by stutterers in fluent speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Monfrais-Pfauwadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Congress on Fluency Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00715401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consonantal space area in Children with a Cleft Palate An acoustic Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InterSpeech 2012 Home 13th Annual Conference of the International Speech Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Portland, United States. pp.CD-ROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00839760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude acoustique de voyelles soutenues produites par des patients opérés de la thyroïde souffrant ou non de paralysies récurrentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Philippe Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole - JEP-TALN-RECITAL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.105-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00715404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using nasovideofibroscopic data to observe abnormal laryngeal behavior in stutterers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Monfrais-Pfauwadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Crevier-Buchman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Congress on Fluency Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00715400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Acoustic Study of Sustained Vowels produced by Patients with or without Recurrent Laryngeal Nerve Paralysis after Thyroid Surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Philippe Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Clinical Phonetics and Linguistic Association (ICPLA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Cork, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00716112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gemination in Tarifit Berber: Doing one or two things at once?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ridouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Hong Kong, China. pp.344 - 347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00677123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An X-ray database, tools and procedures for the study of speech production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Laprie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSP 2011 - 9th International Seminar on Speech Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montréal, Canada. pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00610297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presenting the Anticipatory Perception based on Events (APE) hypothesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Ferbach-Hecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna-Pascale Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Seminar on Speech Production 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montréal, Canada. pp.CD-ROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00716612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spatiotemporal prospective study of speech in patients with or without recurrent laryngeal nerve paralysis after thyroid surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Philippe Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Seminar on Speech Production : La production de la parole, du cerveau au comportement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montréal, Canada. http://www.issp2011.uqam.ca/upload/files/proceedings.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A preliminary study on speech perception and production by blind people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Seminar on Speech Production 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Canada. pp.CD-ROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00716609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipatory and sustained coupling of jaw and tongue gestures in VCV sequences: an x-ray study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summerschool Cognitive and Physical Models of Speech Production, Speech Perception and Production-Perception Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00717884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude préliminaire de la perception précoce des voyelles labialisées par des auditeurs déficients visuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, France. pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00716584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind people do hear anticipatory gestures earlier than unimpaired subjects?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summerschool Cognitive and Physical Models of Speech Production, Speech Perception and Production-Perception Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00717882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marques de l’émotion dans la prosodie et fluence d’un patient cérébrolésé : Étude préliminaire de faisabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalassio Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e Journées d’Études sur la Parole (JEP2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Île de Noirmoutier, France. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISCA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Actes des XXXIVe Journées d'Études sur la Parole - JEP 2022, pp.90-98, 2022, 34e Journées d’Études sur la Parole (JEP2022), Parole, Geste, Musique : des unités à leur organisation. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2022-10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The BENEPHIDIRE program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Monfrais-Pfauwadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Oxford Dysfluency Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Oxford, United Kingdom. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BENEPHIDIRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgique. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel accès à la parole spontanée : les vocaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Glikman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Noirmoutier, France. ISCA, pp.154-162, 2022, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2022-17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation manuelle de l'expression de l'émotion dans des transcriptions de l'oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Benninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalassio Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Gerhard-Krait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consécutivité et Simultanéité en Linguistique, Langues et Parole : tome 2-1 : « Phonétique, Phonologie ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Fauth; J.-P. Meyer; F. Marsac; R. Sock. L'Harmattan, 2018, Dixit Grammatica</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05275863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les classifications en linguistique : Problèmes, Méthodologie, Enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Aleksandrova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourdine Assani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Longo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Rentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 978-3-89966-755-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01277685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Voix et la Parole Perturbées. Travaux en Phonétique Clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CIPA, 2014, Recherches en Parole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05278690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les classifications en linguistique: problèmes, méthodologie, enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jauriberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Longo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angelina Aleksandrova; N. Assani; S. Gemicioglu; I. Hennecke; R. Jakobs. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05275709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faux + noms d’humains : entre exclusion catégorielle et évaluation négative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Benninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Gerhard-Krait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lammert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexandrova, A., Cappeau, P. &amp; Meyer, J.-P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des mots et des humains : pour une sémantique référentielle et textuelle. Études en l’honneur de Catherine Schnedecker</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.147-164, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire des machines parlantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christelle Dodane; Claudia Schweitzer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HISTOIRE DE LA DESCRIPTION DE LA PAROLE : DE L'INTROSPECTON À L'INSTRUMENTATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9782745355959</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuropsychologie du bégaiement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologie du bégaiement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mardaga, pp.183-194, 2018, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mard.piera.2010.01.0183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pharyngalisation face à la variation de la vitesse d’élocution. Un exemple de coproduction de gestes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasna Zaouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camille Fauth; Jean-Paul Meyer; Fabrice Marsac; Rudolph Sock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consécutivité et Simultanéité en Linguistique, Langues et Parole, 1. Phonétique, Phonologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.143-160, 2018, Dixit Grammatica, 978-2-343-14277-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Timing of Tongue and Velic Gestures. Consecutive and Simultaneous Gestures under Phonological Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Laprie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camille Fauth; Jean-Paul Meyer; Fabrice Marsac; Rudolph Sock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consécutivité et Simultanéité en Linguistique, Langues et Parole 1. Phonétique, Phonologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.129-142, 2018, Dixit Grammatica, 978-2-343-14277-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organiser un Colloque Jeunes Chercheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Aleksandrova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Longo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Schnedecker, Catherine; Aleksandrova, Angelina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le doctorat en France: mode(s) d'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.241-251, 2017, 978-2-8076-0623-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01702332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sonagraphe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Gaumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Brock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId156"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Camille Fauth </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences en Linguistique et Phonétique françaises</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La féminisation vocale proposée aux femmes transgenres - Analyse des pratiques orthophoniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Loret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Peri-Fontaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Bader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que cachent les pauses silencieuses en parole ? Une étude de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Legou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Lalain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02282354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que cachent les pauses silencieuses en parole ? Une étude de cas.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Legou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 219, pp.111-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05257032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La féminisation vocale proposée aux femmes transgenres – Analyse des pratiques orthophoniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Loret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Peri-Fontaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsa Bader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa 126 Spécial concours 2018.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05257336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détails phonétiques dans la réalisation des pauses en Français : étude de parole lue en langue maternelle vs en langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Trouvain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, N° 211 (3), pp.81-95. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.211.0081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04930394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude préliminaire de l’organisation temporelle de la fermeture labiale dans la parole fluente des locuteurs qui bégaient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Spécial Montpellier, 121, pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01704230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paralysies récurrentielles et perturbation de l’intelligibilité de la parole et de la classification homme/femme. In La perception en langue et en discours et autres études</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.P. Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neophilologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27, pp.90-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05260046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La perturbation du Voice Onset Time comme paramètre d’étude des voix pathologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Béchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de l’Institut de Phonétique de Strasbourg (TIPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 37, pp.13-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05260612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude spatio-temporelle de la voix de locuteurs ayant été opérés de la glande thyroïde avec paralysie du nerf récurrent laryngé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.P. Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue PAROLE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.13-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05259312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude acoustique de voyelles soutenues produites par des patients présentant une paralysie récurrentielle après thyroïdectomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.P. Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Laryngologie Otologie Rhinologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 133 (1), pp.27-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05259397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaître l’engagement étudiant dans la formation académique : quelle(s) évaluation(s) possibles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Kennel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roszko Eléonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international ADMEE « Paradoxes de l’innovation en évaluation au 21e siècle »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADMEE, Jan 2025, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04950199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tutorat par les pairs à la faculté des Lettres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Ulrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marschal Florine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres internationales de la réussite étudiante : parcours et transitions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Observatoire de la réussite étudiante, Jun 2025, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05110442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recognizing and naming emotions after Acquired Brain Injury: Linguistic markers measuring patients’ progress before and after DBT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalassio Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mind Matters: Advancements in Psychotherapy, 1st European DBT (Dialectical Behavioral Therapy) Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Gdansk, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05069990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’annotation des émotions dans les récits des patients atteints de lésions cérébrales acquises : méthodes, difficultés et défis pour le traitement des corpus oraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalassio Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amalia Courtier Todirascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Théories linguistiques en dialogue : Analyser des discours atypiques, quels enjeux méthodologiques et théoriques pour les sciences du langage ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laure GARDELLE et Laurence VINCENT-DURROUX, Oct 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04734277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vocaux : de la constitution à l’exploitation d’un corpus de pratiques langagières émergentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Benzitoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Glikman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazziotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études LangaJE, Données et corpus en linguistique et en didactique à la lumière de la science ouverte : problématiques et enjeux méthodologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04948471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet Les Vocaux : bilan d’étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Glikman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazziotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Benzitoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences participatives et nouvelles données</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Julie Glikman; Christophe Benzitoun, Sep 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle voie d’accès au français populaire : Les Vocaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Glikman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mazziotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Benzitoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13e congrès des francoromanistes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Vienne, Autriche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dispositif pour favoriser l’engagement des étudiants dans la rédaction de leur rapport de stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Darbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIème Colloque QPES (Questions de Pédagogies dans l'Enseignement Supérieur) : (S')engager et pouvoir (d')agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03393646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détails phonétiques dans la réalisation des pauses en Français et en Allemand : étude de parole lue en langue maternelle vs. en langue étrangère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Université Paul Valéry, Montpellier.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05445337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pause chez les personnes âgées – une étude exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Betty Appavoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 1 : Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Nancy, France. pp.19-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798510v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjoy the silence! Pauses: articulatory, acoustic and physiological considerations. Workshop Measurement of Speech Respiration and Speech Preparation Phases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Université de la Sarre, Sarrebruck</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Sarrebruck, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05460913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Diplôme Universitaire « Pédagogie dans l'Enseignement Supérieur » : un exemple de collapération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Darbon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de Pédagogies dans l'Enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSTA Bretagne, IMT-A, UBO, Jun 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse objective et subjective d’un protocole de féminisation vocale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Loret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Peri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Phonétique Clinique (JPC8) Mons du 14 mai au 16 mai 2019.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05463018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vieillissement vocal: un phénomène objectif ou subjectif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Urdanabia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Phonétique Clinique (JPC8) Mons du 14 mai au 16 mai 2019.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexe, Hormones & Fo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandre Suire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niveau phonético-phonologique chez le sujet âgé dialectophone (alsacien/français)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Erhart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Steible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Journées de Phonétique Clinique (JPC7), Paris, 29 et 30 juin 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbations aérodynamiques et acoustiques du signal de la parole suite à une thyroïdectomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noe Xiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.P Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Journées de Phonétique Clinique (JPC7), Paris, 29 et 30 juin 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualité vocale et Évaluation après thyroïdectomie avec et sans atteinte de la mobilité laryngée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noe Xiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude Regards Croisés sur la Voix organisée par l’ER Parole et Cognition de l’E.A. 1339 LiLPa (Université de Strasbourg), le groupement hospitalier Saint Vincent et Praxiling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysphonia is beautiful: A perceptual and acoustic analysis of vocal roughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirkova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Amy de La Bretèque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Congress of Phonetic Sciences (ICPhS-18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01820458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution d’un Corpus de Français Langue Etrangère destiné aux Apprenants Allemands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Colotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Jouvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Mondial de Linguistique Française (CMLF), Berlin du 19 au 23 juillet 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Berlin, Allemagne. pp.1237-1250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing a Bilingual Speech Corpus for French and German Language Learners: a Two-Step Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Zimmerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Trouvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bistra Andreeva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC - 9th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Language Resources Association, May 2014, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of speech rate on vowels produced by stutterers in fluent speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Monfrais-Pfauwadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Congress on Fluency Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00715401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consonantal space area in Children with a Cleft Palate An acoustic Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InterSpeech 2012 Home 13th Annual Conference of the International Speech Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Portland, United States. pp.CD-ROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00839760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude acoustique de voyelles soutenues produites par des patients opérés de la thyroïde souffrant ou non de paralysies récurrentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Philippe Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole - JEP-TALN-RECITAL 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Grenoble, France. pp.105-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00715404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using nasovideofibroscopic data to observe abnormal laryngeal behavior in stutterers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Monfrais-Pfauwadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Crevier-Buchman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th World Congress on Fluency Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00715400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Acoustic Study of Sustained Vowels produced by Patients with or without Recurrent Laryngeal Nerve Paralysis after Thyroid Surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Philippe Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Clinical Phonetics and Linguistic Association (ICPLA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Cork, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00716112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gemination in Tarifit Berber: Doing one or two things at once?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Ridouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPHS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Hong Kong, China. pp.344 - 347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00677123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An X-ray database, tools and procedures for the study of speech production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Laprie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISSP 2011 - 9th International Seminar on Speech Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montréal, Canada. pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00610297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presenting the Anticipatory Perception based on Events (APE) hypothesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Ferbach-Hecker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna-Pascale Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Seminar on Speech Production 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montréal, Canada. pp.CD-ROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00716612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A spatiotemporal prospective study of speech in patients with or without recurrent laryngeal nerve paralysis after thyroid surgery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Philippe Volkmar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Seminar on Speech Production : La production de la parole, du cerveau au comportement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montréal, Canada. http://www.issp2011.uqam.ca/upload/files/proceedings.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A preliminary study on speech perception and production by blind people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Seminar on Speech Production 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Canada. pp.CD-ROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00716609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipatory and sustained coupling of jaw and tongue gestures in VCV sequences: an x-ray study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summerschool Cognitive and Physical Models of Speech Production, Speech Perception and Production-Perception Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00717884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude préliminaire de la perception précoce des voyelles labialisées par des auditeurs déficients visuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etudes sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, France. pp.NC</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00716584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind people do hear anticipatory gestures earlier than unimpaired subjects?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Dreyfus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summerschool Cognitive and Physical Models of Speech Production, Speech Perception and Production-Perception Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00717882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marques de l’émotion dans la prosodie et fluence d’un patient cérébrolésé : Étude préliminaire de faisabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalassio Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e Journées d’Études sur la Parole (JEP2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Île de Noirmoutier, France. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISCA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Actes des XXXIVe Journées d'Études sur la Parole - JEP 2022, pp.90-98, 2022, 34e Journées d’Études sur la Parole (JEP2022), Parole, Geste, Musique : des unités à leur organisation. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2022-10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The BENEPHIDIRE program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Monfrais-Pfauwadel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Oxford Dysfluency Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Oxford, United Kingdom. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BENEPHIDIRE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slim Ouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Dodane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Journées de Phonétique Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Mons, Belgique. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel accès à la parole spontanée : les vocaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Glikman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Noirmoutier, France. ISCA, pp.154-162, 2022, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/JEP.2022-17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consécutivité et Simultanéité en Linguistique, Langues et Parole : tome 2-1 : « Phonétique, Phonologie ».</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Fauth; J.-P. Meyer; F. Marsac; R. Sock. L'Harmattan, 2018, Dixit Grammatica</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05275863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les classifications en linguistique : Problèmes, Méthodologie, Enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Aleksandrova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nourdine Assani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Longo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Rentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, 978-3-89966-755-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01277685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les classifications en linguistique: problèmes, méthodologie, enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Jauriberry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Longo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angelina Aleksandrova; N. Assani; S. Gemicioglu; I. Hennecke; R. Jakobs. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05275709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Voix et la Parole Perturbées. Travaux en Phonétique Clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CIPA, 2014, Recherches en Parole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05278690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faux + noms d’humains : entre exclusion catégorielle et évaluation négative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Benninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Gerhard-Krait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lammert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Vassiliadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alexandrova, A., Cappeau, P. &amp; Meyer, J.-P. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des mots et des humains : pour une sémantique référentielle et textuelle. Études en l’honneur de Catherine Schnedecker</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.147-164, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire des machines parlantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christelle Dodane; Claudia Schweitzer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HISTOIRE DE LA DESCRIPTION DE LA PAROLE : DE L'INTROSPECTON À L'INSTRUMENTATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9782745355959</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuropsychologie du bégaiement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Didirková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologie du bégaiement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mardaga, pp.183-194, 2018, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mard.piera.2010.01.0183⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pharyngalisation face à la variation de la vitesse d’élocution. Un exemple de coproduction de gestes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasna Zaouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camille Fauth; Jean-Paul Meyer; Fabrice Marsac; Rudolph Sock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consécutivité et Simultanéité en Linguistique, Langues et Parole, 1. Phonétique, Phonologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.143-160, 2018, Dixit Grammatica, 978-2-343-14277-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Timing of Tongue and Velic Gestures. Consecutive and Simultaneous Gestures under Phonological Constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Vaxelaire-Sock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayssal Bouarourou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Laprie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rudolph Sock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Camille Fauth; Jean-Paul Meyer; Fabrice Marsac; Rudolph Sock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consécutivité et Simultanéité en Linguistique, Langues et Parole 1. Phonétique, Phonologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.129-142, 2018, Dixit Grammatica, 978-2-343-14277-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organiser un Colloque Jeunes Chercheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angelina Aleksandrova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Jorge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Longo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Schnedecker, Catherine; Aleksandrova, Angelina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le doctorat en France: mode(s) d'emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.241-251, 2017, 978-2-8076-0623-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01702332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation manuelle de l'expression de l'émotion dans des transcriptions de l'oral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Benninger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalassio Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Gerhard-Krait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sonagraphe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Gaumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Brock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Vaxelaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId156"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440851v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Loret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauth" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Peri-Fontaa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bader" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257032v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02282354v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257336v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930394v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Trouvain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.211.0081" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704230v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ouni" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260046v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vaxelaire-Sock" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Rodier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.P. Volkmar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Sock" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260612v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion B&#233;chet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259312v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259397v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950199v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kennel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roszko El&#233;onore" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05110442v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vassiliadou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ulrich" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marschal Florine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05069990v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Klein" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalassio Briand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Todirascu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948471v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benzitoun" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Glikman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazziotta" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734277v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Courtier Todirascu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312522v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03393646v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Darbon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Sauvage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05445337v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798510v3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Appavoo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vaxelaire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05460913v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284000v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05463018v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Loret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Peri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289634v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Urdanabia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427124v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandre Suire" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Durand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289657v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Erhart" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Steible" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289658v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noe Xiu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Vaxelaire-Sock" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Rodier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.P Volkmar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289536v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820458v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Amy de La Bret&#232;que" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00979026v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonneau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Zimmerer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bistra Andreeva" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291130v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colotte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fohr" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouvet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00715401v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Monfrais-Pfauwadel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839760v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bechet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00715404v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rodier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Volkmar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayssal Bouarourou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00715400v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Crevier-Buchman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00716112v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Rodier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677123v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ridouane" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610297v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Laprie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00716612v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ferbach-Hecker" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna-Pascale Roy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667433v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00716609v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00717884v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00716584v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Dreyfus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00717882v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709483v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isca-archive.org/jep_2022/briand22_jep.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-10" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167743v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkov&#225;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herbet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167755v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312630v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-17" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536247v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Benninger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Gerhard-Krait" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275863v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277685v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Aleksandrova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourdine Assani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Longo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rentz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278690v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275709v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jauriberry" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636094v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Benninger" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lammert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317598v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/12395-book-08535595-9782745355959.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440820v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mard.piera.2010.01.0183" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274233v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Zaouali" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274846v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01702332v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jorge" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9782807606210/chapter-013.xhtml" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02434504v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Gaumin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Brock" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440851v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Loret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauth" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Peri-Fontaa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Bader" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02282354v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkova" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257032v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05257336v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930394v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Trouvain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.211.0081" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704230v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Ouni" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260046v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vaxelaire-Sock" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Rodier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.P. Volkmar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Sock" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05260612v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion B&#233;chet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259312v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05259397v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950199v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kennel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roszko El&#233;onore" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05110442v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vassiliadou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Ulrich" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marschal Florine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05069990v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Klein" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalassio Briand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Todirascu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734277v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Courtier Todirascu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948471v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benzitoun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Glikman" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mazziotta" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312522v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03393646v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Darbon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Sauvage" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bois" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05445337v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798510v3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Appavoo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vaxelaire" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05460913v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284000v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05463018v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Loret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Peri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289634v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Urdanabia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427124v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandre Suire" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Durand" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289657v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Erhart" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Steible" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289658v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noe Xiu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Vaxelaire-Sock" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Rodier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.P Volkmar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05289536v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01820458v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Amy de La Bret&#232;que" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05291130v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonneau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Colotte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fohr" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouvet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00979026v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Zimmerer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bistra Andreeva" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00715401v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Monfrais-Pfauwadel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00839760v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bechet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00715404v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rodier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Volkmar" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayssal Bouarourou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00715400v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Crevier-Buchman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00716112v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Rodier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677123v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ridouane" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610297v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Laprie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perrier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00716612v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ferbach-Hecker" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna-Pascale Roy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667433v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00716609v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00717884v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00716584v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Dreyfus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00717882v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709483v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isca-archive.org/jep_2022/briand22_jep.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-10" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167743v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Didirkov&#225;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herbet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167755v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312630v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/JEP.2022-17" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275863v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277685v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Aleksandrova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourdine Assani" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Longo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rentz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05275709v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jauriberry" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278690v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636094v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Benninger" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Gerhard-Krait" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lammert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317598v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/12395-book-08535595-9782745355959.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440820v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mard.piera.2010.01.0183" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274233v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Zaouali" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05274846v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01702332v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jorge" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/view/9782807606210/chapter-013.xhtml" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536247v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Benninger" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-02434504v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Gaumin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Brock" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>