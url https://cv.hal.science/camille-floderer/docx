--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -602,225 +602,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contexte scolaire et socialisation politique. Des quartiers bourgeois de l’Ouest parisien aux quartiers populaires d’une métropole régionale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des citoyens peu ordinaires en campagne. Le Pacte démocratique pour Marseille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Floderer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Geay</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Philippe Aldrin; Eric Agrikoliansky; Catherine Achin; Lorenzo Barrault-Stella; Kevin Geay. </w:t>
+                <w:t xml:space="preserve">Nicolas Maisetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Myriam Bachir; Guillaume Gourgues; Rémi Lefebvre; Jessica Sainty. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ordre social et désordre électoral. Une sociologie de la séquence électorale de 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires du Septentrion, 2023, Espaces politiques, 978-2-7574-3989-0</w:t>
+              <w:t xml:space="preserve">Des citoyens à la conquête des villes. Les listes citoyennes et participatives lors des élections municipales de 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, CNRS Alpha, 9782271146434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04390350v1</w:t>
+                <w:t xml:space="preserve">hal-04390429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des citoyens peu ordinaires en campagne. Le Pacte démocratique pour Marseille</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contexte scolaire et socialisation politique. Des quartiers bourgeois de l’Ouest parisien aux quartiers populaires d’une métropole régionale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Geay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Nonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Myriam Bachir; Guillaume Gourgues; Rémi Lefebvre; Jessica Sainty. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Aldrin; Eric Agrikoliansky; Catherine Achin; Lorenzo Barrault-Stella; Kevin Geay. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des citoyens à la conquête des villes. Les listes citoyennes et participatives lors des élections municipales de 2020</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2023, CNRS Alpha, 9782271146434</w:t>
+              <w:t xml:space="preserve">Ordre social et désordre électoral. Une sociologie de la séquence électorale de 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, 2023, Espaces politiques, 978-2-7574-3989-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04390429v1</w:t>
+                <w:t xml:space="preserve">hal-04390350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des intermédiaires à la marge des partis au Costa Rica : ancrage local et lien partisan dans un quartier populaire de San José</w:t>
               </w:r>
@@ -1489,139 +1489,152 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilisation et politisation des classes populaires costariciennes face à la crise du logement (San José - 1970-2015)</w:t>
+                <w:t xml:space="preserve">Dispositifs d’ouverture sociale et effets socialisateurs de l’action publique éducative sur ses publics cibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouverner la ville en temps de crise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicolas VIDONI, Jun 2024, Aix- en- Provence, France. https://vilco.hypotheses.org/504</w:t>
+              <w:t xml:space="preserve">ST « Gouverner (par) les publics. La mise à contribution des administré·es dans la production de l’action publique », / Congrès de l'AFSP 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705371v1</w:t>
+                <w:t xml:space="preserve">hal-04705369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action publique éducative et socialisations politiques en tensions : la construction des rapports au politique des publics de l’ouverture sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe "SOPORA" / Congrès de l'AFSP 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1640,424 +1653,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ponts entre leadership local et la politique institutionnalisée en Amérique latine. Le cas des dirigeants de quartier au Costa Rica</w:t>
+                <w:t xml:space="preserve">Mobilisation et politisation des classes populaires costariciennes face à la crise du logement (San José - 1970-2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pouvoir urbain et militantisme de proximité en Amérique latine / Séminaire de l'EHESS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Noelia Noya Iglesias; Sylvain Laurens, Mar 2024, Aubervilliers, France</w:t>
+              <w:t xml:space="preserve">Gouverner la ville en temps de crise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicolas VIDONI, Jun 2024, Aix- en- Provence, France. https://vilco.hypotheses.org/504</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705377v1</w:t>
+                <w:t xml:space="preserve">hal-04705371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouverner les associations pour gouverner la jeunesse ? Le secteur associatif et la fabrique des ‘bons publics’ de l’action éducative dans les quartiers populaires</w:t>
+                <w:t xml:space="preserve">Les ponts entre leadership local et la politique institutionnalisée en Amérique latine. Le cas des dirigeants de quartier au Costa Rica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le gouvernement associatif des publics vulnérables</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Raphaëlle PARIZET; Lucas FAURE, Mar 2024, Fontainebleau, France</w:t>
+              <w:t xml:space="preserve">Pouvoir urbain et militantisme de proximité en Amérique latine / Séminaire de l'EHESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Noelia Noya Iglesias; Sylvain Laurens, Mar 2024, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705362v1</w:t>
+                <w:t xml:space="preserve">hal-04705377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositifs d’ouverture sociale et effets socialisateurs de l’action publique éducative sur ses publics cibles</w:t>
+                <w:t xml:space="preserve">Gouverner les associations pour gouverner la jeunesse ? Le secteur associatif et la fabrique des ‘bons publics’ de l’action éducative dans les quartiers populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Lopez Puyol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ST « Gouverner (par) les publics. La mise à contribution des administré·es dans la production de l’action publique », / Congrès de l'AFSP 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Le gouvernement associatif des publics vulnérables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Raphaëlle PARIZET; Lucas FAURE, Mar 2024, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04705369v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04705362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La circulation des logiques éducatives dans les politiques partenariales. L'exemple des cités éducatives</w:t>
+                <w:t xml:space="preserve">Mobilités et socialisation dans un dispositif d’ouverture sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès AFS ( Association Française de sociologie ) 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFS, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">10ème Congrès de l'Association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RT 9 / Sociologie de l’urbain et de ses territoires, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500645v1</w:t>
+                <w:t xml:space="preserve">hal-04705388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les publics des Cités éducatives : une désignation par délégation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2102,152 +2089,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04500660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilités et socialisation dans un dispositif d’ouverture sociale</w:t>
+                <w:t xml:space="preserve">La circulation des logiques éducatives dans les politiques partenariales. L'exemple des cités éducatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Congrès de l'Association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RT 9 / Sociologie de l’urbain et de ses territoires, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congrès AFS ( Association Française de sociologie ) 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFS, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705388v1</w:t>
+                <w:t xml:space="preserve">hal-04500645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la recherche des publics des Cités éducatives marseillaises : des enfants et des jeunes en arrière-plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2619,90 +2619,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles dynamiques partenariales dans les Cités éducatives marseillaises ? (rapport intermédiaire)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Floderer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily Lopez Puyol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Marsaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Nonjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Richard-Bossez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cités éducatives (Marseille). 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2810,51 +2810,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="53D33DA6"/>
+    <w:nsid w:val="468EAB81"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2958,51 +2958,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="583893B2"/>
+    <w:nsid w:val="8DC9F022"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3192,51 +3192,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01828178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Floderer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02467747v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Baamara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poirier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628123v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1424261#document-details-anchor" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21690" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390350v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Geay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Nonjon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390429v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maisetti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/societe/des-citoyens-a-la-conquete-des-villes/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390565v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02467758v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391026v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.baama.2016.01.0193" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798256v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705359v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bresson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.039.0091" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798276v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04286060v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bonnin-Oliveira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carriou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaneira Wilson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705371v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705367v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705377v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705362v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lopez Puyol" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Richard-Bossez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705369v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500645v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Marsaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705388v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500820v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705365v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356240v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287847v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Le Garrec" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704397v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01828178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Floderer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02467747v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layla Baamara" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poirier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628123v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1424261#document-details-anchor" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b21690" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390429v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maisetti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/societe/des-citoyens-a-la-conquete-des-villes/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390350v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Geay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Nonjon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390565v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02467758v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391026v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/kart.baama.2016.01.0193" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798256v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705359v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Bresson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.039.0091" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798276v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04286060v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bonnin-Oliveira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carriou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaneira Wilson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705369v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705367v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705371v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705377v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705362v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lopez Puyol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Richard-Bossez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705388v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Marsaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500645v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500820v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705365v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356240v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03287847v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Le Garrec" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704397v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>