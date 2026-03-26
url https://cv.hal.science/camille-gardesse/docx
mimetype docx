--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -169,467 +169,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05520194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Des campements de rue à Paris : invisibilisation et marginalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaelle Piva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Runet-Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’exil à Paris 2015-2020, Expérience migratoire, action publique et engagement citoyen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'oeil d'or, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprentissages par les habitants et rapports de pouvoir dans les dispositifs participatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Morland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LA FABRIQUE DE LA VILLE EN TRANSITION - dir° Michael Fenker, Isabelle Grudet, Jodelle Zetlaoui-Léger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Synthèses, 978-2-7592-3560-5 - réf. 02843</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03934387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Se mobiliser pour les personnes exilées à la rue : trajectoires d’engagement de « soutiens» à Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangeline Masson-Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in Gardesse C., Le Courant S., Masson Diez E., (dir) L’Exil à Paris, 2015 – 2020 ; expérience migratoire, action publique et engagement citoyen - Paris, Éditions L’œil d’Or (Labex Futurs Urbains)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03693804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ville, État, espace transnational : échelles et approches pluridisciplinaires des migrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garance Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Echelles Spatiales et Temporelles de la Mobilité - dir° Guillaume Drevon et Vincent Kaufmann</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03693819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quitter Paris et y revenir : mobilités résidentielles et circulations des exilé.e.s depuis et vers la métropole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonore Bully</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gardesse C; Le Courant S; Masson Diez E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’exil à Paris 2015-2020 : expérience migratoire, action publique et engagement citoyen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'oeil d'or, 2022, 978-2-490437-16-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04160308v1</w:t>
-              </w:r>
-[...339 lines deleted...]
-                <w:t xml:space="preserve">halshs-03693804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La participation dans les écoquartiers en France : entre acceptation des projets et responsabilisation des habitants</w:t>
               </w:r>
@@ -710,64 +710,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quitter Paris et y revenir : mobilités résidentielles et circulations des exilé.e.s depuis et vers la métropole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonore Bully</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gardesse C., Le Courant S., Masson Diez E., (dir) L’Exil à Paris, 2015 – 2020 ; expérience migratoire, action publique et engagement citoyen - Paris, Éditions L’œil d’Or (Labex Futurs Urbains)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -818,51 +818,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Runet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaelle Piva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gardesse C., Le Courant S., Masson Diez E., (dir) L’Exil à Paris, 2015 – 2020, expérience migratoire, action publique et engagement citoyen, Éditions L’œil d’Or (Labex Futurs Urbains)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -913,51 +913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Le Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evangeline Masson-Diez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’exil à Paris 2015 – 2020. Expérience migratoire, action publique et engagement citoyen,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1916,51 +1916,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les villes petites et moyennes, lieux et actrices de l’accueil des exilés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2004,51 +2004,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires et expériences résidentielles de personnes exilées dans des villes petites et moyennes en France – Rapport intermédiaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Lab'Urba; PUCA (Plan Urbanisme Construction Architecture). 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -2636,2691 +2636,2691 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, pp.66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00794418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les répercussions des politiques migratoires sur la santé mentale et l’accès aux soins de personnes exilées à la rue : les enseignements de la Permanence Psy de Médecins du Monde à Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Sociologie, Jul 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04243945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santé mentale et hospitalité en ville : comment la société civile assure l’accès aux soins des exilés les plus précaires, l’expérience de la Permanence Psy de Médecins du Monde à Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la Société Française de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Santé Publique, Oct 2023, Saint-Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04243941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How state-led dispersal policies influence residential trajectories of migrants in medium-sized cities ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelévrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Habiter les villes petites et moyennes, rapports sociaux, parcours résidentiels et action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Campus Condorcet (ICM/PUCA/Lab’Urba), Jan 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04336993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des politiques d’accueil aux pratiques locales d’hospitalité : expériences résidentielles des exilé.e.s dans les villes moyennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelévrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire ADEMI, Au nom de l’insertion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Campus Condorcet, Nov 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les villes petites et moyennes, nouveaux lieux et nouvelles actrices de l’accueil des exilé.e.s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelévrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire PAVIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris-Est, Jan 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’institutionnalisation de la dispersion et la diversification des espaces concernés représentent-elle une évolution / un changement pour l’accueil de personnes en migration ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Théories et pratiques de l’accueil, séance Evolution et diversification des espaces, des pratiques et des acteur.trice.s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sciences Po, Dec 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les effets des politiques de dispersion sur les conditions résidentielles de personnes migrantes : hospitalités et vulnérabilités en villes petites et moyennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la ville dissuasive à la ville solidaire - journées d'étude de l'atelier Vulnérabilités Résidentielles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, REHAL (réseau Recherche Habitat-Logement), Dec 2019, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02558100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institutionnalisation de la dispersion et diversification des espaces : assiste-t-on à un changement de l'organisation de l’accueil de personnes exilées ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Théories et Pratiques de l'Accueil - Sciences Po, Cité Béthléem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, PARIS, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02558090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques « d’accueil » en villes petites et moyennes : comment les catégorisations de l’action publique influent sur les trajectoires et les conditions résidentielles de migrant.e.s ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelévrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Tournon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie 2019 – RT9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02558084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paris, ville refuge ? Le gouvernement des migrations dans les espaces publics : tri, invisibilisation et dispersion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Miroirs urbains, dialogue entre la ciudad de Mexico et l’Ile de France »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France. pp.32-39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The combined effects of public policies and citizen practices on precarious migrant settlement in small French cities. The cases of Cahors and Issoudun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New patterns of immigrant settlement outside the major cities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AAG Association of American Geographers, Apr 2018, La Nouvelle-Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emergence of new arrival spaces regarding the immigration of refugees?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Brawick</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop IMISCOE, 15e conférence annuelle Europe, Migrations and the Mediterranean : human mobilities and intercultural challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervention dans le cycle de conférences RESOME</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences RESOME - « Exil et Migrations, accueillir en France – Quels parcours et réalités ? du politique au demandeur d’asile »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENSAPLB, May 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paris, 2015- 2018 : qui et comment (s’) organise la &amp;quot;ville-refuge&amp;quot; pour les personnes migrantes à la rue ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier Migrations et Droit à la ville – au moment des grandes migrations internationales, la ville peut- elle être hospitalière ? Colloque Henri Lefevre : Le Droit à la Ville, rencontres internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’implantation de CAO dans des villes moyennes : présentation d'études de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Européen Triangle - PUCA - Villes européennes et accueil des migrants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUCA, May 2018, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03297073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Participation au workshop international Changing societies, migration, integration, participation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lelévrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">franco-german program - WZB Berlin Social Science Center, Maison des Sciences de l’Homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Maison Suger, Paris France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01683078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formes et portées des mobilisations habitantes pour le devenir programmatique d’un bâtiment public : la reconversion de l’ancien lycée Jean Quarré (Paris 19e)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> colloque du GIS Démocratie et Participation, 28 janvier 2017, MSH Paris Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01683066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intervention session « Refugee camps : spaces of exception of urban territories ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Worskhop - Internationaling Cities – The city and Its migrants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Université Paris Est Marne la Vallée, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01683070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La participation des habitants en urbanisme : entre institutionnalisation et mobilisation(s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Mobilisations Citadines et Fabrique de la ville ENS, responsable Pascale Nédélec</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, ENS Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01683075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La participation comme vecteur d’appropriation dans les projets d’écoquartiers : entre acceptation et responsabilisation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Valegeas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque ECLIPS Participation citoyenne : expériences et limites d’un idéal de démocratie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Université François Rabelais, Tours,, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01683072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La participation comme vecteur d'appropriation dans les écoquartiers en France : acceptation des projets ou responsabilisation des habitants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Valegeas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Participation citoyenne : expériences et limites d’un idéal de démocratie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECLIPS - université François Rabelais de Tours, Jun 2016, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01421219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Governance of highly contested spaces : A UK-French comparison. The &amp;quot;Triangle of Gonesse&amp;quot; (Paris, France) and the &amp;quot;Airportcity Enterprize Zone&amp;quot; (Manchester,UK)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Headlam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Association of American Geographers Conference 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Los angeles, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00826464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enjeu de l'articulation des échelles des projets urbains au travers des interactions des habitants dans les processus participatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les échelles et territoires des débats publics urbains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00873351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilisations associatives et enjeux de durabilité dans les projets d'écoquartiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Nature projetée : appropriations, usages et représentations de la nature. Journée d'étude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00955418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’implication des habitants dans les projets d’écoquartiers en France : quelles pratiques, quelles perspectives ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Fenker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Roudil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Subremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque co-organisé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LET-UMR LAVUE; Lab-Urba PRES Paris Est, membre du comité d’organisation, Sep 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01656570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La participation des habitants dans les projets urbains : pratiques et représentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mêle-toi de ta ville ! Appropriation, création et participation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00786405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les acteurs en charge des projets urbains face à la participation des habitants : entre prégnance et évolution des pratiques et des codes culturels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Gardesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre RAMAU - Les métiers de l'architecture et de l'urbanisme à l'épreuve de l'implication des habitants et des usagers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00809711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inégalités et rapports de pouvoir en ville. Actualité de la critique urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Clerval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Oeil d'Or, 2023, Critiques et Cités, 978-2-490437-26-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04243939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crise du logement, crise de l’accueil. Défis sociaux de l’habitat dans les années 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Driant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Harmattan, 2023, 978-2-14-034949-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04160106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crise du logement, crise de l’accueil : défis sociaux de l’habitat dans la France des années 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Driant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L’Harmattan, Collection Habitat et Sociétés, 2023, 978-2-14-034949-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04126161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Exil à Paris, 2015 - 2020. Expérience migratoire, action publique et engagement citoyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Le Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evangeline Masson-Diez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03693793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babels : enquêtes sur la condition migrante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Agier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Le Courant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bernardie-Tahir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Seuil; Points, 935, 980 p., 2022, Essais, 978-2-7578-9513-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03674368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouvernance de l’accueil et expériences des exilés dans les villes petites et moyennes,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUCA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Réflexions en partage, 978-2-11-138203-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04160162v1</w:t>
-              </w:r>
-[...2079 lines deleted...]
-                <w:t xml:space="preserve">hal-00809711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5338,51 +5338,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilisations autour des bidonvilles et des campements de rue de personnes immigrées à Paris et en proche périphérie : les effets des différentes spatialisations entre 2014 et 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annaelle Piva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5455,51 +5455,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’organisation des systèmes d’accueil des exilés en France et en Allemagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5598,51 +5598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barwick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Migrations Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5680,51 +5680,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre vulnérabilités résidentielles et hospitalités locales : trajectoires et expériences d’exilé-e-s dans trois villes petites et moyennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 2-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5762,51 +5762,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre vulnérabilités résidentielles et hospitalités locales : trajectoires et expériences d’exilé·es dans trois villes petites et moyennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, 2021/2-3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/eps.11637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5904,51 +5904,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refugees and Asylum Seekers Dispersed in Small and Mid-sized French Cities: Do Housing Opportunities Mean Housing Access?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6077,51 +6077,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refugees and Asylum Seekers Dispersed in Non-Metropolitan French Cities: Do Housing Opportunities Mean Housing Access?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Gardesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lelévrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urban Planning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6917,51 +6917,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520194v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gardesse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160308v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lel&#233;vrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Bully" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693819v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Cl&#233;ment" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283124v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaelle Piva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Runet-Arnoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03934387v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Morland" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693804v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangeline Masson-Diez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03934373v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valegeas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693809v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693801v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Runet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929554v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Le Courant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110952v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Casella Colombeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guenebeaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barnier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683050v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodelle Zetlaoui-Leger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctt1t89h5j.20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884114v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392893v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Waldvogel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456986v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fenker" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810498v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782804191085-environnement-la-concertation-apprivoisee-contestee-depassee" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00826327v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Headlam" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00944741v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392884v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsorizons.fr/index.php/ville-frontiere-participation.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520205v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160513v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297030v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720549v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Mlouka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720587v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grudet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Heland" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendicht Weber" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720564v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921645v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00836121v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00794418v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04243939v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clerval" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rivi&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160106v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Driant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04126161v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693793v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674368v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Agier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barr&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernardie-Tahir" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160162v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.urbanisme-puca.gouv.fr/gouvernance-de-l-accueil-et-experiences-d-exiles-a2421.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04243945v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04243941v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336993v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337271v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337292v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02558100v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297103v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02558090v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02558084v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Tournon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297022v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297064v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297035v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297077v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Brawick" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297044v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297073v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683066v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683078v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683070v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683075v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683072v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Valegeas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421219v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00873351v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00826464v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955418v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00786405v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01656570v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Roudil" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Subremont" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00809711v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127581v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangeline Masson Diez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.22109" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160188v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barwick" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Bartel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audran Aulanier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.188.0069" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03771307v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334793v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693827v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.11637" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693841v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.15602" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160176v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297129v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899014v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/up.v5i3.2926" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392887v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10966" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01633979v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392890v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0042098014555631" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392885v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683085v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00826483v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00765856v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011PEST1138" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520194v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gardesse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283124v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaelle Piva" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Runet-Arnoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03934387v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Morland" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693804v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangeline Masson-Diez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693819v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Cl&#233;ment" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160308v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lel&#233;vrier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Bully" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03934373v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valegeas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693809v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693801v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Runet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929554v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Le Courant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110952v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Casella Colombeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guenebeaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barnier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683050v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodelle Zetlaoui-Leger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctt1t89h5j.20" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884114v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392893v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Waldvogel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456986v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fenker" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810498v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782804191085-environnement-la-concertation-apprivoisee-contestee-depassee" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00826327v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Headlam" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00944741v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392884v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editionsorizons.fr/index.php/ville-frontiere-participation.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520205v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160513v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297030v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720549v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Mlouka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720587v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grudet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Heland" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bendicht Weber" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720564v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921645v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00836121v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00794418v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04243945v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04243941v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336993v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337271v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337292v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297103v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02558100v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02558090v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02558084v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Tournon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297022v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297035v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297077v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Brawick" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297064v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297044v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297073v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683078v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683066v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683075v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683072v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Valegeas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421219v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00826464v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00873351v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00955418v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01656570v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Roudil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Subremont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00786405v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00809711v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04243939v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clerval" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rivi&#232;re" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160106v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Driant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04126161v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693793v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674368v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Agier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barr&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernardie-Tahir" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160162v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.urbanisme-puca.gouv.fr/gouvernance-de-l-accueil-et-experiences-d-exiles-a2421.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127581v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangeline Masson Diez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.22109" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160188v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barwick" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Bartel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audran Aulanier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.188.0069" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03771307v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334793v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693827v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.11637" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03693841v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.15602" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160176v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297129v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899014v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/up.v5i3.2926" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392887v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.10966" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01633979v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392890v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0042098014555631" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392885v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683085v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00826483v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00765856v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011PEST1138" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>