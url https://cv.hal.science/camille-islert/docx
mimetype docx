--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -557,372 +557,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Du déjà dit au non-dit : reprises et inversions dans Les Demi-sexes de Jane de la Vaudère »</w:t>
+                <w:t xml:space="preserve">« De l’épigramme grecque au poème fin-de-siècle : Renée Vivien, traductrice de Nossis (1904) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes littéraires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Non-dit(s) du genre et de la sexualité dans le roman d'expression française du XIXe siècle, dir. Nicolas Duriau &amp; Lucie Nizard (Volume 54, numéro 1)</w:t>
+              <w:t xml:space="preserve">Aitia. Regards sur la culture hellénistique au XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, Voix de femmes, paroles de femmes dans l’épigramme, dir. Christophe Cusset</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077921v1</w:t>
+                <w:t xml:space="preserve">hal-05077948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Groupe, génération, réseau ? Nommer les liens entre poètes femmes (1900-1914) »</w:t>
+                <w:t xml:space="preserve">Atavisme ou enracinement : réception des poètes femmes et reconfiguration du concept d’influence (1895-1914)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thélème, Revista Complutense de Estudios Franceses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, Femmes, groupes et littérature en France au XIXe siècle, dir. Damien Zanone</w:t>
+              <w:t xml:space="preserve">Revue Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, Penser par influences, dir. Jérémy Naïm</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077926v1</w:t>
+                <w:t xml:space="preserve">hal-05077942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compte-rendu de l’ouvrage Redécouvrir Louisa Siefert (1845-1877) : richesse d’une œuvre de femme à l’ère de la modernité, textes réunis par Aimée Boutin, Adrianna M. Paliyenko et Catherine Witt, Paris, Honoré Champion, 2024</w:t>
+                <w:t xml:space="preserve">« Du déjà dit au non-dit : reprises et inversions dans Les Demi-sexes de Jane de la Vaudère »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes rendus en ligne RHLF (Revue d'histoire littéraire de la France)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">Etudes littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Non-dit(s) du genre et de la sexualité dans le roman d'expression française du XIXe siècle, dir. Nicolas Duriau &amp; Lucie Nizard (Volume 54, numéro 1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077932v1</w:t>
+                <w:t xml:space="preserve">hal-05077921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atavisme ou enracinement : réception des poètes femmes et reconfiguration du concept d’influence (1895-1914)</w:t>
+                <w:t xml:space="preserve">« Groupe, génération, réseau ? Nommer les liens entre poètes femmes (1900-1914) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Littérature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, Penser par influences, dir. Jérémy Naïm</w:t>
+              <w:t xml:space="preserve">Thélème, Revista Complutense de Estudios Franceses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, Femmes, groupes et littérature en France au XIXe siècle, dir. Damien Zanone</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077942v1</w:t>
+                <w:t xml:space="preserve">hal-05077926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« De l’épigramme grecque au poème fin-de-siècle : Renée Vivien, traductrice de Nossis (1904) »</w:t>
+                <w:t xml:space="preserve">Compte-rendu de l’ouvrage Redécouvrir Louisa Siefert (1845-1877) : richesse d’une œuvre de femme à l’ère de la modernité, textes réunis par Aimée Boutin, Adrianna M. Paliyenko et Catherine Witt, Paris, Honoré Champion, 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aitia. Regards sur la culture hellénistique au XXIe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître, Voix de femmes, paroles de femmes dans l’épigramme, dir. Christophe Cusset</w:t>
+              <w:t xml:space="preserve">Comptes rendus en ligne RHLF (Revue d'histoire littéraire de la France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077948v1</w:t>
+                <w:t xml:space="preserve">hal-05077932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La nouvelle réception de Rachilde ? Éditer La Tour d’amour »</w:t>
               </w:r>
@@ -971,174 +971,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05077947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une écriture en partage ? Sur quelques renvois textuels entre Renée Vivien et Natalie Barney</w:t>
+                <w:t xml:space="preserve">« Pas la trace d’une influence masculine » (Renée Vivien). Le genre de l’influence littéraire à la fin du XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sextant, ULB</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/contextes.11244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04369780v1</w:t>
+                <w:t xml:space="preserve">hal-04355950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Pas la trace d’une influence masculine » (Renée Vivien). Le genre de l’influence littéraire à la fin du XIXe siècle</w:t>
+                <w:t xml:space="preserve">Une écriture en partage ? Sur quelques renvois textuels entre Renée Vivien et Natalie Barney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sextant, ULB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Intellectuel·les queer - Collaborations (1880-1920) (40)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/contextes.11244⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04355950v1</w:t>
+                <w:t xml:space="preserve">hal-04369780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu : Des revues et des femmes. La place des femmes dans les revues littéraires de la Belle Époque jusqu’à la fin des années 1950. Sous la direction d’AMÉLIE AUZOUX, CAMILLE KOSKAS et ÉLISABETH RUSSO. Paris, Honoré Champion, « Littérature et genre », 2022.</w:t>
               </w:r>
@@ -1807,303 +1807,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05403400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performer le regard masculin ? Autour de l’énonciation masculine dans La Tour d’amour de Rachilde (1899) et de La Dame à la louve de Renée Vivien (1904)</w:t>
+                <w:t xml:space="preserve">De l’épigramme grecque au poème fin-de-siècle : Renée Vivien, traductrice de Nossis (1904)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Male gaze, female gaze, feminist gaze, queer gaze… : quel(s) style(s) pour les études de genre ? XVIII-XXIe s.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Azélie Fayolle; Clément Dessy, Jun 2024, ULB, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">Voix de femmes, paroles de femmes dans l’épigramme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christophe Cusset, Mar 2024, Lyon (ENS Lyon), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04676225v1</w:t>
+                <w:t xml:space="preserve">hal-04549903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masculin/Féminin de la création poétique en 1900</w:t>
+                <w:t xml:space="preserve">Relire l’Antiquité au masculin/féminin en 1900</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire "Voix des femmes"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Daniela Vitagliano, Dec 2024, Nice (Université Côte d'Azur), France</w:t>
+              <w:t xml:space="preserve">Matinée spéciale égalité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, HiSoMA - MOM, Mar 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077963v1</w:t>
+                <w:t xml:space="preserve">hal-04549893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’épigramme grecque au poème fin-de-siècle : Renée Vivien, traductrice de Nossis (1904)</w:t>
+                <w:t xml:space="preserve">Performer le regard masculin ? Autour de l’énonciation masculine dans La Tour d’amour de Rachilde (1899) et de La Dame à la louve de Renée Vivien (1904)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Voix de femmes, paroles de femmes dans l’épigramme</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Christophe Cusset, Mar 2024, Lyon (ENS Lyon), France</w:t>
+              <w:t xml:space="preserve">Male gaze, female gaze, feminist gaze, queer gaze… : quel(s) style(s) pour les études de genre ? XVIII-XXIe s.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Azélie Fayolle; Clément Dessy, Jun 2024, ULB, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04549903v1</w:t>
+                <w:t xml:space="preserve">hal-04676225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relire l’Antiquité au masculin/féminin en 1900</w:t>
+                <w:t xml:space="preserve">Masculin/Féminin de la création poétique en 1900</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matinée spéciale égalité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, HiSoMA - MOM, Mar 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire "Voix des femmes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Daniela Vitagliano, Dec 2024, Nice (Université Côte d'Azur), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04549893v1</w:t>
+                <w:t xml:space="preserve">hal-05077963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le régime du conditionnel ou peindre l’amour par démarcation : sur deux poèmes de Rosemonde Gérard publiés dans L’Illustration (1913)</w:t>
               </w:r>
@@ -2221,269 +2221,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05077956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’essor de la production poétique des femmes et ses ambivalences : 1900 - 1915</w:t>
+                <w:t xml:space="preserve">Introduction. Enjeux contemporains des études de réception à lacroisée des questions de genre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Turbiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colette, une femme parmi les autres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Festival international des écrits de femmes - 11e édition, Oct 2023, Saint-Sauveur-en-Puisaye, France</w:t>
+              <w:t xml:space="preserve">Analyser la réception au prisme du genre Redécouvertes, réappropriations et relectures d’autrices (XIXè-XXIè siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lucile Dumont; Camille Islert; Aurore Turbiau; Damien Zanone, Dec 2023, Créteil (Université Paris-Est Créteil), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04302794v1</w:t>
+                <w:t xml:space="preserve">hal-04402145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Je ne pouvais pourtant pas refuser À mes vers la protection de ma prose ». Théorie et dérision dans la préface de Quelques portraits-sonnets de femmes de Natalie Barney</w:t>
+                <w:t xml:space="preserve">L’essor de la production poétique des femmes et ses ambivalences : 1900 - 1915</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Théorie littéraire féminine à la Belle Époque</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colette, une femme parmi les autres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Festival international des écrits de femmes - 11e édition, Oct 2023, Saint-Sauveur-en-Puisaye, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.58282/colloques.11037⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04309838v1</w:t>
+                <w:t xml:space="preserve">hal-04302794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Enjeux contemporains des études de réception à lacroisée des questions de genre</w:t>
+                <w:t xml:space="preserve">« Je ne pouvais pourtant pas refuser À mes vers la protection de ma prose ». Théorie et dérision dans la préface de Quelques portraits-sonnets de femmes de Natalie Barney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lucile Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyser la réception au prisme du genre Redécouvertes, réappropriations et relectures d’autrices (XIXè-XXIè siècles)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Théorie littéraire féminine à la Belle Époque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/colloques.11037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04402145v1</w:t>
+                <w:t xml:space="preserve">hal-04309838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du “spectacle effronté” aux “portes closes” : la poétique de Renée Vivien entre ouverture et repli.</w:t>
               </w:r>
@@ -2601,260 +2601,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04298414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« “Rien ne doit vous étonner de moi, je suis Américaine” : Displacement as a Literary and Sexual Legitimation in Natalie Clifford Barney’s early works. »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Entends monter nos cris : contre-coaching vocal en milieu patriarcal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leïchlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Dejoie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Sapphos Abroad : Queer Transatlantic Travelers in the Long Nineteenth Century</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, TSA Annual Conference, Jul 2021, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Matérialités vocales : voix, genre et médias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marlène Coulomb-Gully; Giuseppina Sapio, Jun 2021, En ligne (Toulouse), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04298402v1</w:t>
+                <w:t xml:space="preserve">hal-04881069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« “Ces cous-là sont prédestinés à la strangulation“ - Féminicides entre parodie et aporie dans La Dame à la louve de Renée Vivien »</w:t>
+                <w:t xml:space="preserve">« “Rien ne doit vous étonner de moi, je suis Américaine” : Displacement as a Literary and Sexual Legitimation in Natalie Clifford Barney’s early works. »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Féminicides au XIXe siècle en France : socio-histoire, enjeux et représentations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mathilde Leïchlé; Margot Giacinti; Charlotte Foucher Zarmanian; Christine Bard; Ersy Contogouris; Lucie Nizard; Eléonore Reverzy; Diane Roman; Rémi Rouméas; Anne Verjus, May 2021, ENS de Lyon, France</w:t>
+              <w:t xml:space="preserve">American Sapphos Abroad : Queer Transatlantic Travelers in the Long Nineteenth Century</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TSA Annual Conference, Jul 2021, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04298387v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entends monter nos cris : contre-coaching vocal en milieu patriarcal</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« “Ces cous-là sont prédestinés à la strangulation“ - Féminicides entre parodie et aporie dans La Dame à la louve de Renée Vivien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Dejoie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matérialités vocales : voix, genre et médias</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marlène Coulomb-Gully; Giuseppina Sapio, Jun 2021, En ligne (Toulouse), France</w:t>
+              <w:t xml:space="preserve">Féminicides au XIXe siècle en France : socio-histoire, enjeux et représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathilde Leïchlé; Margot Giacinti; Charlotte Foucher Zarmanian; Christine Bard; Ersy Contogouris; Lucie Nizard; Eléonore Reverzy; Diane Roman; Rémi Rouméas; Anne Verjus, May 2021, ENS de Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881069v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poètes femmes, femmes poètes, poétesses… que disent-elles et comment dire ?</w:t>
               </w:r>
@@ -3456,51 +3456,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poéte·s·s·e·s : qu’est-ce qu’une femme* poète ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Mehat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lénaïg Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3790,173 +3790,173 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Voici son livre” : poètes femmes et préfaces allographes (1900-1930)</w:t>
+                <w:t xml:space="preserve">“De l’influence des femmes” : notes pour penser les liens entre influence littéraire et virilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">dir. Raphaëlle Brin, Raphaël Luis, Hélène Martinelli. </w:t>
+              <w:t xml:space="preserve">Laurent Demoulin, Justine Huppe, François Provenzano et Denis Saint-Amand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Ambassadrices de la République mondiale des lettres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENS éditions, In press</w:t>
+              <w:t xml:space="preserve">Sous influence, avec Jean-Pierre Bertrand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Liège, 2025, 978-2-87562-421-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077951v1</w:t>
+                <w:t xml:space="preserve">hal-05077908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“De l’influence des femmes” : notes pour penser les liens entre influence littéraire et virilité</w:t>
+                <w:t xml:space="preserve">“Voici son livre” : poètes femmes et préfaces allographes (1900-1930)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Islert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laurent Demoulin, Justine Huppe, François Provenzano et Denis Saint-Amand. </w:t>
+              <w:t xml:space="preserve">dir. Raphaëlle Brin, Raphaël Luis, Hélène Martinelli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sous influence, avec Jean-Pierre Bertrand</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Liège, 2025, 978-2-87562-421-5</w:t>
+              <w:t xml:space="preserve">Les Ambassadrices de la République mondiale des lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS éditions, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077908v1</w:t>
+                <w:t xml:space="preserve">hal-05077951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Dierx - Sixième livraison du Parnasse Contemporain</w:t>
               </w:r>
@@ -5087,51 +5087,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C89A685B"/>
+    <w:nsid w:val="7763076B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5235,51 +5235,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="B616D682"/>
+    <w:nsid w:val="74FBB175"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5469,51 +5469,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ens-lyon.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hisoma.mom.fr/presentation/annuaire-du-personnel/islert-camille" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493049v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Berthier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaine Chemmachery" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cusset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duriau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Islert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077921v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077926v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077932v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077942v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077948v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077947v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369780v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355950v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.11244" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298131v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297728v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky Gauthier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Reid" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.4585" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297818v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Turbiau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le&#239;chl&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marys Renn&#233; Hertiman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.4607" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297847v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dio.269.0172" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290078v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077972v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077967v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403400v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676225v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077963v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549903v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549893v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764524v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077956v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302794v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309838v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.11037" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402145v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dumont" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302824v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298414v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298402v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298387v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881069v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dejoie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298371v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g Cariou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Finch" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298348v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.3723" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298360v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299566v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493086v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574449v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pul.univ-lyon2.fr/product/show/9782729714437/renee-vivien-une-poetique-sous-influence-y" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565322v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Mehat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvina Le Poul" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450922v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Prin-Conti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9151/marceline-desbordes-valmore" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668688v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lachkar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Antolin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/ecrire-a-lencre-violette/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077951v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077908v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402127v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765221v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309801v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.10953" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298095v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298071v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297806v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298059v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297921v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/58836" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004443808_011" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297902v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/11136-book-08535202-9782745352026.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574438v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297880v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702457v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702452v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ens-lyon.fr/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hisoma.mom.fr/presentation/annuaire-du-personnel/islert-camille" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493049v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Berthier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaine Chemmachery" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cusset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duriau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Islert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077948v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077942v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077921v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077926v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077932v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077947v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355950v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.11244" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369780v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298131v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297728v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky Gauthier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Reid" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.4585" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297818v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Turbiau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le&#239;chl&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marys Renn&#233; Hertiman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.4607" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297847v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dio.269.0172" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290078v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077972v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077967v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403400v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549903v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549893v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676225v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077963v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764524v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077956v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402145v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Dumont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302794v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309838v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.11037" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302824v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298414v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881069v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dejoie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298402v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298387v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298371v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g Cariou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Finch" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298348v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.3723" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298360v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299566v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493086v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574449v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pul.univ-lyon2.fr/product/show/9782729714437/renee-vivien-une-poetique-sous-influence-y" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565322v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Mehat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvina Le Poul" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450922v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Prin-Conti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9151/marceline-desbordes-valmore" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668688v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lachkar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Antolin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/ecrire-a-lencre-violette/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077908v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077951v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402127v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765221v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309801v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.10953" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298095v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298071v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297806v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298059v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297921v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/58836" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004443808_011" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297902v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/11136-book-08535202-9782745352026.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574438v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297880v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702457v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702452v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>