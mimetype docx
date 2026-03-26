--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,2664 +66,2680 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework to quantify the vulnerability of insular biota to global change</w:t>
+                <w:t xml:space="preserve">Contrasting vulnerability profiles for insular assemblages of birds and mammals facing global change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Bellard</w:t>
+                <w:t xml:space="preserve">Clara Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Marino</w:t>
+                <w:t xml:space="preserve">Ana Benítez-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Butt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José María Fernández-Palacios</w:t>
+                <w:t xml:space="preserve">Gabriel Caetano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Rigal</w:t>
+                <w:t xml:space="preserve">Pol Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.e70261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cobi.70261⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04550966v4</w:t>
+                <w:t xml:space="preserve">hal-05224555v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mismatches in exposure, sensitivity, and adaptive capacity to global change lead to contrasting vulnerability profiles for insular vertebrates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A framework to quantify the vulnerability of insular biota to global changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Butt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José María Fernández-Palacios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.557⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Benítez-López</w:t>
+                <w:t xml:space="preserve">hal-05215752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Climate Impacts on Lake Food‐Webs Are Mediated by Biological Invasions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Frossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Sharaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Bruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (3), pp.e70144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05056443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of Hydrology, Aquatic Vegetation, Habitat Size and Connectivity in Shaping Food Webs in a Eutrophic Agricultural Marshland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Crabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bergerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (9), pp.e70077. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ddi.70077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Direct effect of artificial warming on communities is stronger than its indirect effect through body mass reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Diouloufet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ange Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Peroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Montoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024 (10), pp.e10561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/oik.10561⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The interaction between warming and enrichment accelerates food‐web simplification in freshwater systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willem Bonnaffé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Danet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Frossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Edeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (8), pp.e14480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14480⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temperature, productivity, and habitat characteristics collectively drive lake food web structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre‐alain Danis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentina Moatar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Daufresne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.16642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The rising threat of climate change for arthropods from Earth’s cold regions: Taxonomic rather than native status drives species sensitivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Colleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (20), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.16338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03735798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profiling insular vertebrates prone to biological invasions: what makes them vulnerable?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Marino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (3), pp.1077-1090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15941⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03404507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conservation hotspots of insular endemic mammalian diversity at risk of extinction across a multidimensional approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Magneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ddi.13441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Looming extinctions due to invasive species: Irreversible loss of ecological strategy and evolutionary history Running title: Functional and phylogenetic extinctions due to biological invasions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bernery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15771⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03312166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Future climate change vulnerability of endemic island mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Courchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-18740-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03163041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Global changes threaten functional and taxonomic diversity of insular species worldwide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Villéger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Marino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (4), pp.402-414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ddi.13024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insular threat associations within taxa worldwide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Courchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.6393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-24733-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vulnerability of biodiversity hotspots to global change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bakkenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Veloz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (12), pp.1376--1386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/geb.12228⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01374435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microscopic Aquatic Predators Strongly Affect Infection Dynamics of a Globally Emerged Pathogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk S Schmeller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Blooi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trenton W.J. Garner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew C. Fisher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 24, pp. 176-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2013.11.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Potential impact of sea level rise on French islands worldwide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Courchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/natureconservation.@@.5533⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A framework to quantify the vulnerability of insular biota to global change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bellard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Butt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pol Capdevila</w:t>
+                <w:t xml:space="preserve">José María Fernández-Palacios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05224555v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04550966v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of connectivity on aquatic food webs in Metropolitan France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Perricher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05178530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How environmental variables shape wetland food webs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Crabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bergerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bonis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress in Ecology &amp; Evolution - SFE²</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04954480v1</w:t>
-              </w:r>
-[...1989 lines deleted...]
-                <w:t xml:space="preserve">hal-03258627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité endémique insulaire face aux changements globaux : état des lieux dans un contexte de conservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Leclerc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biodiversité et Ecologie. Université Paris Saclay (COmUE), 2019. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2019SACLS507⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03917105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId94"/>
+      <w:footerReference w:type="default" r:id="rId95"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2870,51 +2886,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550966v4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bellard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Marino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Butt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Fern&#225;ndez-Palacios" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rigal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05224555v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ben&#237;tez-L&#243;pez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Caetano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Capdevila" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178530v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perricher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Reynaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leclerc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sentis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954480v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crabot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bergerot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gore" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215752v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.557" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056443v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frossard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Sharaf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bazin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Bruel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70144" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05245093v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lacroix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.70077" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04631482v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Diouloufet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Molina" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Peroux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Montoya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10561" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670447v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Bonnaff&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Danet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Edeline" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14480" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049952v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;alain Danis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Moatar" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Daufresne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16642" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03735798v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Renault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leclerc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Colleu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hotte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16338" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404507v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15941" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428608v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Magneville" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13441" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312166v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bernery" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15771" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163041v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Courchamp" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18740-x" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02477847v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vill&#233;ger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01788888v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24733-0" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01374435v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Leroy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bakkenes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Veloz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12228" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SZJ71Z8Q-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994386v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk S Schmeller" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Blooi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Martel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trenton W.J. Garner" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew C. Fisher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.11.032" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258627v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/natureconservation.@@.5533" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03917105v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLS507" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05224555v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Marino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Ben&#237;tez-L&#243;pez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Butt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Caetano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Capdevila" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.70261" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215752v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bellard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Fern&#225;ndez-Palacios" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rigal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.557" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056443v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leclerc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frossard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Sharaf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bazin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Bruel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70144" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05245093v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Crabot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bergerot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gore" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lacroix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.70077" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04631482v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Diouloufet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Molina" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Peroux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Montoya" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10561" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670447v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Bonnaff&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Danet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Edeline" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14480" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049952v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Reynaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;alain Danis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Moatar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Daufresne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16642" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03735798v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Renault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leclerc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Colleu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boutet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hotte" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16338" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404507v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15941" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428608v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Magneville" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13441" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312166v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bernery" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15771" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163041v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Courchamp" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18740-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02477847v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vill&#233;ger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01788888v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24733-0" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01374435v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Leroy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bakkenes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Veloz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12228" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SZJ71Z8Q-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994386v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk S Schmeller" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Blooi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Martel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trenton W.J. Garner" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew C. Fisher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2013.11.032" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258627v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/natureconservation.@@.5533" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550966v4" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178530v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perricher" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sentis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954480v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03917105v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLS507" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>