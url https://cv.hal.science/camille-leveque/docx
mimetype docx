--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -181,1443 +181,1443 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency-resolved cross-correlation between XUV high harmonics and IR fundamental laser pulses by transient multiphoton absorption spectroscopy in gases</w:t>
+                <w:t xml:space="preserve">Complete retrieval of attosecond photoelectron dynamics from partially coherent states in entangled photoemission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Dubois</w:t>
+                <w:t xml:space="preserve">Morgan Berkane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Leblanc</w:t>
+                <w:t xml:space="preserve">Richard Taïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Gautier</w:t>
+                <w:t xml:space="preserve">Gabriel Granveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Tissandier</w:t>
+                <w:t xml:space="preserve">Pascal Salières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonardo Rico</w:t>
+                <w:t xml:space="preserve">Charles Bourassin-Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7, pp.023065. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111 (4), pp.L041101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.7.023065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.111.L041101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038682v1</w:t>
+                <w:t xml:space="preserve">hal-05026394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete retrieval of attosecond photoelectron dynamics from partially coherent states in entangled photoemission</w:t>
+                <w:t xml:space="preserve">Frequency-resolved cross-correlation between XUV high harmonics and IR fundamental laser pulses by transient multiphoton absorption spectroscopy in gases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Berkane</w:t>
+                <w:t xml:space="preserve">Juliette Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Taïeb</w:t>
+                <w:t xml:space="preserve">Adrien Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Granveau</w:t>
+                <w:t xml:space="preserve">Julien Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Salières</w:t>
+                <w:t xml:space="preserve">Fabien Tissandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Bourassin-Bouchet</w:t>
+                <w:t xml:space="preserve">Léonardo Rico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 111 (4), pp.L041101. </w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, pp.023065. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.111.L041101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.7.023065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05026394v1</w:t>
+                <w:t xml:space="preserve">hal-05038682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing Wigner time delays with photoelectron interferometry: Anisotropic long-range imprint of the short-range centrifugal potential</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Production of positronium chloride: A study of the charge exchange reaction between Ps and Cl−</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Lévêque</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard Taïeb</w:t>
+                <w:t xml:space="preserve">K. Lévêque-Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A. Camper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jérémie Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physreva.110.013120⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 160 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0182498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05026458v1</w:t>
+                <w:t xml:space="preserve">hal-04501240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy conservation law in strong-field photoionization by circularly polarized light</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Anisotropic molecular photoemission dynamics: Interpreting and accounting for the nuclear motion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Desrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Berkane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Caillat</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 109 (1), pp.013112. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, 109 (5), pp.053106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.109.053106⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.109.013112⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04420675v1</w:t>
+                <w:t xml:space="preserve">hal-04607319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibronic correlations in molecular strong field dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probing Wigner time delays with photoelectron interferometry: Anisotropic long-range imprint of the short-range centrifugal potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Berkane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Labeye</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.3c07833⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physreva.110.013120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04546772v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05026458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic molecular photoemission dynamics: Wigner time delay versus time delay from RABBIT measurements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Energy conservation law in strong-field photoionization by circularly polarized light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Caillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Taïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulf Saalmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 109 (1), pp.013101. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.109.013101⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 109 (1), pp.013112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.109.013112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04380631v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of positronium chloride: A study of the charge exchange reaction between Ps and Cl−</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vibronic correlations in molecular strong field dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Camper</w:t>
+                <w:t xml:space="preserve">Marie Labeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Taïeb</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">François Risoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfred Maquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Caillat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 160 (10), </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0182498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.3c07833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04501240v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04546772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic molecular photoemission dynamics: Interpreting and accounting for the nuclear motion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Anisotropic molecular photoemission dynamics: Wigner time delay versus time delay from RABBIT measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Berkane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Desrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Taïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Caillat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 109 (5), pp.053106. </w:t>
+              <w:t xml:space="preserve">, 2024, 109 (1), pp.013101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.109.053106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.109.013101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04607319v1</w:t>
+                <w:t xml:space="preserve">hal-04380631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting One-Dimensional Dipolar Bosonic Crystal Orders via Full Distribution Functions</w:t>
+                <w:t xml:space="preserve">Colloquium : Multiconfigurational time-dependent Hartree approaches for indistinguishable particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Budhaditya Chatterjee</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Axel U. J. Lode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jörg Schmiedmayer</w:t>
+                <w:t xml:space="preserve">Lars Bojer Madsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel U. J. Lode</w:t>
+                <w:t xml:space="preserve">Alexej Streltsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofir Alon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.093602⟩</w:t>
+              <w:t xml:space="preserve">Reviews of Modern Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92 (1), pp.011001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/RevModPhys.92.011001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03849397v1</w:t>
+                <w:t xml:space="preserve">hal-02977217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloquium : Multiconfigurational time-dependent Hartree approaches for indistinguishable particles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Detecting One-Dimensional Dipolar Bosonic Crystal Orders via Full Distribution Functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Budhaditya Chatterjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Schmiedmayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel U. J. Lode</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ofir Alon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews of Modern Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 92 (1), pp.011001. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125 (9), pp.093602. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/RevModPhys.92.011001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.093602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02977217v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloquium : Multiconfigurational time-dependent Hartree approaches for indistinguishable particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel U. J. Lode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Bojer Madsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexej I Streltsov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofir E Alon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reviews of Modern Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 92 (1), pp.011001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/RevModPhys.92.011001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03849390v1</w:t>
@@ -1628,113 +1628,113 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detecting One-Dimensional Dipolar Bosonic Crystal Orders via Full Distribution Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Budhaditya Chatterjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Schmiedmayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel U. J. Lode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 125 (9), pp.093602. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.093602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02977329v1</w:t>
@@ -1797,51 +1797,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Papariello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Tsatsos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantum Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 5 (2), pp.024004. </w:t>
@@ -1879,103 +1879,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamical distortions of structural signatures in molecular high-order harmonic spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Labeye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Risoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Labeye</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfred Maquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 99 (1), pp.013412. </w:t>
@@ -2026,64 +2026,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signatures of a Conical Intersection in Attosecond Transient Absorption Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Bækhøj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Bojer Madsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 121 (2), pp.023203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2251,64 +2251,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-dependent restricted-active-space self-consistent-field theory for bosonic many-body systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Bojer Madsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (4), pp.043007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2342,103 +2342,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-induced blurring of molecular structure information in high harmonic spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Risoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Labeye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfred Maquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7, pp.17302. </w:t>
@@ -2470,304 +2470,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02148237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct observation of spin-forbidden transitions through the use of suitably polarized light</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Theoretical assignment of the Clements bands of SO 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Peláez</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Horst Köppel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard Taïeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms5126⟩</w:t>
+              <w:t xml:space="preserve">Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 460, pp.135-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemphys.2015.07.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01225797v1</w:t>
+                <w:t xml:space="preserve">hal-01196352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical assignment of the Clements bands of SO 2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Direct observation of spin-forbidden transitions through the use of suitably polarized light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Peláez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horst Köppel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Taïeb</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Horst Köppel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 460, pp.135-143. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.4126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemphys.2015.07.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncomms5126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01196352v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01225797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication: Theoretical prediction of the importance of the 3 B 2 state in the dynamics of sulfur dioxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Taïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horst Köppel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 140 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2801,77 +2801,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excited state dynamics in SO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;. III. An &amp;lt;i&amp;gt;ab initio&amp;lt;/i&amp;gt; quantum study of single- and multi-photon ionization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horst Köppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Taïeb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 140 (20), pp.204303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2905,90 +2905,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab initio quantum study of the photodynamics and absorption spectrum for the coupled 11 A 2 and 11 B 1 states of SO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Komainda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Taïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horst Köppel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 138 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3022,103 +3022,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative extraction of the emission times of high-order harmonics via the determination of instantaneous frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Risoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfred Maquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Taïeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 88 (4), pp.043415. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3165,51 +3165,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;i&amp;gt;Ab initio&amp;lt;/i&amp;gt;quantum dynamical study of photoinduced ring opening in furan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E V Gromov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3295,90 +3295,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab initio quantum dynamical study of photoinduced ring opening in furan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. V. Gromov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Burghardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horst Köppel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 135, pp.164305. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3457,90 +3457,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colloquium: Multiconfigurational time-dependent Hartree approaches for indistinguishable particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Lode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Bojer Madsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexej Streltsov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofir Alon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3558,90 +3558,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unveiling Emergent Crystal Orders of Incommensurate Dipolar Bosons in One-Dimensional Lattices using Full Distribution Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Budhaditya Chatterjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Schmiedmayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel U. J. Lode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3691,51 +3691,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pump-probe spectroscopy of vibronic dynamics using high-order harmonic generation : general theory and applications to SO2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Condensed Matter [cond-mat]. Université Pierre et Marie Curie - Paris VI; Ruprecht-Karls-Universität (Heidelberg, Allemagne), 2014. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014PA066513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3852,51 +3852,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3DC45E77"/>
+    <w:nsid w:val="F4F3DA6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4083,51 +4083,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-leveque" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7087-1798" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183972406" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038682v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dubois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leblanc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gautier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tissandier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onardo Rico" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.7.023065" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026394v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Berkane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ta&#239;eb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Granveau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sali&#232;res" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bourassin-Bouchet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.111.L041101" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026458v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Caillat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dubois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreva.110.013120" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04420675v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Saalmann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.013112" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546772v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Labeye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Risoud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Maquet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.3c07833" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04380631v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Desrier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.013101" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04501240v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L&#233;v&#234;que-Simon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ta&#239;eb" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182498" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607319v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.053106" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03849397v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Budhaditya Chatterjee" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Schmiedmayer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel U. J. Lode" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.093602" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977217v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Bojer Madsen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexej Streltsov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofir Alon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.92.011001" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03849390v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexej I Streltsov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofir E Alon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977329v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Lin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Molignini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Papariello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Tsatsos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/ab788b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148208v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.013412" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03849401v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens B&#230;kh&#248;j" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.023203" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370288v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Lode" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fritz S Diorico" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rugway Wu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aabc3a" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aa6319" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148237v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17416-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225797v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pel&#225;ez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst K&#246;ppel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5126" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01196352v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2015.07.033" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962088v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4867252" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046699v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4875037" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032342v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Komainda" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4776758" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046439v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreva.88.043415" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046450v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E V Gromov" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gatti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Burghardt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. K&#246;ppel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3653792" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636052v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. V. Gromov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gatti" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Burghardt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370356v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370344v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01165076v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA066513" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-leveque" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7087-1798" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/183972406" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026394v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Berkane" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ta&#239;eb" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Granveau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sali&#232;res" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bourassin-Bouchet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.111.L041101" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038682v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dubois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leblanc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gautier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tissandier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onardo Rico" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.7.023065" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04501240v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. L&#233;v&#234;que-Simon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ta&#239;eb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Caillat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0182498" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607319v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Desrier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.053106" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026458v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dubois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreva.110.013120" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04420675v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Saalmann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.013112" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546772v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Labeye" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Risoud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Maquet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.3c07833" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04380631v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.013101" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977217v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel U. J. Lode" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Bojer Madsen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexej Streltsov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofir Alon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.92.011001" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03849397v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Budhaditya Chatterjee" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Schmiedmayer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.093602" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03849390v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexej I Streltsov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofir E Alon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977329v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Lin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Molignini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Papariello" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Tsatsos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/ab788b" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148208v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.99.013412" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03849401v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens B&#230;kh&#248;j" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.023203" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370288v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Lode" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fritz S Diorico" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rugway Wu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aabc3a" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849394v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aa6319" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148237v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17416-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01196352v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst K&#246;ppel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2015.07.033" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225797v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pel&#225;ez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5126" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962088v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4867252" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046699v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4875037" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032342v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Komainda" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4776758" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046439v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreva.88.043415" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046450v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E V Gromov" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gatti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Burghardt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. K&#246;ppel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3653792" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636052v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. V. Gromov" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gatti" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Burghardt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370356v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370344v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01165076v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA066513" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>