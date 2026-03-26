--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (74)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,8392 +234,8971 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctic regional changes revealed by clustering of sea-ice observations</w:t>
+                <w:t xml:space="preserve">Characteristics of ocean mesoscale eddies in the Canadian Basin from a high resolution pan-Arctic model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Simon</w:t>
+                <w:t xml:space="preserve">Noémie Planat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Tandeo</w:t>
+                <w:t xml:space="preserve">Carolina Olivia Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Sévellec</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jan Klaus Rieck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Talandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-19-6639-2025⟩</w:t>
+              <w:t xml:space="preserve">Ocean Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 22 (1), pp.653-678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/os-22-653-2026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05407599v1</w:t>
+                <w:t xml:space="preserve">hal-05529471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interannual Variability of the Polar Front Surface Thermohaline Properties in the Barents Sea</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Kolodziejczyk</w:t>
+                <w:t xml:space="preserve">A Model Based Study of the Emergence of North Atlantic Deep Water During the Cenozoic: A Tale of Geological and Climatic Forcings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Huck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JC021962⟩</w:t>
+              <w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024PA005020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314405v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05101550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of the Mixed Layer Salinity Variability in the Seasonal Ice Zone of the Arctic Ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Life Cycle of the Low Salinity Lenses at the Surface of the Arctic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement van Straaten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Supply</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Claude Talandier</w:t>
+                <w:t xml:space="preserve">Nicolas Kolodziejcyk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 130 (8), e2025JC022438 (14p.). </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2025JC022438⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 130 (4), e2024JC021699 (18p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JC021699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314425v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05063285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variability of the Kinetic Energy in Seasonally Ice‐Covered Oceans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chaotic Intrinsic Variability in the Arctic‐North Atlantic Ocean and Its Link to Sea Ice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Le Gloannec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josué Martínez-Moreno</w:t>
+                <w:t xml:space="preserve">Rym M'Sadek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Maisonnave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Talandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024MS004860⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 52 (11), pp.e2024GL113318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024GL113318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05315885v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05130553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sea Ice Heterogeneity as a Result of Ocean Eddy Activity During the Ice Growth Season</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interannual Variability of the Polar Front Surface Thermohaline Properties in the Barents Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kolodziejczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josué Martínez‐moreno</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Talandier</w:t>
+                <w:t xml:space="preserve">Jacqueline Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Vergely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Reverdin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024GL113645⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (8), pp.e2024JC021962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JC021962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04985904v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of Water Mass Volume Changes in the Nordic Seas (2005–2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucas Almeida</w:t>
+                <w:t xml:space="preserve">Sea Ice Heterogeneity as a Result of Ocean Eddy Activity During the Ice Growth Season</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Martínez‐moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Desbruyères</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Talandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JC022209⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 52 (3), e2024GL113645 (10p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024GL113645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05206190v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04985904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Model Based Study of the Emergence of North Atlantic Deep Water During the Cenozoic: A Tale of Geological and Climatic Forcings</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variability of the Kinetic Energy in Seasonally Ice‐Covered Oceans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Maffre</w:t>
+                <w:t xml:space="preserve">Josué Martínez-Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Talandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Jamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐marie Treguier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paleoceanography and Paleoclimatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024PA005020⟩</w:t>
+              <w:t xml:space="preserve">Journal of Advances in Modeling Earth Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024MS004860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-05101550v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05315885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Life Cycle of the Low Salinity Lenses at the Surface of the Arctic Ocean</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clement van Straaten</w:t>
+                <w:t xml:space="preserve">Drivers of the Mixed Layer Salinity Variability in the Seasonal Ice Zone of the Arctic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Supply</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Kolodziejcyk</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kolodziejczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Talandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 130 (4), e2024JC021699 (18p.). </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JC021699⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 130 (8), e2025JC022438 (14p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2025JC022438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05063285v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaotic Intrinsic Variability in the Arctic‐North Atlantic Ocean and Its Link to Sea Ice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drivers of Water Mass Volume Changes in the Nordic Seas (2005–2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rym M'Sadek</w:t>
+                <w:t xml:space="preserve">Lucas Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kolodziejczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Maisonnave</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Damien Desbruyères</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 52 (11), pp.e2024GL113318. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (7), e2024JC022209 (16p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2024GL113318⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024JC022209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05130553v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05206190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidecadal Trends of the Mixed Layer Depth and Their Relation to the Wind in Global Ocean Models Forced by an Atmospheric Reanalysis</w:t>
+                <w:t xml:space="preserve">Arctic regional changes revealed by clustering of sea-ice observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+                <w:t xml:space="preserve">Amélie Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement de Boyer Montégut</w:t>
+                <w:t xml:space="preserve">Pierre Tandeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Yeager</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florian Sévellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JC022271⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (12), pp.6639-6658. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-19-6639-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05101551v1</w:t>
+                <w:t xml:space="preserve">hal-05407599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mean Kinetic Energy and Its Projected Changes Dominate Over Eddy Kinetic Energy in the Arctic Ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multidecadal Trends of the Mixed Layer Depth and Their Relation to the Wind in Global Ocean Models Forced by an Atmospheric Reanalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement de Boyer Montégut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. K. Rieck</w:t>
+                <w:t xml:space="preserve">Steve Yeager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Martinez Moreno</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Lique</w:t>
+                <w:t xml:space="preserve">Eric Chassignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Dufour</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Doroteaciro Iovino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 52 (22), e2025GL117957 (10p.). </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2025GL117957⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024JC022271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05409895v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-05101551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Southern Hemisphere Supergyre on Antarctic Intermediate Water Properties in CMIP6 Models</w:t>
+                <w:t xml:space="preserve">Mean Kinetic Energy and Its Projected Changes Dominate Over Eddy Kinetic Energy in the Arctic Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Meuriot</w:t>
+                <w:t xml:space="preserve">J. K. Rieck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Martinez Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Plancherel</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Talandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JC021140⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 52 (22), e2025GL117957 (10p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2025GL117957⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04937488v1</w:t>
+                <w:t xml:space="preserve">hal-05409895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of Interannual Salinity Variability in the Arctic Ocean</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Hochet</w:t>
+                <w:t xml:space="preserve">Influence of the Southern Hemisphere Supergyre on Antarctic Intermediate Water Properties in CMIP6 Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Meuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">William Llovel</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Plancherel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.10644. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023JC020852⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 129 (12), e2024JC021140 (20p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JC021140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04603954v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04937488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of ocean vertical-mixing parameterization on Arctic sea ice and upper-ocean properties using the NEMO-SI3 model</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drivers of Interannual Salinity Variability in the Arctic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Marie Treguier</w:t>
+                <w:t xml:space="preserve">Antoine Hochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clement de Boyer Montégut</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Sévellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Massonnet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">William Llovel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 17 (20), pp.7445-7466. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.10644. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-17-7445-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2023JC020852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04779360v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctic sea ice mass balance in a new coupled ice-ocean model using a brittle rheology framework</w:t>
+                <w:t xml:space="preserve">Impact of ocean vertical-mixing parameterization on Arctic sea ice and upper-ocean properties using the NEMO-SI3 model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Boutin</w:t>
+                <w:t xml:space="preserve">Sofia Allende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Einar Örn Ólason</w:t>
+                <w:t xml:space="preserve">Anne Marie Treguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement de Boyer Montégut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Rampal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Lique</w:t>
+                <w:t xml:space="preserve">François Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-17-617-2023⟩</w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (20), pp.7445-7466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-17-7445-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03796674v2</w:t>
+                <w:t xml:space="preserve">hal-04779360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Scale Salinity Anomaly Has Triggered the Recent Decline of Winter Convection in the Greenland Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Kolodziejczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 50 (21), e2023GL104766 (10p.). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2023GL104766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04334640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and Variability of the Jan Mayen Current in the Greenland Sea Gyre From a Yearlong Mooring Array</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arctic sea ice mass balance in a new coupled ice-ocean model using a brittle rheology framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Pellichero</w:t>
+                <w:t xml:space="preserve">Einar Örn Ólason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rampal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heather Regan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022JC019616⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-17-617-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384163v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03796674v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observed spatio-temporal variability of the eddy-sea ice interactions in the Arctic Basin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angelina Cassianides</w:t>
+                <w:t xml:space="preserve">Structure and Variability of the Jan Mayen Current in the Greenland Sea Gyre From a Yearlong Mooring Array</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pellichero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gianluca Meneghello</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kolodziejczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly de Marez</w:t>
+                <w:t xml:space="preserve">Kevin Balem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 128 (6), e2022JC019469 (22p.). </w:t>
+              <w:t xml:space="preserve">, 2023, 128 (11), e2022JC019616 (19p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2022JC019469⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2022JC019616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04204076v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mixed-layer depth in the Ocean Model Intercomparison Project (OMIP): impact of resolving mesoscale eddies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Observed spatio-temporal variability of the eddy-sea ice interactions in the Arctic Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Bozec</w:t>
+                <w:t xml:space="preserve">Angelina Cassianides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric P Chassignet</w:t>
+                <w:t xml:space="preserve">Gianluca Meneghello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baylor Fox-Kemper</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charly de Marez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 16 (13), pp.3849 - 3872. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128 (6), e2022JC019469 (22p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/gmd-16-3849-2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2022JC019469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04284486v1</w:t>
+                <w:t xml:space="preserve">hal-04204076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sea Ice Rheology Experiment (SIREx): 2. Evaluating Linear Kinematic Features in High-Resolution Sea Ice Simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The mixed-layer depth in the Ocean Model Intercomparison Project (OMIP): impact of resolving mesoscale eddies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marie Treguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement de Boyer Montégut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils Hutter</w:t>
+                <w:t xml:space="preserve">Alexandra Bozec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Bouchat</w:t>
+                <w:t xml:space="preserve">Eric P Chassignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dupont</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nikolay Koldunov</w:t>
+                <w:t xml:space="preserve">Baylor Fox-Kemper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JC017666⟩</w:t>
+              <w:t xml:space="preserve">Geoscientific Model Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (13), pp.3849 - 3872. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/gmd-16-3849-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03683298v1</w:t>
+                <w:t xml:space="preserve">hal-04284486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meltwater Lenses Over the Chukchi and the Beaufort Seas During Summer 2019: From In Situ to Synoptic View</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gilles Reverdin</w:t>
+                <w:t xml:space="preserve">Properties, sensitivity, and stability of the Southern Hemisphere salinity minimum layer in the UKESM1 model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Meuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Plancherel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JC018388⟩</w:t>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-022-06304-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03993971v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sea Ice Rheology Experiment (SIREx): 1. Scaling and Statistical Properties of Sea-Ice Deformation Fields</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dmitry Dukhovskoy</w:t>
+                <w:t xml:space="preserve">Meltwater Lenses Over the Chukchi and the Beaufort Seas During Summer 2019: From In Situ to Synoptic View</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Supply</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kolodziejczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Reverdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 127, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JC017667⟩</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JC018388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683297v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03993971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Properties, sensitivity, and stability of the Southern Hemisphere salinity minimum layer in the UKESM1 model</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sea Ice Rheology Experiment (SIREx): 1. Scaling and Statistical Properties of Sea-Ice Deformation Fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bouchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Hutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Chanut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Dukhovskoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00382-022-06304-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JC017667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683292v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ice‐ocean model study of the mid‐2000s regime change in the Barents Sea</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sea Ice Rheology Experiment (SIREx): 2. Evaluating Linear Kinematic Features in High-Resolution Sea Ice Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Hutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bouchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Dukhovskoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Koldunov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 127 (11), e2021JC018280 (20p.). </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JC018280⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 127, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JC017666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203903v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density Staircases Are Disappearing in the Canada Basin of the Arctic Ocean</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Ménesguen</w:t>
+                <w:t xml:space="preserve">An ice‐ocean model study of the mid‐2000s regime change in the Barents Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin I. Barton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Zoé Caspar‐cohen</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yueng‐djern Lenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Talandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 127 (11), pp.1-17. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022JC018877⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 127 (11), e2021JC018280 (20p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JC018280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03910680v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freshwater input and vertical mixing in the Canada Basin’s seasonal halocline: 1975 versus 2006-2012</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Density Staircases Are Disappearing in the Canada Basin of the Arctic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julienne Stroeve</w:t>
+                <w:t xml:space="preserve">Claire Ménesguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah T Gille</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Zoé Caspar‐cohen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/JPO-D-21-0116.1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (11), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JC018877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203741v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03910680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial and Temporal Variability of Atlantic Water in the Arctic From 40 Years of Observations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Freshwater input and vertical mixing in the Canada Basin’s seasonal halocline: 1975 versus 2006-2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Rosenblum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice E. Richards</w:t>
+                <w:t xml:space="preserve">Julienne Stroeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen L. Johnson</w:t>
+                <w:t xml:space="preserve">Sarah T Gille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Bruno Tremblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JC018358⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 52 (7), pp.1383-1396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JPO-D-21-0116.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03868831v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genesis and Decay of Mesoscale Baroclinic Eddies in the Seasonally Ice-Covered Interior Arctic Ocean</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">John Marshall</w:t>
+                <w:t xml:space="preserve">Spatial and Temporal Variability of Atlantic Water in the Arctic From 40 Years of Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice E. Richards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen L. Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 51 (1), pp.115-129. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127, </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/JPO-D-20-0054.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2021JC018358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203272v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03868831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demons in the North Atlantic: Variability of Deep Ocean Ventilation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heat Balance in the Nordic Seas in a Global 1/12° Coupled Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graeme Macgilchrist</w:t>
+                <w:t xml:space="preserve">Pierre Mathiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helen Louise Johnson</w:t>
+                <w:t xml:space="preserve">Tim Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lique</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dan Copsey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020GL092340⟩</w:t>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (1), pp.89-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JCLI-D-20-0063.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03683267v1</w:t>
+                <w:t xml:space="preserve">hal-03381862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat Balance in the Nordic Seas in a Global 1/12° Coupled Model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+                <w:t xml:space="preserve">Wave–sea-ice interactions in a brittle rheological framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rampal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Mathiot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dan Copsey</w:t>
+                <w:t xml:space="preserve">Einar Olason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/JCLI-D-20-0063.1⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (1), pp.431 - 457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-15-431-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381862v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave–sea-ice interactions in a brittle rheological framework</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Boutin</w:t>
+                <w:t xml:space="preserve">Demons in the North Atlantic: Variability of Deep Ocean Ventilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graeme Macgilchrist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Louise Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Williams</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Rampal</w:t>
+                <w:t xml:space="preserve">C. Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Einar Olason</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Lique</w:t>
+                <w:t xml:space="preserve">D. P. Marshall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15 (1), pp.431 - 457. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48, </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/tc-15-431-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2020GL092340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405223v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ocean Eddy Signature on SAR Derived Sea Ice Drift and Vorticity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angelina Cassianides</w:t>
+                <w:t xml:space="preserve">Genesis and Decay of Mesoscale Baroclinic Eddies in the Seasonally Ice-Covered Interior Arctic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Meneghello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pål Erik Isachsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Doddridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020GL092066⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51 (1), pp.115-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JPO-D-20-0054.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03683271v1</w:t>
+                <w:t xml:space="preserve">hal-04203272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a coupled model to investigate wave–sea ice interactions in the Arctic marginal ice zone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Boutin</w:t>
+                <w:t xml:space="preserve">Ocean Eddy Signature on SAR Derived Sea Ice Drift and Vorticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Cassianides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Korosov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-14-709-2020⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020GL092066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02556992v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early Eocene vigorous ocean overturning and its contribution to a warm Southern Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurui Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Huck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Ladant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climate of the Past</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 16 (4), pp.1263-1283. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/cp-16-1263-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02938646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of Total and Eddy Kinetic Energy to the recent spin up of the Beaufort Gyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heather Regan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Talandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Meneghello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 50 (3), pp.575-594. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JPO-D-19-0234.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04202478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locations and mechanisms of ocean ventilation in the high-latitude North Atlantic in an eddy-permitting ocean model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">David P. Marshall</w:t>
+                <w:t xml:space="preserve">Towards a coupled model to investigate wave–sea ice interactions in the Arctic marginal ice zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Thomas</w:t>
+                <w:t xml:space="preserve">Fabrice Ardhuin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">clement rousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Talandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/JCLI-D-20-0191.1⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14 (2), pp.709-735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-14-709-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202637v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02556992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Mass Properties Derived From Satellite Observations in the Barents Sea</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin I. Barton</w:t>
+                <w:t xml:space="preserve">Locations and mechanisms of ocean ventilation in the high-latitude North Atlantic in an eddy-permitting ocean model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graeme Macgilchrist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Louise Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David P. Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019JC015449⟩</w:t>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33 (23), pp.10113-10131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JCLI-D-20-0191.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683233v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response of Arctic Freshwater to the Arctic Oscillation in Coupled Climate Models</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Helen L. Johnson</w:t>
+                <w:t xml:space="preserve">Water Mass Properties Derived From Satellite Observations in the Barents Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin I. Barton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yueng-Djern Lenn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/JCLI-D-19-0685.1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 125, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019JC015449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202494v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Three‐way Balance in The Beaufort Gyre: The Ice‐Ocean Governor, Wind Stress, and Eddy Diffusivity</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Response of Arctic Freshwater to the Arctic Oscillation in Coupled Climate Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jon Scott</w:t>
+                <w:t xml:space="preserve">Sam B. Cornish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yavor Kostov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen L. Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018JC014897⟩</w:t>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 33 (7), pp.2533-2555. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JCLI-D-19-0685.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202278v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctic Ocean Response to Greenland Sea Wind Anomalies in a Suite of Model Simulations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Beaufort Gyre Extent, Shape, and Location Between 2003 and 2014 From Satellite Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehmet Ilicak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sam B. Cornish</w:t>
+                <w:t xml:space="preserve">Heather C. Regan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergey Danilov</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas W. K. Armitage</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 124, pp.6286-6322. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019JC015101⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 124, pp.844-862. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JC014379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683188v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SKIM, a Candidate Satellite Mission Exploring Global Ocean Currents and Waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Ardhuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Brandt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Brandt</w:t>
+                <w:t xml:space="preserve">Lucile Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Gaultier</w:t>
+                <w:t xml:space="preserve">Craig Donlon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Battaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmars.2019.00209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02406005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Beaufort Gyre Extent, Shape, and Location Between 2003 and 2014 From Satellite Observations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Three‐way Balance in The Beaufort Gyre: The Ice‐Ocean Governor, Wind Stress, and Eddy Diffusivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward W. Doddridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Meneghello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Marshall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heather C. Regan</w:t>
+                <w:t xml:space="preserve">Jon Scott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas W. K. Armitage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 124, pp.844-862. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018JC014379⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 124 (5), pp.3107-3124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JC014897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683210v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Tides on Simulated Landfast Ice in a Pan-Arctic Ice-Ocean Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arctic Ocean Response to Greenland Sea Wind Anomalies in a Suite of Model Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morven Muilwijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Lemieux</w:t>
+                <w:t xml:space="preserve">Mehmet Ilicak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam B. Cornish</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ji Lei</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Dupont</w:t>
+                <w:t xml:space="preserve">Sergey Danilov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Roy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Losch</w:t>
+                <w:t xml:space="preserve">Renske Gelderloos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 123, pp.7747-7762. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018JC014080⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 124, pp.6286-6322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019JC015101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683062v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latitudinal shift of the Atlantic Meridional Overturning Circulation source regions under a warming climate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Satellite-derived sea ice export and its impact on Arctic ice mass balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Ricker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Girard-Ardhuin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Krumpen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthew D. Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Climate Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41558-018-0316-5⟩</w:t>
+              <w:t xml:space="preserve">The Cryosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12, pp.3017-3032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/tc-12-3017-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683064v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctic Ocean Freshwater Content and Its Decadal Memory of Sea-Level Pressure</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Latitudinal shift of the Atlantic Meridional Overturning Circulation source regions under a warming climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew D. Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2017GL076870⟩</w:t>
+              <w:t xml:space="preserve">Nature Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.1013-1020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41558-018-0316-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683082v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satellite-derived sea ice export and its impact on Arctic ice mass balance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robert Ricker</w:t>
+                <w:t xml:space="preserve">Arctic Ocean Freshwater Content and Its Decadal Memory of Sea-Level Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen L. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam B. Cornish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yavor Kostov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Girard-Ardhuin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Krumpen</w:t>
+                <w:t xml:space="preserve">Emma Beer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Cryosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/tc-12-3017-2018⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45, pp.4991-5001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2017GL076870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683067v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lagrangian ocean analysis: Fundamentals and practices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Impact of Tides on Simulated Landfast Ice in a Pan-Arctic Ice-Ocean Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lemieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik van Sebille</w:t>
+                <w:t xml:space="preserve">Ji Lei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Griffies</w:t>
+                <w:t xml:space="preserve">François Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryan Abernathey</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pavel Berloff</w:t>
+                <w:t xml:space="preserve">Martin Losch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2017.11.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123, pp.7747-7762. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JC014080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106837v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03683062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observed Atlantification of the Barents Sea Causes the Polar Front to Limit the Expansion of Winter Sea Ice</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lagrangian ocean analysis: Fundamentals and practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik van Sebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Griffies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Abernathey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Berloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/JPO-D-18-0003.1⟩</w:t>
+              <w:t xml:space="preserve">Ocean Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 121, pp.49-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2017.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03683069v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satellite-observed drop of Arctic sea ice growth in winter 2015-2016</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lars Kaleschke</w:t>
+                <w:t xml:space="preserve">Observed Atlantification of the Barents Sea Causes the Polar Front to Limit the Expansion of Winter Sea Ice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin I. Barton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yueng-Djern Lenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48, pp.1849-1866. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JPO-D-18-0003.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2016GL072244⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03682750v1</w:t>
+                <w:t xml:space="preserve">insu-03683069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composition of freshwater in the spring of 2014 on the southern Labrador shelf and slope</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Reverdin</w:t>
+                <w:t xml:space="preserve">Satellite-observed drop of Arctic sea ice growth in winter 2015-2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Ricker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Hendricks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Girard-Ardhuin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Kaleschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Naomi Penny Holliday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 122 (2), pp.1102-1121. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44, pp.3236-3245. </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2016JC012244⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2016GL072244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01483138v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03682750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing the chaotic nature of ocean ventilation</w:t>
+                <w:t xml:space="preserve">Composition of freshwater in the spring of 2014 on the southern Labrador shelf and slope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graeme A. Macgilchrist</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Helen L. Johnson</w:t>
+                <w:t xml:space="preserve">Marion Benetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Reverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Yashayaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naomi Penny Holliday</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 122, pp.7577-7594. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2017JC012875⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 122 (2), pp.1102-1121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2016JC012244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03682737v1</w:t>
+                <w:t xml:space="preserve">hal-01483138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of sub-surface anticyclones at Arctic surface fronts due to a surface stress</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Helen Johnson</w:t>
+                <w:t xml:space="preserve">Characterizing the chaotic nature of ocean ventilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graeme A. Macgilchrist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David P. Marshall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen L. Johnson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Johan Nilsson</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Thomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/JPO-D-17-0022.1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 122, pp.7577-7594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017JC012875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04201928v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03682737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of deep convection in the Arctic Ocean under a warming climate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generation of sub-surface anticyclones at Arctic surface fronts due to a surface stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liam Brannigan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Plancherel</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Nycander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Nilsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00382-017-3849-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 47 (11), pp.2653-2671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JPO-D-17-0022.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03682739v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04201928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The North Atlantic eddy heat transport and its relation with the vertical tilting of the Gulf Stream axis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emergence of deep convection in the Arctic Ocean under a warming climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Molines</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen L. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Plancherel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 126, p. 1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-017-3849-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/JPO-D-16-0172.1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01504503v1</w:t>
+                <w:t xml:space="preserve">insu-03682739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: Emergence of deep convection in the Arctic Ocean under a warming climate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The North Atlantic eddy heat transport and its relation with the vertical tilting of the Gulf Stream axis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Plancherel</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Molines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate Dynamics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, In Honor of Bach-Lien Hua: Ocean Scale Interactions, 47 (6), pp.1281-1289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JPO-D-16-0172.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00382-017-3999-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03682730v1</w:t>
+                <w:t xml:space="preserve">hal-01504503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An assessment of the Arctic Ocean in a suite of interannual CORE-II simulations. Part III: Hydrography and fluxes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Correction to: Emergence of deep convection in the Arctic Ocean under a warming climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen L. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Plancherel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2016.02.004⟩</w:t>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00382-017-3999-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200795v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03682730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An assessment of the Arctic Ocean in a suite of interannual CORE-II simulations. Part II: Liquid freshwater</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId250" w:history="1">
+                <w:t xml:space="preserve">An assessment of the Arctic Ocean in a suite of interannual CORE-II simulations. Part III: Hydrography and fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehmet Ilicak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helge Drange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudiger Gerdes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevgeny Aksenov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ocean Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 99, pp.86-109. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2015.12.009⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 100, pp.141-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2016.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200782v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the Arctic Freshwater System and its integration in the global system: Lessons learned and future challenges</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yonas B. Dibike</w:t>
+                <w:t xml:space="preserve">An assessment of the Arctic Ocean in a suite of interannual CORE-II simulations. Part II: Liquid freshwater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehmet Ilicak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David M. Lawrence</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ruediger Gerdes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helge Drange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevgeny Aksenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015JG003120⟩</w:t>
+              <w:t xml:space="preserve">Ocean Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99, pp.86-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2015.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200781v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freshwater and its role in the Arctic Marine System: sources, disposition, storage, export, and physical and biogeochemical consequences in the Arctic and global oceans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the Arctic Freshwater System and its integration in the global system: Lessons learned and future challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marika M. Holland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. C. Carmack</w:t>
+                <w:t xml:space="preserve">Yonas B. Dibike</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Yamamoto-Kawai</w:t>
+                <w:t xml:space="preserve">David M. Lawrence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. W. N. Haine</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">James A. Screen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 121 (3), pp.675-717. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015JG003140⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 121 (3), pp.540-566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015JG003120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200780v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An assessment of the Arctic Ocean in a suite of interannual CORE-II simulations. Part I: Sea ice and solid freshwater</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yevgeny Aksenov</w:t>
+                <w:t xml:space="preserve">Freshwater and its role in the Arctic Marine System: sources, disposition, storage, export, and physical and biogeochemical consequences in the Arctic and global oceans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. C. Carmack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Yamamoto-Kawai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. W. N. Haine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. A. Bluhm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2015.12.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 121 (3), pp.675-717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015JG003140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200746v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there any imprint of the wind variability on the Atlantic Water circulation within the Arctic Basin?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An assessment of the Arctic Ocean in a suite of interannual CORE-II simulations. Part I: Sea ice and solid freshwater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehmet Ilicak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruediger Gerdes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helge Drange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevgeny Aksenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015GL066141⟩</w:t>
+              <w:t xml:space="preserve">Ocean Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99, pp.110-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ocemod.2015.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200776v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meridional transport of salt in the global ocean from an eddy-resolving model</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Is there any imprint of the wind variability on the Atlantic Water circulation within the Arctic Basin?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen L. Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 42 (22), pp.9880-9888. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2015GL066141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/os-10-243-2014⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01128112v1</w:t>
+                <w:t xml:space="preserve">hal-04200776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meridional transport of salt in the global ocean from an eddy-resolving model</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the Interplay between the Circulation in the Surface and the Intermediate Layers of the Arctic Ocean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Davis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ocean Science Discussions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (5), pp.1393-1409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/JPO-D-14-0183.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/OSD-10-2293-2013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00941563v1</w:t>
+                <w:t xml:space="preserve">hal-05564842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctic Ocean freshwater: How robust are model simulations?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arctic sea ice heated from below</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2012JC007907⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (3), pp.172-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ngeo2357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00753336v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy contributions to the meridional transport of salt in the North Atlantic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Deshayes</w:t>
+                <w:t xml:space="preserve">On the waters upstream of Nares Strait, Arctic Ocean, from 1991 to 2012</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Jackson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Alkire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Dussin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michael Steele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Craig Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2012JC007927⟩</w:t>
+              <w:t xml:space="preserve">Continental Shelf Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 73, pp.83-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.csr.2013.11.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00716455v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the Arctic Ocean Salinity, 2007-08: Contrast between the Canadian and the Eurasian Basins.</w:t>
+                <w:t xml:space="preserve">Ocean change around Greenland under a warming climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bernard Barnier</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Johnson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Plancherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Ferry</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robert Flanders</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 24 (6), pp.1705-1717. </w:t>
+              <w:t xml:space="preserve">Climate Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 45 (5-6), pp.1235-1252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/2010JCLI3762.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00382-014-2373-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00650172v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the origins of water masses exported along both sides of Greenland: A Lagrangian model analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Meridional transport of salt in the global ocean from an eddy-resolving model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Blanke</w:t>
+                <w:t xml:space="preserve">Julien Le Sommer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Grima</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gurvan Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 115, pp.C05019. </w:t>
+              <w:t xml:space="preserve">Ocean Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (2), pp.243-255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2009JC005316⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/os-10-243-2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00495257v1</w:t>
+                <w:t xml:space="preserve">hal-01128112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Meridional transport of salt in the global ocean from an eddy-resolving model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Le Sommer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ocean Science Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 10, pp.2293-2326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/OSD-10-2293-2013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00941563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arctic Ocean freshwater: How robust are model simulations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Jahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yevgeny Aksenov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beverly A. de Cuevas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura de Steur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Häkkinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 117, pp.C00D16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2012JC007907⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00753336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy contributions to the meridional transport of salt in the North Atlantic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Dussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Molines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 117, pp.C05010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2012JC007927⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00716455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of the Arctic Ocean Salinity, 2007-08: Contrast between the Canadian and the Eurasian Basins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 24 (6), pp.1705-1717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/2010JCLI3762.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00650172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the origins of water masses exported along both sides of Greenland: A Lagrangian model analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Blanke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 115, pp.C05019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2009JC005316⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00495257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A model-based study of ice and freshwater transport variability along both sides of Greenland.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Scheinert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penduff Thierry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climate Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 33 (5), pp.685-705. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00382-008-0510-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00452650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8629,51 +9208,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMOC evolution across the Cenozoic through a shift of the isopycnal upwelling from the Equator to the Southern Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8725,51 +9304,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Ladant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8779,254 +9358,254 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arctic regional changes revealed by clustering of sea-ice observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tandeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sévellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2025 - General Assembly of the European Geosciences Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu25-4117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05054155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does atmospheric forcing drive the variability of the Arctic/North Atlantic exchanges?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Tréguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Herbaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Penduff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Vienna, Austria. pp.2722</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04113746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9036,151 +9615,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective en sciences de la planète et de l’univers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Boisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Ceccarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSU, CNRS. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04782576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9190,91 +9769,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Arctic dynamics under a changing climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environmental Sciences. Université de Bretagne Occidentale UBO, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05279553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9284,114 +9863,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des échanges entre l'Océan Arctique et l'Atlantique Nord : Origine, Variabilité et Impact sur les mers Nordiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Lique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Océan, Atmosphère. Université de Bretagne occidentale - Brest, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00528245v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId318"/>
+      <w:footerReference w:type="default" r:id="rId338"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9538,51 +10117,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Pineau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lique" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ferreira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Huck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ladant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025gl119115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05407599v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Simon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tandeo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian S&#233;vellec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-19-6639-2025" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314405v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kolodziejczyk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Boutin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Vergely" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Reverdin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021962" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314425v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Supply" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Talandier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JC022438" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315885v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Mart&#237;nez-Moreno" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jamet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;marie Treguier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024MS004860" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985904v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Mart&#237;nez&#8208;moreno" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL113645" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206190v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Almeida" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Desbruy&#232;res" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC022209" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05101550v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Donnadieu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maffre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024PA005020" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063285v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement van Straaten" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kolodziejcyk" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021699" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130553v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Gloannec" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym M'Sadek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maisonnave" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL113318" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05101551v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tr&#233;guier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement de Boyer Mont&#233;gut" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Yeager" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chassignet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroteaciro Iovino" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC022271" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409895v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. K. Rieck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martinez Moreno" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Dufour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL117957" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937488v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Meuriot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Plancherel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021140" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603954v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hochet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Llovel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JC020852" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779360v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Allende" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Treguier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Massonnet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-7445-2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796674v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boutin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar &#214;rn &#211;lason" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rampal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Regan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-617-2023" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334640v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104766" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384163v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pellichero" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Balem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC019616" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204076v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Cassianides" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Meneghello" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly de Marez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC019469" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284486v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bozec" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric P Chassignet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baylor Fox-Kemper" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-16-3849-2023" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683298v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Hutter" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bouchat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dupont" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Dukhovskoy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Koldunov" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC017666" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993971v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC018388" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683297v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chanut" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC017667" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683292v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-022-06304-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203903v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin I. Barton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueng&#8208;djern Lenn" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC018280" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910680v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;nesguen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Caspar&#8208;cohen" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC018877" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203741v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Rosenblum" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Stroeve" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah T Gille" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bruno Tremblay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-21-0116.1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03868831v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice E. Richards" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen L. Johnson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC018358" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203272v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Marshall" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#229;l Erik Isachsen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Doddridge" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-20-0054.1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683267v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Macgilchrist" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Louise Johnson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lique" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P. Marshall" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL092340" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381862v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathiot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Graham" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Copsey" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-20-0063.1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03405223v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Williams" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar Olason" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-431-2021" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683271v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Korosov" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL092066" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02556992v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ardhuin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=clement rousset" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-14-709-2020" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938646v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurui Zhang" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-16-1263-2020" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202478v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-19-0234.1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202637v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P. Marshall" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Thomas" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-20-0191.1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683233v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueng-Djern Lenn" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015449" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202494v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam B. Cornish" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yavor Kostov" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-19-0685.1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202278v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward W. Doddridge" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Scott" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014897" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683188v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morven Muilwijk" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Ilicak" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Danilov" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renske Gelderloos" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015101" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406005v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Brandt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gaultier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Donlon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Battaglia" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00209" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683210v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather C. Regan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W. K. Armitage" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014379" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683062v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lemieux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Lei" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Losch" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014080" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683064v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew D. Thomas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-018-0316-5" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683082v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Beer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017GL076870" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683067v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ricker" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Girard-Ardhuin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Krumpen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-12-3017-2018" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106837v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik van Sebille" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Griffies" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Abernathey" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Adams" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Berloff" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2017.11.008" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683069v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-18-0003.1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03682750v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hendricks" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Kaleschke" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL072244" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483138v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Benetti" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Yashayaev" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Penny Holliday" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012244" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03682737v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme A. Macgilchrist" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JC012875" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201928v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Brannigan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Johnson" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Nycander" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Nilsson" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-17-0022.1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03682739v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-017-3849-9" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504503v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deshayes" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Molines" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-16-0172.1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03682730v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-017-3999-9" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200795v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge Drange" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wang" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudiger Gerdes" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevgeny Aksenov" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2016.02.004" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200782v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruediger Gerdes" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2015.12.009" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200781v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika M. Holland" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonas B. Dibike" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Lawrence" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Screen" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JG003120" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200780v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. C. Carmack" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yamamoto-Kawai" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. W. N. Haine" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bacon" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. A. Bluhm" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JG003140" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200746v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2015.12.008" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200776v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL066141" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128112v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Sommer" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Madec" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-10-243-2014" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941563v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/OSD-10-2293-2013" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753336v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jahn" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beverly A. de Cuevas" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de Steur" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#228;kkinen" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JC007907" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716455v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dussin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JC007927" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650172v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barnier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferry" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/2010JCLI3762.1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495257v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blanke" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grima" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JC005316" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452650v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Scheinert" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penduff Thierry" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-008-0510-7" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400412v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05054155v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Simon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-4117" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113746v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herbaut" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penduff" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04782576v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Moulin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arnaud" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Boisse" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ceccarelli" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Combes" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/tel-05279553v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00528245v2" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Pineau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lique" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ferreira" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Huck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ladant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025gl119115" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05529471v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Planat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Olivia Dufour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Klaus Rieck" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Talandier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-22-653-2026" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05101550v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Donnadieu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maffre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024PA005020" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063285v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement van Straaten" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kolodziejcyk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021699" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05130553v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Gloannec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym M'Sadek" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Maisonnave" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL113318" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314405v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kolodziejczyk" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Boutin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Vergely" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Reverdin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021962" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985904v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Mart&#237;nez&#8208;moreno" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL113645" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05315885v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Mart&#237;nez-Moreno" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jamet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;marie Treguier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024MS004860" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314425v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Supply" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JC022438" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206190v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Almeida" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Desbruy&#232;res" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC022209" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05407599v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Simon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tandeo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian S&#233;vellec" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-19-6639-2025" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05101551v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tr&#233;guier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement de Boyer Mont&#233;gut" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Yeager" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chassignet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroteaciro Iovino" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC022271" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05409895v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. K. Rieck" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martinez Moreno" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Dufour" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL117957" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937488v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Meuriot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Plancherel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JC021140" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603954v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hochet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Llovel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JC020852" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779360v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Allende" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Treguier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Massonnet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-17-7445-2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334640v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104766" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796674v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boutin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar &#214;rn &#211;lason" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rampal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Regan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-17-617-2023" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384163v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pellichero" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Balem" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC019616" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204076v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Cassianides" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Meneghello" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly de Marez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC019469" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284486v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bozec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric P Chassignet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baylor Fox-Kemper" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-16-3849-2023" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683292v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-022-06304-2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03993971v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC018388" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683297v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bouchat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Hutter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Chanut" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dupont" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Dukhovskoy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC017667" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683298v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Koldunov" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC017666" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203903v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin I. Barton" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueng&#8208;djern Lenn" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC018280" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910680v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M&#233;nesguen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Caspar&#8208;cohen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC018877" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203741v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Rosenblum" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Stroeve" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah T Gille" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bruno Tremblay" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-21-0116.1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03868831v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice E. Richards" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen L. Johnson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC018358" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381862v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mathiot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Graham" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Copsey" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-20-0063.1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03405223v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Williams" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einar Olason" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-15-431-2021" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683267v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Macgilchrist" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Louise Johnson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lique" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P. Marshall" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL092340" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203272v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Marshall" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#229;l Erik Isachsen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Doddridge" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-20-0054.1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683271v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Korosov" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL092066" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938646v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurui Zhang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-16-1263-2020" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202478v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-19-0234.1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02556992v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ardhuin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=clement rousset" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-14-709-2020" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202637v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P. Marshall" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Thomas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-20-0191.1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683233v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueng-Djern Lenn" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015449" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202494v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam B. Cornish" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yavor Kostov" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JCLI-D-19-0685.1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683210v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather C. Regan" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W. K. Armitage" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014379" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406005v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Brandt" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gaultier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Donlon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Battaglia" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00209" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202278v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward W. Doddridge" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Scott" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014897" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683188v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morven Muilwijk" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmet Ilicak" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Danilov" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renske Gelderloos" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015101" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683067v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ricker" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Girard-Ardhuin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Krumpen" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/tc-12-3017-2018" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683064v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew D. Thomas" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-018-0316-5" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683082v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Beer" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017GL076870" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683062v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lemieux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Lei" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Losch" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014080" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106837v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik van Sebille" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Griffies" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Abernathey" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Adams" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Berloff" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2017.11.008" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03683069v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-18-0003.1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03682750v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hendricks" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Kaleschke" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL072244" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483138v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Benetti" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Yashayaev" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Penny Holliday" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012244" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03682737v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme A. Macgilchrist" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JC012875" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201928v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Brannigan" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Johnson" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Nycander" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Nilsson" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-17-0022.1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03682739v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-017-3849-9" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504503v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deshayes" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Molines" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-16-0172.1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03682730v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-017-3999-9" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200795v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge Drange" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wang" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudiger Gerdes" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevgeny Aksenov" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2016.02.004" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200782v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruediger Gerdes" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2015.12.009" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200781v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika M. Holland" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yonas B. Dibike" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Lawrence" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Screen" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JG003120" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200780v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. C. Carmack" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yamamoto-Kawai" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. W. N. Haine" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bacon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. A. Bluhm" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JG003140" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200746v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocemod.2015.12.008" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200776v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015GL066141" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564842v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Davis" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/JPO-D-14-0183.1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564833v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2357" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564836v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Jackson" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Alkire" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Steele" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Lee" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2013.11.025" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K61PCJH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564838v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Flanders" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-014-2373-4" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128112v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Le Sommer" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Madec" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/os-10-243-2014" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941563v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/OSD-10-2293-2013" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00753336v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Jahn" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beverly A. de Cuevas" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de Steur" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#228;kkinen" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JC007907" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716455v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dussin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2012JC007927" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650172v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barnier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferry" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/2010JCLI3762.1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00495257v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blanke" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Grima" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JC005316" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452650v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Scheinert" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penduff Thierry" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00382-008-0510-7" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400412v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05054155v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Simon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-4117" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113746v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herbaut" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Penduff" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04782576v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Moulin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arnaud" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Boisse" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Ceccarelli" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Combes" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/tel-05279553v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00528245v2" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>