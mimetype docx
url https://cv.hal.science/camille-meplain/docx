--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,1716 +66,1716 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transitions des socio-écosystèmes au sein de la démarche de l'OHM Pays de Bitche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transitions et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Axe 4 CELEST, Université de Lorraine, Nov 2025, Metz-Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rural Technical Heritage Contributes to the Liveability of the Countryside</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rural Technical Heritage Contributes to the Liveability of the Countryside</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bruxelles (BE), Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05143679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mise en spectacle et stratégies d’acceptabilité des activités minières, l’exemple de Kiruna (Suède)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léopold Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Bailoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les reliefs artificiels et artialisés : un patrimoine anthropo-géomorphologique ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGF - CNFG, Dec 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05415192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Territories and Solvay legacies around the world: what kind of heritage for Solvay's company towns?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léopold Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Edelblutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TICCIH congres - TICCIH 2025 Kiruna - Heritage in action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TICCIH, Aug 2025, Kiruna, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05226576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habiter un territoire en transition : l’habitabilité dans le Massif vosgien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méplain Camille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierric Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transitions territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR Territoires, Nov 2025, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05386020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Pays de Bitche: quand les savoir-faire favorisent les reterritorialisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire annuel de restitution de l'OHM Pays de Bitche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Denis Mathis; Enola Glotz, May 2025, Nancy - Petit Réderching, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05070830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What trajectories for the hydrosystems of the Pays de Bitche?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium of LabEx DRIIHM Inter-Disciplinary Research Facility on Human-Environment Interactions - ANR-11-LABX-0010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Brest, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habitabilité, déterritorialisation et reterritorialisation : une dialectique nécessaire pour penser et panser les territoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop OHM Pays de Bitche, EPHemeris, ZAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIEC, Oct 2025, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hydrosystèmes du Pays de Bitche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop OHM Pays de Bitche, EPHemeris, ZAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIEC; OHM Pays de Bitche, Oct 2025, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meisenthal: a &amp;quot;success story&amp;quot; heritage valorization in the heart of the glassmaking of Moselle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léopold Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierric Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TICCIH congres - TICCIH 2025 Kiruna - Heritage in action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, TICCIH, Aug 2025, Kiruna, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05226521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géohistoire des savoir-faire au Pays de Bitche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'étude des Territoires des savoir-faire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aurélie Michel; Nadège Mariotti; Denis Mathis; Simon Edelblutte, Oct 2024, Meisenthal (57), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04747845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soucht : artisanal know-how interconnected with the other know-how of the Pays de Bitche</w:t>
+                <w:t xml:space="preserve">What could be the future of abandoned forges in the Bitche Country?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Méplain</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierric Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM Inter-Disciplinary Research Facility on Human-Environment Interactions - ANR-11-LABX-0010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245369v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The story goes one:How do the promotion and heritage preservation of traditional industrial know-how contribute to the resilience and territorial development of a post-industrial village like Meisenthal ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soucht : artisanal know-how interconnected with the other know-how of the Pays de Bitche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Méplain</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Enola Glotz</w:t>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM Inter-Disciplinary Research Facility on Human-Environment Interactions - ANR-11-LABX-0010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245437v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tasting the landscape: from abandoned lands to the dinner table</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">The story goes one:How do the promotion and heritage preservation of traditional industrial know-how contribute to the resilience and territorial development of a post-industrial village like Meisenthal ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Méplain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Mathis</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léopold Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enola Glotz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM Inter-Disciplinary Research Facility on Human-Environment Interactions - ANR-11-LABX-0010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05248133v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What could be the future of abandoned forges in the Bitche Country?</w:t>
+                <w:t xml:space="preserve">Tasting the landscape: from abandoned lands to the dinner table</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Mathis</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM Inter-Disciplinary Research Facility on Human-Environment Interactions - ANR-11-LABX-0010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245394v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconfigurations of the territorial organization of the Pays de Bitche following the departure of the army</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierric Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France. , 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34972/driihm-95a882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622338v1</w:t>
-              </w:r>
-[...1152 lines deleted...]
-                <w:t xml:space="preserve">hal-04747845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1793,103 +1793,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le départ de l’armée et les recompositions touristiques du Pays de Bitche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierric Calenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enola Glotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Mathis</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Camille Méplain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villages Lorrains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 190, pp.5-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1914,64 +1914,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser l’habitabilité pour définir la moyenne montagne dans les Vosges Mosellanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Rhin Supérieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 7, pp.99-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2005,64 +2005,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soucht, d’un savoir-faire à l’autre. Une géohistoire de la transmission artisanale dans un village lorrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Méplain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mathis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villages Lorrains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 190, pp. 10-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2087,51 +2087,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Pays de Bitche : recompositions paysagères et innovations agricoles au service de la reterritorialisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Méplain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villages Lorrains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 190, pp. 13-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2156,103 +2156,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Pays de Bitche et l’Observatoire Hommes-Milieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jalabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Mathis</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Camille Méplain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierric Calenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villages Lorrains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 190, pp.5-6</w:t>
@@ -2450,51 +2450,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245369v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille M&#233;plain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mathis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245437v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Barbier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enola Glotz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05248133v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mathis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245394v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Calenge" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jalabert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622338v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-95a882" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05143679v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226576v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Edelblutte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05415192v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Bailoni" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386020v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;plain Camille" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05070830v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05353189v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05319458v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245465v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05319534v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226521v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747845v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096238v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05416657v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/rrs.575" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096239v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096240v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096237v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05353189v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mathis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille M&#233;plain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05143679v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05415192v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Barbier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Bailoni" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mathis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226576v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Edelblutte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386020v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;plain Camille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Calenge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05070830v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245465v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jalabert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05319458v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05319534v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05226521v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747845v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245394v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245369v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05245437v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enola Glotz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05248133v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622338v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-95a882" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096238v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05416657v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57086/rrs.575" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096239v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096240v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05096237v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>