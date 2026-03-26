--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1397,295 +1397,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description of Chemosensory Genes in Unexplored Tissues of the Moth Spodoptera littoralis</w:t>
+                <w:t xml:space="preserve">Comparative transcriptome analysis at the onset of speciation in a mimetic butterfly—The Ithomiini Melinaea marsaeus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fotini Koutroumpa</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine François</w:t>
+                <w:t xml:space="preserve">Florence Piron-Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dany Severac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Montagné</w:t>
+                <w:t xml:space="preserve">Emma Persyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Mcclure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fevo.2021.678277⟩</w:t>
+              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (11), pp.1704-1721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jeb.13940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03635149v1</w:t>
+                <w:t xml:space="preserve">hal-03381525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative transcriptome analysis at the onset of speciation in a mimetic butterfly—The Ithomiini Melinaea marsaeus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Description of Chemosensory Genes in Unexplored Tissues of the Moth Spodoptera littoralis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Persyn</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+                <w:t xml:space="preserve">Fotini Koutroumpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Monsempes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie Mcclure</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Meslin</w:t>
+                <w:t xml:space="preserve">Dany Severac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Montagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 34 (11), pp.1704-1721. </w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jeb.13940⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2021.678277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381525v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03635149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The transposable element-rich genome of the cereal pest Sitophilus oryzae</w:t>
               </w:r>
@@ -1799,295 +1799,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The chemosensory transcriptome of a diving beetle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antennal Transcriptome Analysis and Identification of Candidate Chemosensory Genes of the Harlequin Ladybird Beetle, Harmonia axyridis (Pallas) (Coleoptera: Coccinellidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Jager</w:t>
+                <w:t xml:space="preserve">Gabriele Rondoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Chertemps</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emma Persyn</w:t>
+                <w:t xml:space="preserve">Alessandro Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
+                <w:t xml:space="preserve">Nicolas Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Conti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fevo.2021.773915⟩</w:t>
+              <w:t xml:space="preserve">Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/insects12030209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510084v1</w:t>
+                <w:t xml:space="preserve">hal-03190190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antennal Transcriptome Analysis and Identification of Candidate Chemosensory Genes of the Harlequin Ladybird Beetle, Harmonia axyridis (Pallas) (Coleoptera: Coccinellidae)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriele Rondoni</w:t>
+                <w:t xml:space="preserve">The chemosensory transcriptome of a diving beetle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Montagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Roman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Meslin</w:t>
+                <w:t xml:space="preserve">Muriel Jager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Montagne</w:t>
+                <w:t xml:space="preserve">Thomas Chertemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Persyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Conti</w:t>
+                <w:t xml:space="preserve">Yan Jaszczyszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (3), </w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.773915. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/insects12030209⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2021.773915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190190v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03510084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sublethal Exposure Effects of the Neonicotinoid Clothianidin Strongly Modify the Brain Transcriptome and Proteome in the Male Moth Agrotis ipsilon</w:t>
               </w:r>
@@ -3679,295 +3679,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digestive organ in the female reproductive tract borrows genes from multiple organ systems to adopt critical functions.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic and phenotypic influences on copulatory plug survival in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Mangels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Keeble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Ardekani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msv048⟩</w:t>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115 (6), pp.496-502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/hdy.2015.50⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01601464v1</w:t>
+                <w:t xml:space="preserve">hal-01601463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and phenotypic influences on copulatory plug survival in mice</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B Young</w:t>
+                <w:t xml:space="preserve">Digestive organ in the female reproductive tract borrows genes from multiple organ systems to adopt critical functions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Keeble</w:t>
+                <w:t xml:space="preserve">Aaron B Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon S Small</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Ardekani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Meslin</w:t>
+                <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heredity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 115 (6), pp.496-502. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32 (6), pp.1567-1580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/hdy.2015.50⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msv048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01601463v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of species-specific major seminal fluid proteins in placental mammals by gene death and positive selection</w:t>
               </w:r>
@@ -4087,90 +4087,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic digestive physiology of a female reproductive organ in a polyandrous butterfly.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron B Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan L Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 218 (10), pp.1548-1555. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4977,273 +4977,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CHEMOSENSORY TRANSCRIPTOME EXPRESSION MAP OF OLFACTORY AND GUSTATORY RECEPTORS IN THE MOTHS SPODOPTERA LITTORALIS AND S. FRUGIPERDA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A tale of two copies: evolutionary trajectories of moth pheromone receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zibo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Capoduro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Jacquin-Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Montagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVII International Congress of Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Kyoto (Japan), Japan</w:t>
+              <w:t xml:space="preserve">19th International Symposium on Olfaction and Taste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Reyjkjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04704081v1</w:t>
+                <w:t xml:space="preserve">hal-04704106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tale of two copies: evolutionary trajectories of moth pheromone receptors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CHEMOSENSORY TRANSCRIPTOME EXPRESSION MAP OF OLFACTORY AND GUSTATORY RECEPTORS IN THE MOTHS SPODOPTERA LITTORALIS AND S. FRUGIPERDA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zibo Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Jacquin-Joly</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhinob Baruah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Montagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Symposium on Olfaction and Taste</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Reyjkjavik, Iceland</w:t>
+              <w:t xml:space="preserve">XXVII International Congress of Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Kyoto (Japan), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04704106v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression map of olfactory and gustatory receptors in the moth Spodoptera littoralis</w:t>
               </w:r>
@@ -6736,51 +6736,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara S Cherwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon S Small</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting Society for Molecular Biology and Evolution (SMBE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Austin, United States</w:t>
@@ -7053,277 +7053,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the PACS-2–SIRT1 interaction site and its relevance in vivo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Auclair</w:t>
+                <w:t xml:space="preserve">Molecular dynamics and phenotypic divergence in a post-copulatory interaction in the butterfly Pieris rapae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa S Plakke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shan Luan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Camille Meslin</w:t>
+                <w:t xml:space="preserve">Kelly A Dulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breanna J Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron B Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Annual Integrative Systems Biology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Pittsburgh, United States. pp.1</w:t>
+              <w:t xml:space="preserve">Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603566v1</w:t>
+                <w:t xml:space="preserve">hal-01603700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics and phenotypic divergence in a post-copulatory interaction in the butterfly Pieris rapae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Melissa S Plakke</w:t>
+                <w:t xml:space="preserve">Deciphering the PACS-2–SIRT1 interaction site and its relevance in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shan Luan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiqi Qian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurel Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aaron B Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Austin, United States</w:t>
+              <w:t xml:space="preserve">3. Annual Integrative Systems Biology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Pittsburgh, United States. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603700v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The interaction between the spermatophore and the bursa copulatrix as a model for coevolution and sexual conflict</w:t>
               </w:r>
@@ -7335,51 +7335,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan L. Clark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7411,402 +7411,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stomachs in your butterfly : exploring the identity and activity of proteases in the reproductive tract of female butterflies.</w:t>
+                <w:t xml:space="preserve">Investigating reproductive coevolution using butterflies as a model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kelly A Dulin</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Lombardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Pacella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathan L. Clark</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan L Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting of the The Society for Integrative and Comparative Biology (SICB) 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Portland, United States</w:t>
+              <w:t xml:space="preserve">Annual Seminar of Graduate Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603625v1</w:t>
+                <w:t xml:space="preserve">hal-01603544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating reproductive coevolution using butterflies as a model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural, biochemical, and evolutionary characterization of a butterfly ejaculate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara S Cherwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nathan L Clark</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brandon S Small</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breanna J Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan L. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Seminar of Graduate Students</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Pittsburgh, United States</w:t>
+              <w:t xml:space="preserve">Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603544v1</w:t>
+                <w:t xml:space="preserve">hal-01603540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural, biochemical, and evolutionary characterization of a butterfly ejaculate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stomachs in your butterfly : exploring the identity and activity of proteases in the reproductive tract of female butterflies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breanna J Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelly A Dulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan L. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Austin, United States</w:t>
+              <w:t xml:space="preserve">Annual Meeting of the The Society for Integrative and Comparative Biology (SICB) 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603540v1</w:t>
+                <w:t xml:space="preserve">hal-01603625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexual cooperation and conflict in butterfly spermatophore proteins</w:t>
               </w:r>
@@ -7930,90 +7930,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic digestive physiology of a female reproductive organ in a polyandrous butterfly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron B Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan L Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Guaruja, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8064,51 +8064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan L Clark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8172,51 +8172,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan L Clark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8248,519 +8248,519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NGS data as a tool to characterize the function and evolutionary history of the bursa copulatrix, a specialized organ in Lepidoptera</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution and co-evolution of derived reproductive traits in a polyandrous butterfly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa S Plakke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron B Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan L Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathan L. Clark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting Society for Molecular Biology and Evolution (SMBE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, San Juan, United States</w:t>
+              <w:t xml:space="preserve">Annual Seminar of Graduate Students</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603417v1</w:t>
+                <w:t xml:space="preserve">hal-01601527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing proteins involved in a post-copulatory interaction in the cabbage white butterfly</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Breanna J Goetz</w:t>
+                <w:t xml:space="preserve">NGS data as a tool to characterize the function and evolutionary history of the bursa copulatrix, a specialized organ in Lepidoptera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron B Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan I Morehouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan L. Clark</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Pittsburgh, United States</w:t>
+              <w:t xml:space="preserve">Annual Meeting Society for Molecular Biology and Evolution (SMBE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, San Juan, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01601529v1</w:t>
+                <w:t xml:space="preserve">hal-01603417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive interaction in the cabbage white butterfly: conflict or cooperation?</w:t>
+                <w:t xml:space="preserve">Characterizing proteins involved in a post-copulatory interaction in the cabbage white butterfly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breanna J Goetz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Huff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Moss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Undergraduate students symposium</w:t>
+              <w:t xml:space="preserve">Science 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01601518v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution and co-evolution of derived reproductive traits in a polyandrous butterfly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reproductive interaction in the cabbage white butterfly: conflict or cooperation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Breanna J Goetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aaron B Deutsch</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Huff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Moss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Seminar of Graduate Students</w:t>
+              <w:t xml:space="preserve">Undergraduate students symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01601527v1</w:t>
+                <w:t xml:space="preserve">hal-01601518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular and evolutionary characterization of a unique reproductive organ in Lepidoptera, the bursa copulatrix</w:t>
               </w:r>
@@ -8785,64 +8785,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brandon S Small</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron B Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Evolution Lab Discussion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Pittsburgh, United States</w:t>
@@ -8897,64 +8897,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron B Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan L. Clark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9005,90 +9005,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extreme digestive physiology in a female reproductive organ mediating sexual conflict in a polyandrous butterfly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa S Plakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aaron B Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan L. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan I Morehouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society for Behavioral Ecology ISBE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9378,103 +9378,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antennal transcriptome analysis and identification of candidate chemosensory genes of the harlequin ladybird beetle, Harmonia axyridis (Pallas) (Coleoptera: Coccinellidae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Rondoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Roman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Montagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Conti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -10244,51 +10244,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993064v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Comte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Delarue" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Monsempes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meslin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects16030304" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05299488v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Gabriel Olvera-Vazquez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xilong Chen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mesnil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabricio Almeida-Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaf238" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05027917v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Durand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Clamens" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Ru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Dewer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hilliou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70917" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mariette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carcaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Louis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Lacassagne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilana Servais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.111243" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704071v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zibo Li" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Capoduro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jacquin-Joly" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Montagn&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17912/micropub.biology.001075" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704052v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludvine Brajon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binu Antony" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cris.2024.100090" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04588024v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rode" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2024.03.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092957v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bastin-H&#233;line" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sai Zhang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongdong Sun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2221166120" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03926527v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Meier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie McClure" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Whibley" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13749" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713321v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mainet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Robin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkac131" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03635149v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fotini Koutroumpa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Severac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.678277" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381525v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piron-Prunier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Persyn" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mcclure" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13940" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627264v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-021-01158-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03510084v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jager" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chertemps" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.773915" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03190190v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Rondoni" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Roman" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Montagne" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Conti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12030209" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03138710v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bozzolan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Braman" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Chardonnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pionneau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12020152" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649295v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dennis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ballesteros" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Schrader" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Bast" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-6764-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190973v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rispe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nabity" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arinder Arora" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00864-7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917617v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00820-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628768v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Hill" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasi Rastas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily A. Hornett" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramprasad Neethiraj" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Clark" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aau3648" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02281912v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Conchou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Proffit" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00972" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515376v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanghao Wan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanlin Yin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Tang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maohua Chen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-12175-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622730v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624875v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara S. Cherwin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa S. Plakke" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon S. Small" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1801459115" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622158v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumitha Nallu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason A. Hill" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Don" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sahagun" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-018-0629-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602580v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara S Cherwin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa S Plakke" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon S Small" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Breanna J Goetz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1707680114" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602418v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius J Clancy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Badrane" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoji Cheng" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana C Losada" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofw120" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601464v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron B Deutsch" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan I Morehouse" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msv048" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601463v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mangels" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Young" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Keeble" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ardekani" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2015.50" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228841v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Callebaut" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Druart" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601476v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan L Clark" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.118323" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606531v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen K Godin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiz Kabbinavar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique S Bratton-Palmer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hornack" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.114.173518" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129774v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Auclair" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Rossetti" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monestier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Di Pasquale" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0078199" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136282v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0044548" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652257v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brimau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nagnan-Le Meillour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Callebaut" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-11-148" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129520v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Busset" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr243" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05005966v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704081v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinob Baruah" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704106v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706421v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;Christine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706443v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514015v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Chavez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goubert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806825v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Monestier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746767v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804899v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704166v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275150v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Caballero Vidal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirong Wang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04546901v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bourgeois" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lougmani, C&#233;lia" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783673v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771831v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02546256v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Caballero-Vidal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bouysset" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fiorucci" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Golebiowski" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603233v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605303v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lombardo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pacella" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan L. Clark" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603702v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603566v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Luan" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiqi Qian" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurel Thomas" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603700v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly A Dulin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603698v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603625v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603544v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603540v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603543v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602139v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602138v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602137v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603417v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601529v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Huff" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Moss" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601518v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601527v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601526v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603420v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603418v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603714v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bela Camacho" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer L Walker" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607662v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leroy" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706494v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706490v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706472v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788571v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice B. Dennis" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel I. Ballesteros" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706476v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02805686v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04993064v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Comte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Delarue" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Monsempes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meslin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects16030304" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05299488v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Gabriel Olvera-Vazquez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xilong Chen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mesnil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabricio Almeida-Silva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaf238" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05027917v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Durand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Clamens" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Ru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Dewer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hilliou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70917" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mariette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carcaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Louis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Lacassagne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilana Servais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.111243" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704071v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zibo Li" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Capoduro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jacquin-Joly" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Montagn&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17912/micropub.biology.001075" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704052v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludvine Brajon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binu Antony" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cris.2024.100090" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04588024v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rode" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2024.03.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092957v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bastin-H&#233;line" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sai Zhang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongdong Sun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2221166120" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03926527v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Meier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie McClure" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Whibley" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13749" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713321v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mainet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Robin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkac131" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381525v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piron-Prunier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Persyn" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mcclure" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13940" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03635149v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fotini Koutroumpa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Severac" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.678277" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627264v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-021-01158-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03190190v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Rondoni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Roman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Montagne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Conti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12030209" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03510084v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Jager" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chertemps" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Jaszczyszyn" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.773915" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03138710v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bozzolan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Braman" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Chardonnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pionneau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects12020152" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649295v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dennis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ballesteros" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Schrader" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Bast" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-6764-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190973v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rispe" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nabity" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arinder Arora" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00864-7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917617v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00820-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628768v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Hill" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasi Rastas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily A. Hornett" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramprasad Neethiraj" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Clark" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aau3648" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02281912v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Conchou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lucas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Proffit" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00972" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515376v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanghao Wan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanlin Yin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Tang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maohua Chen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-12175-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622730v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624875v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara S. Cherwin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa S. Plakke" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon S. Small" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1801459115" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622158v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumitha Nallu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason A. Hill" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristine Don" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sahagun" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-018-0629-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602580v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara S Cherwin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa S Plakke" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon S Small" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Breanna J Goetz" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1707680114" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602418v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius J Clancy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Badrane" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoji Cheng" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana C Losada" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofw120" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601463v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mangels" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Young" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Keeble" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ardekani" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2015.50" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601464v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron B Deutsch" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan I Morehouse" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msv048" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228841v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Callebaut" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Druart" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Monget" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601476v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan L Clark" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.118323" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606531v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen K Godin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiz Kabbinavar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique S Bratton-Palmer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hornack" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.114.173518" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129774v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Auclair" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Rossetti" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Monestier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Di Pasquale" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0078199" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136282v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0044548" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652257v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Brimau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Nagnan-Le Meillour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Callebaut" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-11-148" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129520v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Busset" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cabau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr243" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05005966v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704106v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704081v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhinob Baruah" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706421v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;Christine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706443v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514015v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Chavez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goubert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806825v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Monestier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746767v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fabre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804899v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyl&#232;ne Goudet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04704166v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275150v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Caballero Vidal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guirong Wang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04546901v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bourgeois" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lougmani, C&#233;lia" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783673v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771831v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02546256v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Caballero-Vidal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bouysset" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fiorucci" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Golebiowski" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603233v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605303v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lombardo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pacella" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan L. Clark" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603702v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603700v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly A Dulin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603566v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Luan" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiqi Qian" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurel Thomas" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603698v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603544v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603540v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603625v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603543v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602139v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602138v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602137v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601527v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603417v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601529v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Huff" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Moss" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601518v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601526v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603420v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603418v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603714v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bela Camacho" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer L Walker" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607662v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Leroy" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706494v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706490v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706472v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788571v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice B. Dennis" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel I. Ballesteros" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706476v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02805686v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>