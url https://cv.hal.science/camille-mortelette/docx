--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -735,425 +735,425 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire le care malgré le cure ? Le devenir des sanatoriums entre isolement et proximité</w:t>
+                <w:t xml:space="preserve">Enquêter les expériences sensibles ordinaires : outils, postures et résistances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriem Kadri</w:t>
+                <w:t xml:space="preserve">Théa Manola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Cyrino</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corinne Luxembourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GéoProximitéS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nouvelles perspectives en sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1116928ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04651225v1</w:t>
+                <w:t xml:space="preserve">hal-05311596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protéger un paysage culturel évolutif vivant. Enjeux et contraintes dans le bassin minier du Nord-Pas-de-Calais, patrimoine mondial de l’Unesco</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Faire le care malgré le cure ? Le devenir des sanatoriums entre isolement et proximité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriem Kadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Cyrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Sergent-Mirebault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Luxembourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GéoProximitéS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Le Care : une notion de proximité ?, Le care : une notion de proximité ? (2)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04943136v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bassin minier, paysage culturel évolutif vivant. Le paradoxe temporel derrière l’apparente uniformité spatiale ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Protéger un paysage culturel évolutif vivant. Enjeux et contraintes dans le bassin minier du Nord-Pas-de-Calais, patrimoine mondial de l’Unesco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Temporalités : revue de sciences sociales et humaines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 101 (2-3), pp.362-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13ae6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12hx5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04740952v1</w:t>
+                <w:t xml:space="preserve">hal-04943136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquêter les expériences sensibles ordinaires : outils, postures et résistances</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Le bassin minier, paysage culturel évolutif vivant. Le paradoxe temporel derrière l’apparente uniformité spatiale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelles perspectives en sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (1), </w:t>
+              <w:t xml:space="preserve">Temporalités : revue de sciences sociales et humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1116928ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/12hx5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05311596v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’urbanisme tactique : outil d’émancipation ou de neutralisation des pratiques habitantes dans les espaces urbains ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1199,225 +1199,225 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04370947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La patrimonialisation de l’héritage industriel comme stratégie de valorisation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Les projets de reconversion par la culture des anciens sites miniers du Nord-Pas-de-Calais. Les politiques culturelles du Bassin minier en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnologies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Historiens et géographes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 451</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04137481v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les projets de reconversion par la culture des anciens sites miniers du Nord-Pas-de-Calais. Les politiques culturelles du Bassin minier en question</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">La patrimonialisation de l’héritage industriel comme stratégie de valorisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Edouard Houllier-Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historiens et géographes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ethnologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (1-2), pp.217-234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1074944ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04279027v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changer l’image du bassin minier. Stratégies de marketing territorial et instrumentalisation des imaginaires socio-spatiaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du marketing territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1442,51 +1442,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Cité du Design, un équipement culturel pour relancer le territoire stéphanois ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, From urban renewal to metropolitan strategies ? Cultural flagship projects in restructuring industrial areas, 2014/1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1552,77 +1552,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sanatoriums, de l’ostracisation socio-spatiale à l’invisibilisation patrimoniale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Sergent-Mirebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Cyrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collectif Hors-Champ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1654,402 +1654,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sanatoriums en France : patrimoine minoritaire ?</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maintenir la valeur universelle exceptionnelle d’un paysage culturel évolutif vivant. Enjeux dans le bassin minier du Nord et du Pas-de-Calais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Cyrino</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camille Mortelette</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e journées franco-espagnoles de géographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNFG; AGE, Oct 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée de l'AGF. Paysages industriels en transition : adaptations, héritages, banalisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edith Fagnoni; Simon Edelblutte, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04253485v1</w:t>
+                <w:t xml:space="preserve">hal-04279078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resémantisation du bassin minier du Nord-Pas-de-Calais par les industries culturelles et créatives. Approches sensible et narrative d’une reconversion</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sanatoriums en France : patrimoine minoritaire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Alessandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Benedetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fériel Boushaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Coutrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Cyrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Au-delà des villes créatives : Dynamiques culturelles, scènes et fabrique urbaine / Beyond Creative Cities II</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ANR SCAENA, Jun 2023, Angers, France</w:t>
+              <w:t xml:space="preserve">4e journées franco-espagnoles de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNFG; AGE, Oct 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04278980v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquêter les expériences sensibles : retours sur les parcours commentés et baluchons sensoriels menés dans le cadre de la recherche PROSECO</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Resémantisation du bassin minier du Nord-Pas-de-Calais par les industries culturelles et créatives. Approches sensible et narrative d’une reconversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Méthodes d’enquêtes qualitatives en sciences humaines et sociales : approche réflexive - Libérer la parole habitante</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Equipe DATE de l'UMR CITERES (CNRS, Université de Tours), Jun 2023, Tours, France</w:t>
+              <w:t xml:space="preserve">Au-delà des villes créatives : Dynamiques culturelles, scènes et fabrique urbaine / Beyond Creative Cities II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANR SCAENA, Jun 2023, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04142008v1</w:t>
+                <w:t xml:space="preserve">hal-04278980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintenir la valeur universelle exceptionnelle d’un paysage culturel évolutif vivant. Enjeux dans le bassin minier du Nord et du Pas-de-Calais</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Enquêter les expériences sensibles : retours sur les parcours commentés et baluchons sensoriels menés dans le cadre de la recherche PROSECO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théa Manola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'AGF. Paysages industriels en transition : adaptations, héritages, banalisations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Edith Fagnoni; Simon Edelblutte, Oct 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Méthodes d’enquêtes qualitatives en sciences humaines et sociales : approche réflexive - Libérer la parole habitante</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Equipe DATE de l'UMR CITERES (CNRS, Université de Tours), Jun 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04279078v1</w:t>
+                <w:t xml:space="preserve">hal-04142008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inscrire le bassin minier à l’Unesco, une patrimonialisation univoque d’un héritage complexe ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UGI - Congrès du centenaire, Le temps des Géographes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2074,51 +2074,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un guide émotionnel pour le Bassin minier : entre valorisation des représentations ordinaires et instrumentalisation de l’affect habitant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La production de représentations ordinaires du territoire par des dispositifs de « storytelling participatif » </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Simon Renoir; Victoria Laurent, Oct 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2143,51 +2143,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimonialisation du bassin minier : vers un dilemme territorial ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UGI Congrès du centenaire - Le temps des géographes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2206,165 +2206,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04280716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du discours à l’action. Le Louvre Lens peut-il faire la synthèse entre démocratisation culturelle et redéveloppement territorial ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">De l’ovni à la greffe muséale. Questionner l’ancrage territorial du Louvre Lens et son ‘contre-exemple’ local : Culture Commune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politiques et pratiques culturelles dans les villes : Divergences ou convergences ? Pour une approche comparée Europe/Amériques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Diana Burgos-Vigna; Cynthia Ghorra-Gobin, Jun 2021, Nanterre, France</w:t>
+              <w:t xml:space="preserve">L’empreinte d’un lieu culturel sur un territoire : observer, représenter, évaluer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elizabeth Auclair; Anne Hertzog, Dec 2021, Cergy (CY Cergy Paris université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278916v1</w:t>
+                <w:t xml:space="preserve">hal-04278939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’ovni à la greffe muséale. Questionner l’ancrage territorial du Louvre Lens et son ‘contre-exemple’ local : Culture Commune</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Du discours à l’action. Le Louvre Lens peut-il faire la synthèse entre démocratisation culturelle et redéveloppement territorial ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’empreinte d’un lieu culturel sur un territoire : observer, représenter, évaluer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elizabeth Auclair; Anne Hertzog, Dec 2021, Cergy (CY Cergy Paris université), France</w:t>
+              <w:t xml:space="preserve">Politiques et pratiques culturelles dans les villes : Divergences ou convergences ? Pour une approche comparée Europe/Amériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Diana Burgos-Vigna; Cynthia Ghorra-Gobin, Jun 2021, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04278939v1</w:t>
+                <w:t xml:space="preserve">hal-04278916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2382,51 +2382,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre valorisation des représentations ordinaires et instrumentalisation de l'affect habitant: un récit déroutant ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elena Cogato Lanza; Simon Gaberell; Laurent Matthey. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matières narratives. Concevoir la ville par le récit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -2468,51 +2468,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Louvre Lens, les contradictions d'un musée pour tous. De l'espace conçu à l'espace perçu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Clerval; Camille Gardesse; Jean Rivière. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inégalités et rapports de pouvoir en ville. Actualité de la critique urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Oeil d'Or, 2023, Critiques &amp; cités, 978-2-490437-26-9</w:t>
@@ -2541,51 +2541,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La culture comme instrument de l’action publique dans les territoires postindustriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabrice Argounès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géographies du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 9782350307381</w:t>
@@ -2614,51 +2614,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ici et là dans la cité des Provinces&amp;quot;. Co-construction de la médiation patrimoniale et revalorisation d'une cité minière (Lens, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la participation à la co-construction des patrimoines urbains. L'invention du commun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2728,51 +2728,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INTRODUCTION LES JOURNEES DE L'AAR : L'EPREUVE DE THESE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2822,51 +2822,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconversion d'anciens sites miniers en lieux culturels Enjeux territoriaux et appropriation dans le Bassin minier du Nord-Pas-de-Calais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mortelette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université d'Artois, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2983,51 +2983,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="845D5A32"/>
+    <w:nsid w:val="5AA2405D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3214,51 +3214,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-mortelette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8248-2709" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/tel-02478106/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/1116928" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4000/13ae6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journals.openedition.org/temporalites/11956" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4000/12hx5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137481v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157892" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473222v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418852v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quamoter.hypotheses.org/category/gps" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals-openedition-org.ressources-electroniques.univ" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651225v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriem Kadri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Cyrino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sergent-Mirebault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mortelette" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Luxembourg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943136v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ae6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740952v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hx5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311596v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Manola" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1116928ar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370947v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gagnol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Burger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.11204" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Houllier-Guibert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074944ar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279027v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.12606" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713370v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Hors-Champ" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253485v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alessandrin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Benedetto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;riel Boushaki" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coutrot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278980v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142008v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279078v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280717v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279118v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280716v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278916v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278939v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04989798v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch/en/matieres-narratives-numerique" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278741v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279145v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473170v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864895v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02478106v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-mortelette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8248-2709" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/tel-02478106/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7202/1116928" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4000/13ae6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journals.openedition.org/temporalites/11956" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4000/12hx5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137481v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04157892" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473222v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418852v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quamoter.hypotheses.org/category/gps" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals-openedition-org.ressources-electroniques.univ" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311596v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Manola" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mortelette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1116928ar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651225v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriem Kadri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Cyrino" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Sergent-Mirebault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Luxembourg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943136v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ae6" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740952v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hx5" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370947v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gagnol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Burger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.11204" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279027v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Houllier-Guibert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074944ar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.12606" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713370v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Hors-Champ" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279078v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253485v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alessandrin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Benedetto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;riel Boushaki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coutrot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278980v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142008v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280717v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279118v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280716v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278939v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278916v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04989798v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch/en/matieres-narratives-numerique" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278741v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279145v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473170v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864895v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02478106v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>