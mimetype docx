--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,493 +66,493 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Conservation Planning for Biodiversity Under Climate Change Uncertainty</w:t>
+                <w:t xml:space="preserve">Multidisciplinary science funding is more than ever a planetary priority: reflections from the Make Our Planet Great Again (MOPGA) program</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Rutschmann</w:t>
+                <w:t xml:space="preserve">Christina Richards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Moskwik</w:t>
+                <w:t xml:space="preserve">Barbara Ervens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Lempert</w:t>
+                <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melissa Bukovsky</w:t>
+                <w:t xml:space="preserve">Pierre Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seth Mcginnis</w:t>
+                <w:t xml:space="preserve">Christhel Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 31 (6), </w:t>
+              <w:t xml:space="preserve">PLOS Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 5 (3), pp.e0000849. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcb.70293⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pclm.0000849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05412057v1</w:t>
+                <w:t xml:space="preserve">hal-05548559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human-nature connectedness and sustainability across lifetimes: a comparative cross-sectional study in France and Colombia</w:t>
+                <w:t xml:space="preserve">Robust Conservation Planning for Biodiversity Under Climate Change Uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gladys Barragan-Jason</w:t>
+                <w:t xml:space="preserve">Alexis Rutschmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Cauchoix</w:t>
+                <w:t xml:space="preserve">Matthew Moskwik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula A Diaz-Valencia</w:t>
+                <w:t xml:space="preserve">Robert Lempert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arielle Syssau-Vaccarella</w:t>
+                <w:t xml:space="preserve">Melissa Bukovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Hemet</w:t>
+                <w:t xml:space="preserve">Seth Mcginnis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">People and Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7 (1), pp.99-111. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pan3.10749⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04747867v1</w:t>
+                <w:t xml:space="preserve">hal-05412057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reciprocal transplants reveal asymmetric local adaptation of Himalayan Rhododendron approaching elevational range limit</w:t>
+                <w:t xml:space="preserve">Human-nature connectedness and sustainability across lifetimes: a comparative cross-sectional study in France and Colombia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kumar Mainali</w:t>
+                <w:t xml:space="preserve">Gladys Barragan-Jason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subodh Adhikari</w:t>
+                <w:t xml:space="preserve">Maxime Cauchoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sushila Shrestha</w:t>
+                <w:t xml:space="preserve">Paula A Diaz-Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Christopher Singer</w:t>
+                <w:t xml:space="preserve">Arielle Syssau-Vaccarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph White</w:t>
+                <w:t xml:space="preserve">Solène Hemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (7), pp.1-15. </w:t>
+              <w:t xml:space="preserve">People and Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (1), pp.99-111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ecs2.4563⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pan3.10749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292589v1</w:t>
+                <w:t xml:space="preserve">hal-04747867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychological and physical connections with nature improve both human well-being and nature conservation: A systematic review of meta-analyses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Barragan-Jason</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Loreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -560,1897 +560,2031 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire de Mazancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael C Singer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 277, pp.109842. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocon.2022.109842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05536698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Genome for Edith’s Checkerspot Butterfly: An Insect with Complex Host-Adaptive Suites and Rapid Evolutionary Responses to Environmental Changes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reciprocal transplants reveal asymmetric local adaptation of Himalayan Rhododendron approaching elevational range limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kumar Mainali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kalle Tunstrom</w:t>
+                <w:t xml:space="preserve">Subodh Adhikari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Wheat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Parmesan</w:t>
+                <w:t xml:space="preserve">Sushila Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Singer</w:t>
+                <w:t xml:space="preserve">Michael Christopher Singer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Mikheyev</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joseph White</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (8), pp.evac113. </w:t>
+              <w:t xml:space="preserve">Ecosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (7), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gbe/evac113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ecs2.4563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03768721v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mosaics of climatic stress across species' ranges: tradeoffs cause adaptive evolution to limits of climatic tolerance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Human–nature connectedness as a pathway to sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Barragan‐jason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire de Mazancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael Singer</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael C Singer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Loreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rstb.2021.0003⟩</w:t>
+              <w:t xml:space="preserve">Conservation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.e12852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/conl.12852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03768715v1</w:t>
+                <w:t xml:space="preserve">hal-03546699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human–nature connectedness as a pathway to sustainability</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">A Genome for Edith’s Checkerspot Butterfly: An Insect with Complex Host-Adaptive Suites and Rapid Evolutionary Responses to Environmental Changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kalle Tunstrom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Loreau</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Singer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Mikheyev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/conl.12852⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (8), pp.evac113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evac113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03546699v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03768721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human–nature connectedness as a pathway to sustainability: A global meta‐analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Mosaics of climatic stress across species' ranges: tradeoffs cause adaptive evolution to limits of climatic tolerance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Loreau</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Singer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/conl.12852⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 377 (1848), pp.20210003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2021.0003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04292620v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03768715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colonizations cause diversification of host preferences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Human–nature connectedness as a pathway to sustainability: A global meta‐analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Barragan‐jason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire de Mazancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Parmesan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Singer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Parmesan</w:t>
+                <w:t xml:space="preserve">Michael Christopher Singer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Loreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.15656⟩</w:t>
+              <w:t xml:space="preserve">Conservation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/conl.12852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03589715v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human–nature connectedness as a pathway to sustainability: A global meta‐analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Colonizations cause diversification of host preferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Singer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Loreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/conl.12852⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (15), pp.3505-3518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03768696v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03589715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting responses to climate change at Himalayan treelines revealed by population demographics of two dominant species</w:t>
+                <w:t xml:space="preserve">Human–nature connectedness as a pathway to sustainability: A global meta‐analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kumar Mainali</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gladys Barragan-Jason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire de Mazancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Parmesan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Singer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Loreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conservation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/conl.12852⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.5968⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03768699v1</w:t>
+                <w:t xml:space="preserve">hal-03768696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strengthened scientific support for the Endangerment Finding for atmospheric greenhouse gases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrasting responses to climate change at Himalayan treelines revealed by population demographics of two dominant species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kumar Mainali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Duffy</w:t>
+                <w:t xml:space="preserve">Bharat Babu Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Field</w:t>
+                <w:t xml:space="preserve">Ravi Kumar Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noah Diffenbaugh</w:t>
+                <w:t xml:space="preserve">Arjun Adhikari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott Doney</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zoe Dutton</w:t>
+                <w:t xml:space="preserve">Eliezer Gurarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.aat5982⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (3), pp.1209-1222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.5968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996210v1</w:t>
+                <w:t xml:space="preserve">hal-03768699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Butterflies embrace maladaptation and raise fitness in colonizing novel host</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Strengthened scientific support for the Endangerment Finding for atmospheric greenhouse gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Duffy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Field</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noah Diffenbaugh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Doney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoe Dutton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eva.12775⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 363 (6427), pp.eaat5982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aat5982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03009767v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takeoff temperatures in Melitaea cinxia butterflies from latitudinal and elevational range limits: a potential adaptation to solar irradiance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikhil Advani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Singer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Entomology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 44 (3), pp.389-396. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/een.12714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03031371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lethal trap created by adaptive evolutionary response to an exotic resource</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Butterflies embrace maladaptation and raise fitness in colonizing novel host</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Singer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-018-0074-6⟩</w:t>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (7), pp.1417-1433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eva.12775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02978574v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of bioenergy crops on pollinator activity varies with crop type and distance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lethal trap created by adaptive evolutionary response to an exotic resource</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Singer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Parmesan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology - Bioenergy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcbb.12565⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 557, pp.238-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-018-0074-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03768711v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02978574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing “Dangerous Climate Change”: Required reduction of carbon emissions to protect young people, future generations and ngature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of bioenergy crops on pollinator activity varies with crop type and distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Berkley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Hansen</w:t>
+                <w:t xml:space="preserve">Mick Hanley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pushker Kharecha</w:t>
+                <w:t xml:space="preserve">Rich Boden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Makiko Sato</w:t>
+                <w:t xml:space="preserve">Robyn Owen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frank Ackerman</w:t>
+                <w:t xml:space="preserve">Jordan Holmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0081648⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology - Bioenergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (12), pp.960 - 971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcbb.12565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03208136v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03768711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic, ecological, behavioral and geographic differentiation of populations in a thistle weevil: implications for speciation and biocontrol</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing “Dangerous Climate Change”: Required reduction of carbon emissions to protect young people, future generations and ngature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Olivieri</w:t>
+                <w:t xml:space="preserve">Pushker Kharecha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael F. Singer</w:t>
+                <w:t xml:space="preserve">Makiko Sato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Magalhaes</w:t>
+                <w:t xml:space="preserve">Valérie Masson-Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Courtiol</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yvain Dubois</w:t>
+                <w:t xml:space="preserve">Frank Ackerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1752-4571.2007.00010.x⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (12), pp.e81648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0081648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00366410v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Genetic, ecological, behavioral and geographic differentiation of populations in a thistle weevil: implications for speciation and biocontrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Olivieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael F. Singer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Magalhaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Courtiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1 (1), pp.112-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1752-4571.2007.00010.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00366410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Empirical perspectives on species borders: from traditional biogeography to global change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Gaines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dawn M. Kaufman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Kingsolver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oikos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 108 (1), pp.58-75. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.0030-1299.2005.13150.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00324025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2460,195 +2594,195 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IPCC 2022: Summary for Policymakers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Otto Pörtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah C Roberts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IPCC 2022: Summary for Policymakers. ). In: Climate Change 2022: Impacts, Adaptation and Vulnerability. Contribution of Working Group II to the Sixth Assessment Report of the Intergovernmental Panel on Climate Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03873971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCIENTIFIC OUTCOME OF THE IPBES-IPCC CO-SPONSORED WORKSHOP ON BIODIVERSITY AND CLIMATE CHANGE 2 IPBES-IPCC CO-SPONSORED WORKSHOP REPORT ON BIODIVERSITY AND CLIMATE CHANGE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.4659158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03768689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2658,446 +2792,446 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IPCC 2022: Technical Summary ,Working Group II Impacts, Adaptation and Vulnerability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Pörtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debra C. Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Adams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibidun Adelekan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Intergovernmental Panel on Climate Change. 2023, pp.37-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terrestrial and Freshwater Ecosystems and Their Services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Intergovernmental Panel on Climate Change. 2023, pp.197-378</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate Change 2022:Impacts, Adaptation and Vulnerability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Parmesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mike D. Morecroft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongyut Trisurat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Mezzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] GIEC; IPCC. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IPBES-IPCC co-sponsored workshop report on biodiversity and climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans-Otto Pörtner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Scholes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Agard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuemei Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IPBES. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04526826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:footerReference w:type="default" r:id="rId123"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3244,51 +3378,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412057v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rutschmann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Moskwik" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lempert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bukovsky" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Mcginnis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70293" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747867v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Barragan-Jason" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cauchoix" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula A Diaz-Valencia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Syssau-Vaccarella" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Hemet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10749" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292589v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumar Mainali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subodh Adhikari" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushila Shrestha" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Christopher Singer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph White" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.4563" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536698v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Loreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Mazancourt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael C Singer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Parmesan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109842" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768721v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalle Tunstrom" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wheat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Singer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mikheyev" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evac113" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768715v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2021.0003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03546699v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Barragan&#8208;jason" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12852" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292620v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03589715v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15656" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768696v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768699v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharat Babu Shrestha" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Kumar Sharma" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Adhikari" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliezer Gurarie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5968" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02996210v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Duffy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Field" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Diffenbaugh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Doney" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Dutton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aat5982" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03009767v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12775" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03031371v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Advani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12714" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02978574v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0074-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768711v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Berkley" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick Hanley" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Boden" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Owen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Holmes" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12565" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208136v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Hansen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pushker Kharecha" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makiko Sato" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Ackerman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081648" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00366410v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Olivieri" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael F. Singer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Magalhaes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Courtiol" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Dubois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1752-4571.2007.00010.x" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00324025v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Gaines" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gonzalez" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn M. Kaufman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Kingsolver" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0030-1299.2005.13150.x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8G5N68W8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873971v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Otto P&#246;rtner" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah C Roberts" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768689v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4659158" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292653v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans P&#246;rtner" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debra C. Roberts" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Adams" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibidun Adelekan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292633v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774939v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike D. Morecroft" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongyut Trisurat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Mezzi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526826v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Scholes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Agard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Archer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuemei Bai" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548559v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Richards" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ervens" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Parmesan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amato" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christhel Andrade" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000849" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412057v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rutschmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Moskwik" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lempert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Bukovsky" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Mcginnis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70293" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747867v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Barragan-Jason" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cauchoix" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula A Diaz-Valencia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Syssau-Vaccarella" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Hemet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10749" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536698v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Loreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Mazancourt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael C Singer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109842" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292589v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumar Mainali" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subodh Adhikari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushila Shrestha" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Christopher Singer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph White" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.4563" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03546699v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Barragan&#8208;jason" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/conl.12852" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768721v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalle Tunstrom" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wheat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Singer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Mikheyev" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evac113" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768715v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2021.0003" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292620v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03589715v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15656" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768696v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768699v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharat Babu Shrestha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Kumar Sharma" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Adhikari" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliezer Gurarie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5968" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02996210v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Duffy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Field" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Diffenbaugh" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Doney" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Dutton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aat5982" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03031371v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Advani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12714" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03009767v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12775" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02978574v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0074-6" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768711v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Berkley" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick Hanley" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Boden" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robyn Owen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Holmes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12565" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208136v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Hansen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pushker Kharecha" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makiko Sato" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Masson-Delmotte" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Ackerman" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0081648" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00366410v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Olivieri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael F. Singer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Magalhaes" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Courtiol" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvain Dubois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1752-4571.2007.00010.x" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00324025v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Gaines" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gonzalez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn M. Kaufman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Kingsolver" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0030-1299.2005.13150.x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8G5N68W8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873971v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Otto P&#246;rtner" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah C Roberts" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768689v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4659158" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292653v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans P&#246;rtner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debra C. Roberts" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Adams" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibidun Adelekan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292633v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774939v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike D. Morecroft" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongyut Trisurat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Mezzi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526826v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Scholes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Agard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Archer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuemei Bai" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>