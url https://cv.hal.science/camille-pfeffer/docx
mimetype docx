--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -196,321 +196,321 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choisir sa voie(x)</w:t>
+                <w:t xml:space="preserve">La socialisation organisationnelle des salariés télétravailleurs en espace de coworking : défis et enjeux pour la GRH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Havet-Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.54695/ror.204.0086⟩</w:t>
+              <w:t xml:space="preserve">@GRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, N° 55 (2), pp.79-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/grh.055.0079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05474408v1</w:t>
+                <w:t xml:space="preserve">hal-05184086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir, être et rester manager ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Wach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Capgras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Ramaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Objectif Soins et Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 305, pp.16-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05185368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La socialisation organisationnelle des salariés télétravailleurs en espace de coworking : défis et enjeux pour la GRH</w:t>
+                <w:t xml:space="preserve">Choisir sa voie(x)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Havet-Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">@GRH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, N° 55 (2), pp.79-108. </w:t>
+              <w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Vol. 20 (4), pp.86-89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/grh.055.0079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.54695/ror.204.0086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05184086v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05474408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid copresence: issues of re-spatialization of remote work in coworking spaces</w:t>
               </w:r>
@@ -606,51 +606,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les territoires d'action de l'intermédiation de l'innovation en santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Capgras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -757,51 +757,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les territoires d'action de l'intermédiation de l'innovation en santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Capgras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -902,221 +902,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05416558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-fertilizing process approaches to enhance results</w:t>
+                <w:t xml:space="preserve">Tous en scène ! Une compréhension théâtrale du travail identitaire re-spatialisé en espace de coworking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Royer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop GT Méthodologie AIMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Côte d'Azur, Nov 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">32ème conférence annuelle de l'AIMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04298192v1</w:t>
+                <w:t xml:space="preserve">hal-04125849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tous en scène ! Une compréhension théâtrale du travail identitaire re-spatialisé en espace de coworking</w:t>
+                <w:t xml:space="preserve">Cross-fertilizing process approaches to enhance results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Royer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème conférence annuelle de l'AIMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Workshop GT Méthodologie AIMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Côte d'Azur, Nov 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125849v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04298192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Being an employee-coworker: constructing one’s work identity in a coworking space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Royer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PROS Symposium 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Chania, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1204,191 +1204,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02973565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Employees in coworking spaces: how work practices transform their expectations</w:t>
+                <w:t xml:space="preserve">Expérience de salariés en espaces de coworking: nouvelles attentes vis-à-vis des espaces de travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Royer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th EGOS Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Tallinn, Estonia</w:t>
+              <w:t xml:space="preserve">Conférence AIMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01871498v1</w:t>
+                <w:t xml:space="preserve">halshs-01871496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérience de salariés en espaces de coworking: nouvelles attentes vis-à-vis des espaces de travail</w:t>
+                <w:t xml:space="preserve">Employees in coworking spaces: how work practices transform their expectations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pfeffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Royer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence AIMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">34th EGOS Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01871496v1</w:t>
+                <w:t xml:space="preserve">halshs-01871498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1668,51 +1668,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="88BAEAF9"/>
+    <w:nsid w:val="CB39F6D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1899,51 +1899,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-pfeffer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-6621-3133" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/273269232" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474408v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pfeffer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/ror.204.0086" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185368v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Wach" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Capgras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Ramaut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier G&#233;rard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184086v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Havet-Laurent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.055.0079" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04298212v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2024.8054" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416503v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416574v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185371v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416558v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04298192v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Royer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04125849v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04227262v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973565v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871498v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871496v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690666v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04300790v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO30001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camille-pfeffer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-6621-3133" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/273269232" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184086v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pfeffer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Havet-Laurent" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.055.0079" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185368v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Wach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Capgras" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Ramaut" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier G&#233;rard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474408v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/ror.204.0086" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04298212v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2024.8054" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416503v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416574v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185371v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416558v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-04125849v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04298192v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Royer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04227262v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973565v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871496v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01871498v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690666v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04300790v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO30001" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>