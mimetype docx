--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -502,213 +502,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les restes de Mustela nivalis Linnaeus, 1766 (Carnivora, Mustelidae) du gisement Pléistocène inférieur de Montoussé 5 (Hautes-Pyrénées, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Méthamis : Les Auzières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Frerebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Thabard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2021, pp.250-251</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03817921v1</w:t>
+                <w:t xml:space="preserve">hal-04312240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthamis : Les Auzières</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les restes de Mustela nivalis Linnaeus, 1766 (Carnivora, Mustelidae) du gisement Pléistocène inférieur de Montoussé 5 (Hautes-Pyrénées, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Thabard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Thabard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilan Scientifique - Direction régionale des affaires culturelles Provence-Alpes-Côte-d'Azur, Service régional de l'archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (28), pp.595-618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5852/cr-palevol2022v21a28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312240v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03817921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1031,273 +1031,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early Evidence for Prepared Core Technology at the 760Kyr site of Nadung’a 13, West Turkana (Kenya)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep Cave Occupation in leopard and other large mammalian species: the case study of Gcwihaba cave, Botswana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Thabard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Taylor</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kim Génuite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Dandurand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Society for Human Evolution (ESHE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Zagreb, Croatia</w:t>
+              <w:t xml:space="preserve">22nd Biennal Meeting of the Palaeontological Society of Southern Africa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Graaff-Reinet, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04809464v1</w:t>
+                <w:t xml:space="preserve">hal-04746146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Cave Occupation in leopard and other large mammalian species: the case study of Gcwihaba cave, Botswana</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
+                <w:t xml:space="preserve">Early Evidence for Prepared Core Technology at the 760Kyr site of Nadung’a 13, West Turkana (Kenya)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Harmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Boes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Arrighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Thabard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd Biennal Meeting of the Palaeontological Society of Southern Africa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Graaff-Reinet, South Africa</w:t>
+              <w:t xml:space="preserve">14th European Society for Human Evolution (ESHE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Zagreb, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04746146v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reassessment of Plio-Pleistocene canids guild: first paleoecological insights</w:t>
               </w:r>
@@ -2210,51 +2210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916398v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08912963.2024.2436914" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744247v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2024.02.005" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746088v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duranthon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764624v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frerebeau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817921v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2022v21a28" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312240v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05260978v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=One Tshukudu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Linchamps" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841419v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746132v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Azzar&#224;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cherin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809464v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Taylor" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Harmand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arrighi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746146v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746135v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267135v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267390v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746170v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746386v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Burcet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Justiniany" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670157v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427221v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beaudet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chadelle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916398v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08912963.2024.2436914" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744247v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2024.02.005" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746088v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Duranthon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Dandurand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jarry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764624v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Frerebeau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312240v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817921v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2022v21a28" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05260978v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=One Tshukudu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Linchamps" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841419v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746132v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Azzar&#224;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cherin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746146v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim G&#233;nuite" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809464v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Taylor" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Harmand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arrighi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746135v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267135v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267390v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746170v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746386v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Burcet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Justiniany" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670157v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427221v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beaudet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Chadelle" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>