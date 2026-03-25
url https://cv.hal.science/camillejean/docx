--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -25,50 +25,56 @@
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
             <w10:wrap type="tight" anchorx="margin"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Camille Jean </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="641e6e"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maître de conférences HDR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -195,1439 +201,2648 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (12)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the usability and creativity enhancement of augmented reality in additive manufacturing-based product design.</w:t>
+                <w:t xml:space="preserve">A framework for the sustainability evaluation of smart and connected products concepts during early product design.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jinxue Cui</w:t>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+                <w:t xml:space="preserve">José Hidalgo-Crespo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Human Behavior Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chbr.2025.100816⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 538, pp.147345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2025.147345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316584v1</w:t>
+                <w:t xml:space="preserve">hal-05554047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges for data-driven design in early physical product design: A scientific and industrial perspective</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Exploring the usability and creativity enhancement of augmented reality in additive manufacturing-based product design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinxue Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Véron</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruding Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compind.2022.103814⟩</w:t>
+              <w:t xml:space="preserve">Computers in Human Behavior Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, pp.100816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chbr.2025.100816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04001978v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IdeAM Running Quiz: A Digital Learning Game to Enhance Additive Manufacturing Opportunities Discovery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multisensory objects’ role on creativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Biancardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Guegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Pham Van</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mantelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Emerging Technologies in Learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3991/ijet.v17i10.25695⟩</w:t>
+              <w:t xml:space="preserve">journal of creativity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (1), pp.100092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.yjoc.2024.100092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04097308v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydroxyurea does not affect the spermatogonial pool in prepubertal patients with sickle cell disease</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing dental model accuracy through optimized vat photopolymerization additive manufacturing parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Bernaudin</w:t>
+                <w:t xml:space="preserve">Clément Tien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Chalas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lucas Poupaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Laverne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/blood.2020008146⟩</w:t>
+              <w:t xml:space="preserve">Additive Manufacturing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.100278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.addlet.2025.100278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04516318v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augmented Design with Additive Manufacturing Methodology: Tangible Object-Based Method to Enhance Creativity in Design for Additive Manufacturing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">IdeAM: A Serious Game to Foster Creativity in Additive Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Segonds</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Elea Conil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Gazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3D Printing and Additive Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/3dp.2020.0286⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Serious Games</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (2), pp.37 - 51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17083/ijsg.v12i2.846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409546v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">JUNO, the receptor of sperm IZUMO1, is expressed by the human oocyte and is essential for human fertilisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fostering the cultural heritage exhibition co-design process: a scientific and industrial perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Meyrueis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Jean</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Reproduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/humrep/dey340⟩</w:t>
+              <w:t xml:space="preserve">CoDesign</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15710882.2025.2571794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03001879v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additive Creativity: An Innovative Way to Enhance Manufacturing Engineering Education</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Exploring the usability and creativity enhancement of augmented reality in additive manufacturing-based product design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinxue Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mantelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruding Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computers in Human Behavior Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20, pp.100816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chbr.2025.100816⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409590v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additive Creativity: An Innovative Way to Enhance Manufacturing Engineering Education</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+                <w:t xml:space="preserve">Sensors capabilities as a creativity tool for engineering product design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Jean</w:t>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Engineering Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (5), pp.639-664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09544828.2024.2333195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01998546v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le partage de la valeur économique entre les acteurs d’un projet de télémédecine : enjeux méthodologiques ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Challenges for data-driven design in early physical product design: A scientific and industrial perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Jean</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Research in Telemedicine / La Recherche Européenne en Télémédecine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eurtel.2016.04.002⟩</w:t>
+              <w:t xml:space="preserve">Computers in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 145, pp.103814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compind.2022.103814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01358709v1</w:t>
+                <w:t xml:space="preserve">hal-04001978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive modeling of telehealth system deployment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design for mixed model final assembly line (DfMMFAL): a new tool for assembly interface identification based on assembly process planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Boyault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Jean</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1057/jos.2014.27⟩</w:t>
+              <w:t xml:space="preserve">Journal of Engineering, Design and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.143-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/JEDT-11-2022-0582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01205172v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment une innovation peut-elle créer de la valeur pour tous?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Improving the Ethical Dimension in the Innovation Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DSIH- Directeur de système d'information hospitalier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Technoethics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4018/IJT.302628⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01358640v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Télédermatologie : évaluation d’un besoin par les réseaux sociaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">IdeAM Running Quiz: A Digital Learning Game to Enhance Additive Manufacturing Opportunities Discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pham Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Meyrueis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Emerging Technologies in Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (10), pp.32-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3991/ijet.v17i10.25695⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04097308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fostering Innovation in Diversified Business Groups with the Creation of Cross-Subsidiary Collaborative Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arava Sandford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Broué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Innovation and Technology Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (04), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219877022500109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augmented Design with Additive Manufacturing Methodology: Tangible Object-Based Method to Enhance Creativity in Design for Additive Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Guegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3D Printing and Additive Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (5), pp.281-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/3dp.2020.0286⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modelling e-health business model canvas based on financial flows and shared value</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Canu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrièle Breda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IADIS International Journal on www/Internet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 16 (2), pp.80-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.33965/ijwi_2018161206⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Additive Creativity: An Innovative Way to Enhance Manufacturing Engineering Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (6), pp.1776-1784</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01998546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Additive Creativity: An Innovative Way to Enhance Manufacturing Engineering Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Engineering Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (6), pp.1776-1784</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déploiement de la télémédecine, contexte et enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Espinoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tu Anh Duong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (820), pp.45-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soin.2017.09.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le partage de la valeur économique entre les acteurs d’un projet de télémédecine : enjeux méthodologiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tu-Anh Duong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Stal-Le Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Research in Telemedicine / La Recherche Européenne en Télémédecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (2), pp.37-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurtel.2016.04.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01358709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment une innovation peut-elle créer de la valeur pour tous?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DSIH- Directeur de système d'information hospitalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15, pp.98-99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01358640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predictive modeling of telehealth system deployment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Stal-Le Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (2), pp.182-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/jos.2014.27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Télédermatologie : évaluation d’un besoin par les réseaux sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tu-Anh Duong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Chabouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Wolkenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Research in Telemedicine / La Recherche Européenne en Télémédecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2014, 3 (4), pp.189-190. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eurtel.2014.10.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01359120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1637,1833 +2852,2802 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concevoir un objet connecté en santé et évaluer sa pertinence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé connectée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Les Essentiels d’Hermès, 978-2-271-13440-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03409595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-driven design challenges in the early stages of the product development process</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Design methodology for the identification and Scaling of nature-based solution for carbon dioxyde Capture and storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Combe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Julie Le Cardinal</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zlatina Dimitrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Harambat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICED'21</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/pds.2021.85⟩</w:t>
+              <w:t xml:space="preserve">37th International Conference on Efficiency, Cost, Optimization, Simulation and Environmental Impact of Energy Systems (ECOS 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rhodes, France. pp.2494-2501, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52202/077185-0215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409542v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A NEW SERIOUS GAME FOR CHILDREN TO EXPLAIN INNOVATION AND ENHANCE CREATIVITY</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How to deploy a serious game in the academic world? Application to “Lino as an idea”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambelina Bringas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Jurvillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Engineering and Product Design Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.35199/epde.2021.32⟩</w:t>
+              <w:t xml:space="preserve">26th International Conference on Engineering and Product Design Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Birmingham, United Kingdom. pp.169-174, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35199/EPDE.2024.29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409549v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CREATIVITY AND INNOVATION FOR CHILDREN: PRESENTATION AND FIRST EXPERIMENT OF NEW (SERIOUS) GAME</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Lagoutte</w:t>
+                <w:t xml:space="preserve">Integrating sensors in products : A new tool for Design Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Jean</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Maranzana</w:t>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 22nd International Conference on Engineering and Product Design Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.35199/EPDE.2020.40⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Engineering Design, ICED 23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bordeaux, France. pp.2345 - 2354, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/pds.2023.235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409553v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Innovative Projects for and with Elderly People: Insights from Participatory Design Contests</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">How to professionalise a serious game? Application to “Lino has an idea!”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Enoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Kerloc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bernard Yannou</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maranzana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/dsi.2019.393⟩</w:t>
+              <w:t xml:space="preserve">24th International Conference on Engineering and Product Design Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, London, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35199/EPDE.2022.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02384535v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRIZ for Additive Manufacturing: Inventive problem-solving through intermediate object</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Camille Jean</w:t>
+                <w:t xml:space="preserve">A new serious game for children to explain innovation and enhance creativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Boyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Couture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Roudes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONFERE 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd International Conference on Engineering and Product Design Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Herning, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35199/epde.2021.32⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04098070v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using TRIZ in the Healthcare Environment: First Proposition of a New Design Method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Axel Degland</w:t>
+                <w:t xml:space="preserve">Data-driven design challenges in the early stages of the product development process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Briard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Jean</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Améziane Aoussat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Le Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International TRIZ Future Conference (TFC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-32497-1_34⟩</w:t>
+              <w:t xml:space="preserve">ICED'21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Gothenborg, Sweden. pp.851-860, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/pds.2021.85⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02905536v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Proposal for a Methodology of Technical Creativity Mixing TRIZ and Additive Manufacturing</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Creativity and innovation for children: Presentation and first experiment of new (serious) game</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Libe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Grenouillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lagoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International TRIZ Future Conference (TFC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-32497-1_10⟩</w:t>
+              <w:t xml:space="preserve">The 22nd International Conference on Engineering and Product Design Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Herning, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35199/EPDE.2020.40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02905538v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Créativité par la fabrication additive: Structuration d'une méthodologie fondée sur TRIZ</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Using TRIZ in the Healthcare Environment: First Proposition of a New Design Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Degland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Gazo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CONFERE 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International TRIZ Future Conference (TFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Marrakesh, Morocco. pp.429-437, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-32497-1_34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04098101v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02905536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using TRIZ in the Healthcare Environment: First Proposition of a New Design Method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">First Step to Combine Bio-inspiration and Frugal Innovation: Application to a Container’s Village</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliot Graeff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Piroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Huet-Kouo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International TRIZ Future Conference (TFC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-32497-1_34⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Research Into Design (ICoRD'19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Bengalore, India. pp.461-472, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-13-5974-3_40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409576v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Museum experience design based on multi-sensory transformation approach</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">A proposal for a methodology of technical creativity mixing TRIZ and Additive Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Design Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21278/idc.2018.0150⟩</w:t>
+              <w:t xml:space="preserve">19th International TRIZ Future Conference (TFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Marrakesh, Morocco. pp.106-116, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-32497-1_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02468562v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02905538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation methods in the healthcare systems</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Créativité par la fabrication additive: Structuration d'une méthodologie fondée sur TRIZ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Mantelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Complex Systems Design and Management - CSD&amp;M 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Paris, France. pp.141-149</w:t>
+              <w:t xml:space="preserve">CONFERE 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Galway, Irlande</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871615v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early design decision support with system dynamics approaches - Example of telehealth integration in the healthcare system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Using TRIZ in the Healthcare Environment: First Proposition of a New Design Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Degland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gazo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 19th International Conference on Engineering Design (ICED13)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International TRIZ Future Conference (TFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Marrakech, Morocco. pp.429-437, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-32497-1_34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00871613v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telehealth: towards a global industrial engineering framework based on value creation for healthcare systems design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Evaluating Innovative Projects for and with Elderly People: Insights from Participatory Design Contests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre Espinoza</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cluzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Yannou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DESIGN 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.3861-3870, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/dsi.2019.393⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00714273v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02384535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">TRIZ for Additive Manufacturing: Inventive problem-solving through intermediate object</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CONFERE 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Galway, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kansei Design approach applied to new concept development stage: Establishing communication between automated driving vehicles and their surroundings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaj Simeunovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gentner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Badoil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Favart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hideyoshi Yanagisawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Kansei Engineering and Emotion Research (KEER 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Kuching Sarawak, Malaysia. pp.277-288, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-10-8612-0_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Museum experience design based on multi-sensory transformation approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tazuru Harada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanagisawa Hideyoshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gressier-Soudan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th International Design Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Dubrovnik, Croatia. pp.2221-2228, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21278/idc.2018.0150⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Educational games for design and innovation: Proposition of a new taxonomy to identify perspectives of development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Cortes Sobrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miliane Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Di Domenico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Maranzana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Engineering Design (ICED 17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Vancouver, Canada. pp.209-215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new knowledge management tool for product development in micro-companies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Huret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Segonds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Engineering Design (ICED 17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Vancouver, Canada. pp.189-196</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation methods in the healthcare systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey Khudyakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Stal-Le Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Conference on Complex Systems Design and Management - CSD&amp;M 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Paris, France. pp.141-149</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early design decision support with system dynamics approaches - Example of telehealth integration in the healthcare system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Le Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 19th International Conference on Engineering Design (ICED13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Séoul, South Korea. pp.46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Telehealth: towards a global industrial engineering framework based on value creation for healthcare systems design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Stal-Le Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Espinoza</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DESIGN 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Dubrovnik, Croatia. pp.949-958</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00714273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Évaluation médico-économique et organisationnelle pour la conception d'un système de télémédecine. Approche systémique et étude des valeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Stal-Le Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic-Alexandre Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e Congrès International de Génie Industriel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Saint Sauveur, Canada. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00872079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3473,147 +5657,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outil de conception de produits en fabrication additive et procédé associé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Segonds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Mantelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Gazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Guegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR2103664. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04097489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3623,114 +5807,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment réussir l'intégration de systèmes technologiques innovants au sein de systèmes complexes organisationnels? : Application à la télémedecine en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Jean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Ecole Centrale Paris, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2013ECAP0068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00997404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId106"/>
+      <w:footerReference w:type="default" r:id="rId171"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3798,51 +5982,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="05276511"/>
+    <w:nsid w:val="FB8FA74C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4029,51 +6213,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camillejean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8660-8786" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178222445" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/308791669" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316584v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinxue Cui" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mantelet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chbr.2025.100816" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001978v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Briard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;ziane Aoussat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2022.103814" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097308v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pham Van" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyrueis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gazo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3991/ijet.v17i10.25695" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516318v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gille" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pondarr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Dalle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bernaudin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chalas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2020008146" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409546v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Lang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Segonds" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guegan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/3dp.2020.0286" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001879v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhad Haghighirad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinying Zhu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chalbi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ziyyat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dey340" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409590v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998546v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358709v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu-Anh Duong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Stal-Le Cardinal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bocquet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurtel.2016.04.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205172v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/jos.2014.27" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358640v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359120v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chabouis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wolkenstein" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurtel.2014.10.023" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409595v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409542v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Cardinal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.85" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409549v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Boyet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Couture" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Granier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roudes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vidal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35199/epde.2021.32" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409553v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Libe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Grenouillat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lagoutte" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maranzana" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35199/EPDE.2020.40" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384535v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vallet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.393" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098070v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kaufmann" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02905536v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Degland" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32497-1_34" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02905538v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32497-1_10" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098101v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03409576v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468562v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tazuru Harada" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanagisawa Hideyoshi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gressier-Soudan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21278/idc.2018.0150" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871615v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Khudyakov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871613v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714273v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Espinoza" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872079v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic-Alexandre Vidal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097489v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00997404v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ECAP0068" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/camillejean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8660-8786" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178222445" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/308791669" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554047v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Briard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Hidalgo-Crespo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;ziane Aoussat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jean" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2025.147345" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554108v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinxue Cui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mantelet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruding Lou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Segonds" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chbr.2025.100816" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554138v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cimier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Biancardi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Guegan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjoc.2024.100092" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551883v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Tien" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Poupaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Laverne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addlet.2025.100278" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554122v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elea Conil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gazo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guegan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17083/ijsg.v12i2.846" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554056v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bernard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyrueis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15710882.2025.2571794" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316584v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554175v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544828.2024.2333195" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001978v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compind.2022.103814" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554193v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boyault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JEDT-11-2022-0582" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554215v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lecomte" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJT.302628" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097308v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pham Van" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3991/ijet.v17i10.25695" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554209v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arava Sandford" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Brou&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Coq" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219877022500109" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409546v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Lang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/3dp.2020.0286" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556202v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Canu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabri&#232;le Breda" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33965/ijwi_2018161206" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409590v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556219v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Espinoza" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu Anh Duong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.09.011" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358709v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu-Anh Duong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Stal-Le Cardinal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bocquet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurtel.2016.04.002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358640v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205172v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/jos.2014.27" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359120v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Chabouis" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wolkenstein" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurtel.2014.10.023" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409595v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554188v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Combe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zlatina Dimitrova" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Corre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Harambat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/077185-0215" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554170v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambelina Bringas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Jurvillier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maranzana" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35199/EPDE.2024.29" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554200v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.235" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556133v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Enoc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kerloc'H" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35199/EPDE.2022.14" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409549v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Boyet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Couture" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Granier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roudes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vidal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35199/epde.2021.32" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409542v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Le Cardinal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.85" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409553v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Libe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Grenouillat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lagoutte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35199/EPDE.2020.40" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02905536v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Degland" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32497-1_34" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556187v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Graeff" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gras" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Piroux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Huet-Kouo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-5974-3_40" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02905538v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32497-1_10" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098101v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kaufmann" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03409576v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384535v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Vallet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.393" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098070v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556212v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaj Simeunovic" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gentner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Badoil" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Favart" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hideyoshi Yanagisawa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8612-0_30" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468562v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tazuru Harada" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanagisawa Hideyoshi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gressier-Soudan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21278/idc.2018.0150" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556235v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cortes Sobrino" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miliane Bertrand" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Di Domenico" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556242v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huret" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871615v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Khudyakov" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871613v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714273v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872079v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic-Alexandre Vidal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097489v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00997404v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ECAP0068" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>