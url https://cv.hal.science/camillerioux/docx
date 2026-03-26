--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -1023,248 +1023,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03339987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food rejections in children: Cognitive and social/environmental factors involved in food neophobia and picky/fussy eating behavior.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Food rejection and the development of food categorization in young children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Lafraire</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2015.09.008⟩</w:t>
+              <w:t xml:space="preserve">Cognitive Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 40, pp.163 - 177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cogdev.2016.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01464651v1</w:t>
+                <w:t xml:space="preserve">hal-01464659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food rejection and the development of food categorization in young children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Food rejections in children: Cognitive and social/environmental factors involved in food neophobia and picky/fussy eating behavior.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Lafraire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Giboreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Lafraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitive Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 40, pp.163 - 177. </w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 96, pp.347-357. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cogdev.2016.09.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2015.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01464659v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01464651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food neophobia and pickiness in young children. How to measure it?</w:t>
               </w:r>
@@ -1384,51 +1384,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Roque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Giboreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2367,204 +2367,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05347393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implicit attitudes towards cooked and raw plant-based products</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
+                <w:t xml:space="preserve">Expectations about plant edibility in 6-month-old infants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie E Wertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 16th Pangborn Sensory Science Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Philadelphia (Pennsylvania), United States</w:t>
+              <w:t xml:space="preserve">Annual meeting of the Human and Evolution Behavior Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Atlantic City ,New Jersey, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05347388v1</w:t>
+                <w:t xml:space="preserve">hal-05347396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expectations about plant edibility in 6-month-old infants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie E Wertz</w:t>
+                <w:t xml:space="preserve">Implicit attitudes towards cooked and raw plant-based products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Melendrez-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Chambaron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual meeting of the Human and Evolution Behavior Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Atlantic City ,New Jersey, United States</w:t>
+              <w:t xml:space="preserve">The 16th Pangborn Sensory Science Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Philadelphia (Pennsylvania), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05347396v1</w:t>
+                <w:t xml:space="preserve">hal-05347388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social learning about plant edibility in 6-month-old infants</w:t>
               </w:r>
@@ -3567,138 +3567,159 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05347405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation d’une nouvelle échelle des rejets alimentaires des enfants de 2-6 ans</w:t>
+                <w:t xml:space="preserve">Food categorization's development and food neophobia and pickiness in children from 2–6 years of age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Lafraire</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual meeting of the French Society of Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 40th Annual Meeting of the British Feeding and Drinking Group (BFDG2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Londres, United Kingdom. pp.690, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2016.08.077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348276v1</w:t>
+                <w:t xml:space="preserve">hal-05348312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Si je ne connais pas, je ne mange pas ! » Raisonnement inductif et rejets alimentaires chez les jeunes enfants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3727,734 +3748,713 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57ème Congrès de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01768602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food categorization's development and food neophobia and pickiness in children from 2–6 years of age</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is it food or not food? How 3–4 years old children respond to a rapid categorization task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Lafraire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Roque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Giboreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Lafraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 40th Annual Meeting of the British Feeding and Drinking Group (BFDG2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Londres, United Kingdom. pp.690, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2016.08.077⟩</w:t>
+              <w:t xml:space="preserve">, 2016, Londres, United Kingdom. pp.234, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2016.02.122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-05348312v1</w:t>
+                <w:t xml:space="preserve">hal-05348314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is it food or not food? How 3–4 years old children respond to a rapid categorization task</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeremie Lafraire</w:t>
+                <w:t xml:space="preserve">Food rejections in children: Cognitive and social/environmental factors involved in food neophobia and picky/fussy eating behavior.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Lafraire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Giboreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 40th Annual Meeting of the British Feeding and Drinking Group (BFDG2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">the 39th Annual Meeting of the British Feeding &amp; Drinking Group (BFDG 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Wageningen, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-05348314v1</w:t>
+                <w:t xml:space="preserve">hal-01768600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Food rejections in children: Cognitive and social/environmental factors involved in food neophobia and picky/fussy eating behavior.</w:t>
+                <w:t xml:space="preserve">Is it food or not food ? How 3–4 years old children respond to a rapid categorization task.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Lafraire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Roque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Giboreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 39th Annual Meeting of the British Feeding &amp; Drinking Group (BFDG 2015)</w:t>
+              <w:t xml:space="preserve">39th Annual Meeting of the British Feeding &amp; Drinking Group (BFDG 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01768600v1</w:t>
+                <w:t xml:space="preserve">hal-01768596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is it food or not food ? How 3–4 years old children respond to a rapid categorization task.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validation d’une nouvelle échelle des rejets alimentaires des enfants de 2-6 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Lafraire</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Agnès Giboreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th Annual Meeting of the British Feeding &amp; Drinking Group (BFDG 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">Annual meeting of the French Society of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01768596v1</w:t>
+                <w:t xml:space="preserve">hal-05348276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Young children’s food vs. non-food categorization abilities during food neophobia peak</w:t>
+                <w:t xml:space="preserve">Validation d’une nouvelle échelle des rejets alimentaires des enfants de 2-6 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Lafraire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual European Congress of Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Milan, Italy</w:t>
+              <w:t xml:space="preserve">56ème Congrès de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348270v1</w:t>
+                <w:t xml:space="preserve">hal-01772627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation d’une nouvelle échelle des rejets alimentaires des enfants de 2-6 ans</w:t>
+                <w:t xml:space="preserve">Young children’s food vs. non-food categorization abilities during food neophobia peak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Lafraire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56ème Congrès de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Annual European Congress of Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01772627v1</w:t>
+                <w:t xml:space="preserve">hal-05348270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young children’s food vs non-food categorization abilities during food neophobia peak</w:t>
               </w:r>
@@ -4466,51 +4466,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Lafraire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Giboreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4790,247 +4790,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05348142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating how infants learn about healthy foods</w:t>
+                <w:t xml:space="preserve">Foods versus non foods categorization in children and adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone P. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Gafanha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Campbell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Lafraire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Budapest CEU Conference on Cognitive Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348174v1</w:t>
+                <w:t xml:space="preserve">hal-05348167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foods versus non foods categorization in children and adults</w:t>
+                <w:t xml:space="preserve">Investigating how infants learn about healthy foods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karola Schlegelmilch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie E Wertz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Budapest CEU Conference on Cognitive Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348167v1</w:t>
+                <w:t xml:space="preserve">hal-05348174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘Odd one out’: Attentional bias and memory of plant food location</w:t>
               </w:r>
@@ -5105,286 +5105,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05348207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infants’ behavioral and social referencing strategies in the food domain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Managing costly generalisation errors: the food and danger domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connair Joseph Stephen Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie E Wertz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the European Human Behaviour and Evolution Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Annual meeting of the section of Educational Psychology and Developmental Psychology of the German Psychological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348213v1</w:t>
+                <w:t xml:space="preserve">hal-05348250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant food avoidance in infancy</w:t>
+                <w:t xml:space="preserve">Infants’ behavioral and social referencing strategies in the food domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie E Wertz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Budapest CEU Conference on Cognitive Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Annual Conference of the European Human Behaviour and Evolution Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348192v1</w:t>
+                <w:t xml:space="preserve">hal-05348213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing costly generalisation errors: the food and danger domains</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plant food avoidance in infancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie E Wertz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual meeting of the section of Educational Psychology and Developmental Psychology of the German Psychological Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Leipzig, Germany</w:t>
+              <w:t xml:space="preserve">Annual Budapest CEU Conference on Cognitive Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348250v1</w:t>
+                <w:t xml:space="preserve">hal-05348192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“What can I eat?”: Selective social learning of food entities edibility in 18-month-old infants</w:t>
               </w:r>
@@ -6163,51 +6163,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05350649v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rioux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Wertz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evolhumbehav.2025.106750" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299626v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Coricelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Torri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1194053" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339980v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie E Wertz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/dev0001146" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341155v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra W&#322;odarczyk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2020.100867" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006244v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Lafraire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Picard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacueline Blissett" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2018.11.018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01768566v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.08.016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306895v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Leglaye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2018.05.001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763570v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2017.01.003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339987v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464651v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Giboreau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2015.09.008" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464659v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2016.09.003" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01772601v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464655v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Roque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2015.12.003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641327v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M. S. Dufour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Watson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benhamou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0117750" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05168616v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Chambaron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Farineaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Melendrez-Ruiz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341138v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia R&#228;m&#228;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Granjon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mascaro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341141v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karola Schlegelmilch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303520v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Rumiati" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341150v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connair Joseph Stephen Russell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341152v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347393v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347388v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347396v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348223v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348198v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffealla Rumiati" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347392v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348117v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348246v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helana Girgis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone P. Nguyen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Gafanha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Campbell" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348233v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348187v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348238v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348131v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347401v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347405v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348276v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01768602v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348312v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.08.077" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FNP8HR2C-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348314v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Lafraire" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Roque" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.02.122" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LR7XCW17-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01768600v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01768596v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348270v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01772627v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01772642v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348108v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Peykarjou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348142v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348174v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348167v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348207v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda S. O&#241;a" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348213v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348192v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348250v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348227v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348294v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348262v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348286v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348307v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Rumiati" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2022.106062" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353686v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75388-1_159-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05350649v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rioux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Wertz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evolhumbehav.2025.106750" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299626v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Coricelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Torri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1194053" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339980v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie E Wertz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/dev0001146" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341155v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra W&#322;odarczyk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2020.100867" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006244v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Lafraire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Picard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacueline Blissett" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2018.11.018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01768566v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2017.08.016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306895v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Leglaye" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2018.05.001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763570v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2017.01.003" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339987v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464659v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2016.09.003" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464651v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Giboreau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2015.09.008" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01772601v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464655v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Roque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2015.12.003" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641327v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M. S. Dufour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Watson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benhamou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0117750" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05168616v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Chambaron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Farineaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Melendrez-Ruiz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341138v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia R&#228;m&#228;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Granjon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mascaro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341141v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karola Schlegelmilch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05303520v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Rumiati" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341150v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connair Joseph Stephen Russell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05341152v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347393v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347396v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347388v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348223v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348198v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffealla Rumiati" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347392v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348117v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348246v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helana Girgis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone P. Nguyen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Gafanha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Campbell" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348233v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348187v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348238v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348131v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347401v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05347405v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348312v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.08.077" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FNP8HR2C-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01768602v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348314v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Lafraire" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Roque" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2016.02.122" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LR7XCW17-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01768600v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01768596v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348276v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01772627v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348270v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01772642v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348108v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Peykarjou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348142v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348167v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348174v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348207v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda S. O&#241;a" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348250v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348213v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348192v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348227v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348294v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348262v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348286v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05348307v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Rumiati" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2022.106062" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353686v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75388-1_159-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>