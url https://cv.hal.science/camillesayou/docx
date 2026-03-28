--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -609,295 +609,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02928068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNA Binding by Histone Methyltransferases Set1 and Set2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RNA polymerase II stalling at pre-mRNA splice sites is enforced by ubiquitination of the catalytic subunit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Milligan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Sayou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helena Santos-Rosa</w:t>
+                <w:t xml:space="preserve">Alex Tuck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Petfalski</w:t>
+                <w:t xml:space="preserve">Tatsiana Auchynnikava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Robson</w:t>
+                <w:t xml:space="preserve">Jane Ea Reid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 37 (14), </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/MCB.00165-17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/ELIFE.27082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778434v1</w:t>
+                <w:t xml:space="preserve">hal-04778473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNA polymerase II stalling at pre-mRNA splice sites is enforced by ubiquitination of the catalytic subunit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RNA Binding by Histone Methyltransferases Set1 and Set2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Sayou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Milligan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Sayou</w:t>
+                <w:t xml:space="preserve">Gonzalo Millán-Zambrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Tuck</w:t>
+                <w:t xml:space="preserve">Helena Santos-Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatsiana Auchynnikava</w:t>
+                <w:t xml:space="preserve">Elisabeth Petfalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jane Ea Reid</w:t>
+                <w:t xml:space="preserve">Samuel Robson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 6, </w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (14), </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/ELIFE.27082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/MCB.00165-17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778473v1</w:t>
+                <w:t xml:space="preserve">hal-04778434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A SAM oligomerization domain shapes the genomic binding landscape of the LEAFY transcription factor.</w:t>
               </w:r>
@@ -1959,51 +1959,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051358v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sayou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Viravaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Lyonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lucas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dupeyron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235375v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Cavarocchi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lor&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cazin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Stouvenel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107354" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778295v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Govin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.COGSC.2022.100590" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02928068v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerarda Cappuccio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Tanno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tisserant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange-Line Bruel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-020-0898-y" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778434v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Mill&#225;n-Zambrano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Santos-Rosa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Petfalski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00165-17" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778473v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Milligan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tuck" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsiana Auchynnikava" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Ea Reid" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/ELIFE.27082" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01310696v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max H Nanao" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jamin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pos&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Th&#233;venon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms11222" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262292v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Turowski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Le&#347;niewska" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Delan-Forino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Boguta" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.205492.116" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141179v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel F Brockington" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Moyroud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monniaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1256011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943884v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1248229" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843005v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Chahtane" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vachon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Masson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie P&#233;rigon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12156" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635972v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reyes Benlloch" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Chul Kim" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Parcy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04660.x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01222909v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENV029" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051358v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sayou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Viravaux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Lyonnet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lucas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dupeyron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235375v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Cavarocchi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lor&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cazin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Stouvenel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.107354" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778295v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Govin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.COGSC.2022.100590" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02928068v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerarda Cappuccio" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Tanno" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tisserant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange-Line Bruel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-020-0898-y" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778473v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Milligan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tuck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsiana Auchynnikava" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Ea Reid" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/ELIFE.27082" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778434v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Mill&#225;n-Zambrano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Santos-Rosa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Petfalski" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00165-17" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01310696v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max H Nanao" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jamin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pos&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Th&#233;venon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms11222" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262292v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Turowski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Le&#347;niewska" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Delan-Forino" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Boguta" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.205492.116" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141179v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel F Brockington" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Moyroud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monniaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1256011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943884v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1248229" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843005v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Chahtane" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vachon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Masson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie P&#233;rigon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12156" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635972v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reyes Benlloch" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Chul Kim" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Parcy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04660.x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01222909v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GRENV029" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>