--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -871,341 +871,341 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01757786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of adsorption kinetics and isotherms of gallic acid on an activated carbon oxidized by ozone: Comparison to the raw material</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Removal of dark coloured and polyphenolic compounds of sugar beet vinasse by adsorption onto activated carbons: Application to a crosscurrent adsorption process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caqueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Chedeville</w:t>
+                <w:t xml:space="preserve">Stéphane Bostyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Cherrier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Porte</w:t>
+                <w:t xml:space="preserve">Henri Fauduet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Taiwan Institute of Chemical Engineers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 42 (6), pp.996-1003. </w:t>
+              <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 90 (2), pp.403 - 411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtice.2011.05.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cjce.20550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01503068v1</w:t>
+                <w:t xml:space="preserve">hal-01503044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Removal of dark coloured and polyphenolic compounds of sugar beet vinasse by adsorption onto activated carbons: Application to a crosscurrent adsorption process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of adsorption kinetics and isotherms of gallic acid on an activated carbon oxidized by ozone: Comparison to the raw material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Cagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chedeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cherrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Henri Fauduet</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Porte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 90 (2), pp.403 - 411. </w:t>
+              <w:t xml:space="preserve">Journal of the Taiwan Institute of Chemical Engineers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 42 (6), pp.996-1003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cjce.20550⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtice.2011.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01503044v1</w:t>
+                <w:t xml:space="preserve">hal-01503068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences of pH, temperature and activated carbon properties on the interaction ozone/activated carbon for a wastewater treatment process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Dehouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chedeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1303,77 +1303,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purification of sugar beet vinasse – Adsorption of polyphenolic and dark colored compounds on different commercial activated carbons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bostyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Fauduet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioresource Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 99 (13), pp.5814-5821. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1432,77 +1432,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of the operating conditions for the removal of alcoholic insoluble compounds contained in sugar beet vinasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bostyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Fauduet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 145 (2), pp.203-210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1540,51 +1540,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01503050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2320,666 +2320,666 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01977442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-adsorption de mélange de molécules micropolluantes sur charbons actifs oxydés par ozonation en phase liquide et gazeuse</w:t>
+                <w:t xml:space="preserve">Etude de l'influence de la température sur la cinétique d'adsorption du resvératrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T Ferreira de Oliveira</w:t>
+                <w:t xml:space="preserve">Diénaba Tandjigora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Chedeville</w:t>
+                <w:t xml:space="preserve">Lovasoa Rakotondramasy-Rabesiaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Cagnon</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mihasina Rabesiaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caqueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mabille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque francophone POGAT 2011 "Polluants Organiques générés"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Agadir, Maroc</w:t>
+              <w:t xml:space="preserve">14e congrès de la société française de génie des procédés (SFGP 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05455869v1</w:t>
+                <w:t xml:space="preserve">hal-05456127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From sugar beet to betaine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Co-adsorption de mélange de molécules micropolluantes sur charbons actifs oxydés par ozonation en phase liquide et gazeuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatianne Ferreira de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Chedeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Fauduet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cosm'innov 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Orléans, France</w:t>
+              <w:t xml:space="preserve">Colloque francophone POGAT 2011 "Polluants Organiques générés"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Agadir, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01976870v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05455869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'interaction ozone / charbon actif pour la mise en place d'un procédé de traitement d'effluents aqueux</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hakim Dehouli</w:t>
+                <w:t xml:space="preserve">From sugar beet to betaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Chedeville</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine Porte</w:t>
+                <w:t xml:space="preserve">Stéphane Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Fauduet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e congrès de la société française de génie des procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Marseille, France</w:t>
+              <w:t xml:space="preserve">Cosm'innov 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05454911v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01976870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the kinetics and the thermodynamics of the adsorption on activated carbons of dark colored compounds and polyphenols from sugar beet vinasse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bostyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Fauduet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CARBON'09</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la cinétique et de la thermodynamique d'adsorption de composés phénoliques en monosolutés et en mélange sur charbon actif</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mourad Kessoum</w:t>
+                <w:t xml:space="preserve">Etude de l'interaction ozone / charbon actif pour la mise en place d'un procédé de traitement d'effluents aqueux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Dehouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chedeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Porte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e congrès de la société française de génie des procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05454903v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05454911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetic and thermodynamic study of gallic acid adsorption on a commercial activated carbon oxidized by ozone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chedeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cherrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Porte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3017,77 +3017,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la cinétique d'adsorption de l'acide gallique par un charbon actif soumis à l'ozone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Cherrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Cagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Chedeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3132,358 +3132,591 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05454905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décomposition de l'ozone en solution aqueuse en présence de charbon actif</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hakim Dehouli</w:t>
+                <w:t xml:space="preserve">Etude de la cinétique et de la thermodynamique d'adsorption de composés phénoliques en monosolutés et en mélange sur charbon actif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Kessoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caqueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chedeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Cagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Chedeville</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Colloque national de la recherche dans les IUT (CNRIUT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Claude Bernard LYON 1, May 2008, Lyon, France</w:t>
+              <w:t xml:space="preserve">12e congrès de la société française de génie des procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05451262v1</w:t>
+                <w:t xml:space="preserve">hal-05454903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des vinasses de distillerie : séparation de la bétaïne par échange d'ions</w:t>
+                <w:t xml:space="preserve">Elimination des composés polyphénoliques présents dans les vinasses de distillerie par adsorption à courants croisés sur charbon actif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bostyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Cagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Fauduet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Colloque national de la recherche dans les IUT (CNRIUT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Claude Bernard LYON 1, May 2008, Lyon, France</w:t>
+              <w:t xml:space="preserve">12e congrès de la société française de génie des procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05451244v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05454899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Valorisation des vinasses de distillerie : séparation de la bétaïne par échange d'ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caqueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bostyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Fauduet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14e Colloque national de la recherche dans les IUT (CNRIUT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Claude Bernard Lyon 1, May 2008, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05451244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décomposition de l'ozone en solution aqueuse en présence de charbon actif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Dehouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chedeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Cagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caqueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14e Colloque national de la recherche dans les IUT (CNRIUT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Claude Bernard Lyon 1, May 2008, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05451262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Contribution of the simplex method coupled with Doelhert experimental design for the optimization of a separation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bostyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Fauduet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VI Colloquium Chemometricum Mediterraneum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Saint Maximin la Sainte Beaume, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01976857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3493,51 +3726,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masse volumique et équilibre liquide/vapeur sous basse pression du système binaire isooctane + propionate d'éthyle : mesures expérimentales et modélisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaoutar Berkalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3579,73 +3812,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFGP 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Deauville, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04747688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive model of viscosity for a caramelization reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3674,311 +3907,311 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th European Congress of Chemical Engineering (ECCE2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of immersive modules of safety and pilot equipment for practical works in progress engineering education</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Density and vapor-liquid equilibria at 101.3 kPa of binary mixtures containing ethyl acetate and a branched naphthenic compound: experimental data and modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaoutar Berkalou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Debacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vitu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Congress of Chemical Engineering and 7th European Congress of Applied Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Berlin, France</w:t>
+              <w:t xml:space="preserve">14th European Congress of Chemical Engineering (ECCE 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05068955v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216668v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density and vapor-liquid equilibria at 101.3 kPa of binary mixtures containing ethyl acetate and a branched naphthenic compound: experimental data and modeling</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of immersive modules of safety and pilot equipment for practical works in progress engineering education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caqueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Guiga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Haustant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Congress of Chemical Engineering (ECCE 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">14th European Congress of Chemical Engineering and 7th European Congress of Applied Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Berlin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04216668v2</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05068955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId94"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4046,51 +4279,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0E547023"/>
+    <w:nsid w:val="0D31743B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4277,51 +4510,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caqueret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7952-252X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/115134301" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/206101645" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000035836298X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400364v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vitu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caqueret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Daridon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick Bazile" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2025.114648" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014978v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Berkalou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Havet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2025.107486" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514395v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Zanghelini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.4c00013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064425v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Debacq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/liquids3020014" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757786v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imelda Elizabeth Ortiz-Cerda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phahath Thammavong" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Porte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mabille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b04868" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503068v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cagnon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chedeville" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cherrier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtice.2011.05.004" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C47VBQ2C-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503044v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bostyn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Fauduet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.20550" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5JQ0M8V0-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503056v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Dehouli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2009.12.021" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RKZBWXGS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503036v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2007.10.009" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB3Q7VTN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503050v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2008.04.020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CDKH8TXD-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068901v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Guiga" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Haustant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bertrand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527097v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Garcia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Sylla-Iyarreta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pommet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lagarde" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069648v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cousquer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Koscielniak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miquelard-Garnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069004v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069696v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Galichet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977442v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madly Nagera" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455869v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ferreira de Oliveira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Chedeville" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Cagnon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Caqueret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Fauduet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976870v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454911v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976862v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454903v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kessoum" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976865v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454905v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451262v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451244v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976857v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747688v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480368v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068955v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216668v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caqueret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7952-252X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/115134301" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/206101645" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/000000035836298X" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400364v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vitu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caqueret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Daridon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrick Bazile" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2025.114648" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014978v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Berkalou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Havet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2025.107486" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514395v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Zanghelini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jced.4c00013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064425v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Debacq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/liquids3020014" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757786v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imelda Elizabeth Ortiz-Cerda" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phahath Thammavong" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Porte" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mabille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b04868" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503044v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cagnon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bostyn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Fauduet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.20550" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5JQ0M8V0-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503068v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chedeville" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cherrier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtice.2011.05.004" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C47VBQ2C-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503056v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Dehouli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2009.12.021" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RKZBWXGS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503036v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2007.10.009" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PB3Q7VTN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503050v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2008.04.020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CDKH8TXD-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068901v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Guiga" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Haustant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bertrand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527097v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Garcia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Sylla-Iyarreta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pommet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lagarde" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069648v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cousquer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Koscielniak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Miquelard-Garnier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069004v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069696v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Galichet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977442v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madly Nagera" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456127v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di&#233;naba Tandjigora" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lovasoa Rakotondramasy-Rabesiaka" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihasina Rabesiaka" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05455869v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatianne Ferreira de Oliveira" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Chedeville" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cagnon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976870v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976862v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454911v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976865v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454905v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454903v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Kessoum" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454899v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451244v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451262v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976857v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747688v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480368v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216668v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068955v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>