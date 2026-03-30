--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thibault Cardon </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargé de recherche CNRS au CRAHAM - Centre Michel de Boüard (Université de Caen Normandie / CNRS)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cardon-thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">193350432</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités administratives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Directeur-adjoint du CRAHAM (2022-)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse, habilitation et diplômes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Thèse de doctorat (2016) : Les usages des monnaies (mi XIIe-début XVIe s.). Pour une approche archéologique, anthropologique et historique des monnaies médiévales. Thèse de doctorat d’histoire sous la direction de Mathieu Arnoux & Marc Bompaire, Ehess (Paris). Paru en 2021 aux Presses universitaires de Caen (Publications du Craham).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participation aux programmes du Craham</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Porteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du projet ANR ClaMoMed (2025-2028) : Classification des espèces monétaires médiévales. S’inspirer des sciences du vivantCoordination avec P.-M. Guihard du programme Nummus 2 (Craham/MRSH) dédié à l’inventaire des trouvailles monétaires en contextes archéologiques. Consortium étendu (INRAP, IRAMAT, IDEES) en cours de signature.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coord. M.-C. Truc et C. Niel, Projet de publication monographique du site de la « Chapelle Saint-Thomas » à Aizier, Eure (Craham)Coord. L. Trommenschalger, MoneLor. Monnaies et monnayage dans l’espace lorrain : de l’archéologie au musée (Inrap, Craham, SRA Lorraine, Musée de la Cour d’Or, Pôle archéologique de Metz-Métropôle, BnF-MMA)Coord. B. Guillot, « Vuydange et salubritas » : Hygiène et gestion des déchets dans les villes normandes entre le XIVe et le XVIe siècle (Inrap, Craham, SRA de Normandie)Coord. M.-C. Truc et A. Rémy, Archéologie de l’habitat rural du haut Moyen Âge en Champagne-Ardenne (fin Ve-XIIe siècles). Un bilan régional de plus de trente ans d’archéologie préventive (Craham, Inrap) - Sous PresseCoord. L. Beuchet, Publication de synthèse de la fouille du château du Guildo (Craham, Inrap)Coord. L. Bourgeois et A. Gottfrois, Le château de Caen (XIe-XXIe siècles) : archéologie, textes et iconographie (Craham, Musée de Caen Normandie, Fabrique des Savoirs, SRA de Normandie, Inrap)Coord. D. Rego, Monographie des fouilles du village de Trainecourt https://pdn-archeo.unicaen.fr/archean/archean-portail/accueil.html (Grentheville, Calvados), XIIIe-XVe siècle (Craham)Coord. Fr. Lemaire, Isla Cabrera. L’île-Prison des soldats de Napoléon (Inrap, Fondation Napoléon, Association AASCAR)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participation à des réseaux scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Membre titulaire de la Société française de Numismatique (SFN).Membre de la Société d’études numismatique et archéologique (SENA).Membre du Cercle d’études numismatique (CEN, Bruxelles)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisation de colloques et journées d’étude</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Caen (France), 14 juin 2024, coordination avec Laurence Jean-Marie de la JE &amp;quot;Méreaux, jetons et enseignes : quels objets pour quels usages ?&amp;quot;Caen (France), 16-17 mai 2024, coordination avec G. Blanchet, P.-M. Guihard et J. Jambu de la JE Approche diachronique des techniques de la fabrication monétaire&amp;quot; à paraitre aux PURHMetz (France), 26-27 octobre 2023, coordination avec L. Trommenschlager et Br. Jané de la &amp;quot;Journée d'étude du PCR MoneLor&amp;quot;Paris (France), 2 décembre 2017 : coordination avec Jérôme Jambu (BnF-MMA) de la journée d’étude « Sensualité et sexualité en numismatique ». Actes parus dans le Bulletin de la société française de numismatique 72-10, SFN, Paris.Paris (France), 27-28 février 2015 : coordination avec Marc Bompaire (Ephe, Cnrs) et Fl. Marani (Ephe, Université de Pise) du colloque international « Les trouvailles de monnaies romaines en contexte médiéval ». Actes parus dans le Journal of Archaeological numismatics 5/6, CEEN, Bruxelles, 2016.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités éditoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Co-éditeur (2011-2023) du Journal of Archaeological numismatics (Centre d’études numismatiques, Bruxelles) – </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cen-numismatique.com/jan/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les apports de l'imagerie 3D pour l'étude des dépôts monétaires : le quadruple exemple de la fouille des 17-21 Faubourg Saint-Michel à Guérande (Loire-Atlantique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Raffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Borrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Gendrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édith Peytremann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imagerie scientifique et objet archéologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Corpus : A. Berthon, A. Cazin, M. Demarest, E. Dubreucq, P. Petit, A. Raffin, Mar 2023, Caen, France. pp.257-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux éléments sur la monnaie en Bretagne (Xe-mi XIe siècles) : monnaies des fouilles récentes de Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La monnaie aux Xe-XIe siècles. Evolutions monétaires, évolutions politiques, évolutions économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Bompaire, J. Chr. Moesgaard, G. Sarah, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépôt monétaires inédits de Lorraine (Moyen-Âge, époque moderne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude du PCR Monelor Journées d’étude du PCR Monelor au musée de la Cour d’Or à Metz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences sociales des changements techniques : la mécanisation de la production monétaire en France aux XVIe et XVIIe s.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LA NUMISMATIQUE DE L’ANTIQUITÉ À LA PÉRIODE MODERNE : PROBLÈMES, MÉTHODES ET ENQUÊTES EN COURS 1 – Approche diachronique des techniques de la fabrication monétaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, G. Blanchet, P.-M. Guihard, J. Jambu, Th. Cardon, May 2024, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion et ouverture sur les périodes médiévales et modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les voyages de la monnaie dans l'Antiquité romaine. Le transport des espèces monétaires et ses implications économiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P.-M Guihard, J. Chameroy, Jun 2023, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stalles du couvent des Dames de l’Abbiette : entre vestiges et culture matérielle (fouilles du couvent des Dominicaines de Lille)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Gardais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les stalles de la cathédrale d’Amiens : 500 ans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les céramiques à décor monétiforme en Normandie occidentale aux XIIIe-XIVe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bocquet-Liénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du réseau ICERAMM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03443069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le trésor de Quincampoix : un témoignage de la circulation monétaire pendant la guerre de Cent Ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Moitrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études autour de l’exposition « Mon précieux… à chacun son trésor »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03914518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques monnaies médiévales rares ou inédites de Lorraine impériale issues des collections de la BnF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le monnayage à Metz et en pays lorrain de l'antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Metz, France. pp.187-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monnaies et méreaux en contexte archéologique comme source pour l'étude du salariat (XIe-XVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVe Congrès International de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Taormina, Italie. pp.100-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les petites monnaies étrangères en Normandie aux XIVe-XVe siècles : provenances, modalités d’introduction et circulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Normandie dans l´Europe du Nord-Ouest : circulations monétaires et réseaux d´échanges de la fin de la Protohistoire à la fin du Moyen Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pierre-Marie Guihard (CRAHAM UMR 6273) et Jérémie Chameroy, Mar 2011, Caen, France. pp.207-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compléments sur le monnayage de Jean II de Chalon, comte d’Auxerre (1304-1362)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Cuinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 182, pp.373-406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les royaumes mérovingiens : un cadre de classement pour les tremisses ? L'exemple de l'Austrasie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux de la Société d'études numismatiques et archéologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, pp.35-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison du lieutenant de justice de l'abbaye de Clairvaux (Ville-sous-la-Ferté, Aube) aux temps modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Roms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Ravoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testard Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 74, pp.387-422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique des trésors (2016-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Drost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 180, pp.449-481</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nummus 2 : une base de données pour l’inventaire des trouvailles monétaires transpériodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Guihard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 78 (07), pp.302-310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume II d'Auxonne, évêque de Cambrai (1337-1342) : double parisis au grand lis et blanc au châtel couronné de la 4e émission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Sublet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 234, pp.29-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elbeuf (Seine-Maritime), rue Guynemer (XIVe-XVIIIe s.) : que faire des décalages chronologiques (monnaies/contextes) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.257-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878837v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ier comte de Hainaut (1304-1337) : maille blanche inédite et rare double mite au monogramme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sublet Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Cercle d’Études Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 59-3, pp.28-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique des trésors (2010-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Drost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 179, pp.373-430</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'atelier monétaire de Metz, des frappes carolingiennes à celles des comtes-évêques (milieu IXe-fin Xe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jané</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schiesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 76 (8), pp.346-353</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « gros à la couronne » non attribué de Jean II le Bon : une émission spéciale pour Tournai en 1360</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 76 (1), pp.34-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux monnaies messines de la collection H. Meyer conservées au musée de Metz : un denier de Louis le Germanique (870-876) et une obole au monogramme carolin (c. 936-962 ?)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jané</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schiesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 228, pp.9-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En passant par la Lorraine. Le projet diachronique MONELOR : monnaies et monnayages dans l'espace lorrain. Présentation des axes de recherches et des objectifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Trommenschlager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Drost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Féliu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Laffite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 76 (8), pp.309-316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un poids monétaire inédit pour le gros à l'écu de François II, duc de Bretagne, trouvé au Guildo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beuchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Bretonne de Numismatique et d'Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2019, pp.45-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03162000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classement des doubles tournois et parisis du roi de France Jean II le Bon (1350-1364)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 177, pp.279-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Salaün, avec la collaboration de Maryse Blet-Lemarquand, Monnaies mérovingiennes. Nantes, Grand Patrimoine de Loire-Atlantique (Collections du musée Dobrée), 2019, 128 p. ISBN : 979-10-95263-01-2. 20 €.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.249-250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'argent d'un commerçant surpris par un bombardement (Rennes, 8 juin 1944)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beuchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Archéologie des dépôts monétaires, 10, pp.345-364</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restitution du double figurant une couronne chargée de REX au nom de Jean (L. 340 ; D. 319) à Jean de Chalon, comte d'Auxerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 75 (06), pp.173-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trésors ou dépôts monétaires ? Quelques réflexions à partir de la situation en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Geneviève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Archéologie des dépôts monétaires, 10, pp.5-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les deux monnaies de Raoul (roi de Francie, 923-936) découvertes à Achery (Aisne) dans leur contexte archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Galois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Brouillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1/2, pp.117-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baudekin inédit du comté de Chiny (Ivoy-Carignan) pour Louis VI de Looz (1310-1336)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Clairand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Prot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 74 (05), pp.146-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La numismatique du camp d’Étaples. La solde au regard des découvertes archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Napoleonica. La Revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32, pp.76-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes sur le monnayage de Jean II le Bon (1350-1364)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.203-249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le premier trésor monétaire viking trouvé en normandie : Saint-Pierre-des-Fleurs (Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Christian Moesgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Prot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schiesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Normandie Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21, pp.70-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dépôt de monnaies polonaises et lituaniennes du XVIIe s. découvert près de Cailly (Seine-Maritime)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 220, pp.49-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dépôt monétaire des années 1365-1385 découvert au Palais (Belle-Île-en-Mer, Morbihan)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Bretonne de Numismatique et d'Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2017, pp.43-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double mite hybride pour Jean de Bunde, seigneur de Grand Brogel (1420-1456)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Cercle d’Études Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56 (2), pp.34-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recensions : Thierry Euvrard, Cédric Wolkow, Catalogue des monnaies régionales – Dôle, 2018. Thierry Euvrard, Cédric Wolkow, Catalogue des monnaies régionales – Autres ateliers comtois du Xe au XVe siècle, 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomenclature, taxonomie, clé de détermination : l'apport méthodologique des sciences du vivant à la numismatique médiévale et moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucy Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.319-359</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinq études sur le monnayage du règne de Jean II (1350-1364)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.203-249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold IV comte de Chiny (1299-1310) : le double parisis pour Neufchâteau retrouvé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Prot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Creusy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 74 (9), pp.339-341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un second exemplaire du quart de gros ou petit blanc dit « guénar » d’Henri V (1415-1422)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73 (01), pp.25-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principauté de Dombes : monnaies, millésimes et différents rares ou inédits du département des monnaies et médailles de la BnF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 216, pp.37-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attribution de quatre monnaies à Jean II de Chalon, comte d’Auxerre (1304-1361)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Dieulafait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Geneviève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Prot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Cercle d’Études Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 55 (3), pp.16-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Een Utrechtse gulden van bisschop Frederik van Baden tot penning gemaakt Gevonden in Lille (Frankrijk)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Beeldenaar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018-2, pp.102-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piéforts baronniaux bretons du département des monnaies et médailles de la BnF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215, pp.31-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monnaies de Suisse prétendument satiriques (1814-1815, 1823)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schweizer Münzblätter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.93-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le cœur humain recèle des bas-fonds qu'il ne faut pas trop sonder en détail » : les méreaux médiévaux à l'iconographie sexuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Sensualité et sexualité en numismatique, 72-10, pp.430-437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Een Utrechtse gulden van bisschop Frederik van Baden tot penning gemaakt. Gevonden in Lille (Frankrijk) [Un florin d'Utrecht de Frederik van Baden transformé en médaille (Lille, France)]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Beeldenaar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture des différents monétaires des mailles blanches de Charles IV et Philippe VI dans deux dépôts inédits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 213, pp.41-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méreaux de Laon du roi des Braies : trouvailles récentes et révision des datations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Galmiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72-08, pp.344-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un sesterce regravé en talisman (XIIe-XIVe s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Cercle d’Études Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54-2, pp.30-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Base de données Nummus 2. Inventaire des trouvailles monétaires des périodes antique, médiévale et moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Guihard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subha-Sree Pasupathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laon (Aisne) : un quartier du Bourg aux portes de la Cité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Galmiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Pichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Porcheret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Mergoil. , 2024, Europe médiévale, Jean Soulat, 978-2-35518-137-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier les monnaies anciennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Guihard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Bertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens-Christian Moesgaard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UFR HSS / CRAHAM. 2023, À vue d'oeil. Entrez dans la science par l'image., Marie-Astrid Bailly-Maitre, 978-2-9582861-1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche anthropologique des usage monétaires médiévaux. France du nord, XIIe-XVIe s.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Caen. 2021, Publications du Craham, Luc Bourgeois, 978-2-38185-021-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monnaies sur les sites ruraux : usages et fonctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association française d’archéologie mérovingienne; Marie-Cécile Truc; Arnaud Rémy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de l’habitat rural du premier Moyen Âge en Champagne-Ardenne (fin Ve-XIIe siècles). Un bilan régional de trente ans d’archéologie préventive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.345-364, 2024, 979-10-90282-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mobilier numismatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Christian Moesgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Labrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vincent Carpentier; Cyril Marcigny. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pont-de-l'Arche et le fort d'Alizay-Igoville (Eure). Les fortifications de la Seine normande, de l'âge viking à la guerre de Cent Ans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.175-209, 2023, Publications du Centre de Recherches Archéologiques et Historiques Anciennes et Médiévales, 978-2-38185-190-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France médiévale (Xe-XVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">International Numismatic Council. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Survey of Numismatic Rersearch 2014-2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.703-719, 2022, 978-3-9525721-0-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stalles du couvent des Dames de l’Abbiette (Lille) : entre vestiges et culture matérielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Gardais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lemé-Hébuterne, Kristiane; Billiet, Frédéric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les stalles de la cathedrale d'Amiens : 500 ans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stalles de Picardie, Misericordia International, pp.137-158, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méreaux monétaires médiévaux de Bezannes (Marne) en contexte archéologique (XIIe-XVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Monnaie à Troyes et en Champagne de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Recherches et Travaux de la Société d'Etudes Numismatiques et Archéologiques (11), pp.139-149, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diffusion du petit numéraire namurois en France, milieu du XIVe-début du XVe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trésors numismatiques du Cabinet François Cajot à Namur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.179-193, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chapelle Saint-Thomas d’Aizier (Eure) : bilan de douze années de fouille programmée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lequoy, Marie-Clotilde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées archéologiques de Haute-Normandie : Évreux, 6-8 mai 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications des universités de Rouen et du Havre, pp.241-260, 2012, Haute-Normandie archéologique, 978-2-87775-559-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01715451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les occupations protohistorique, gallo-romaine et médiévale à Dampierre-sur-Moivre, ’Le Grand Mont de Noix’ et à Francheville, ’Bouverot’ (Marne) d’après les monnaies de la collection A. Folliet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Drost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charnotet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monnaies de sites et trésors de l’antiquité aux temps modernes. Vol. I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dossiers du CEN (3), Cercle d’Études Numismatiques, pp.75-108, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04376837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nogent-l'Artaud (Aisne), Jardin du couvent des Clarisses - Étude numismatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service archéologique du département de l'Aisne. 2023, pp.189-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monnaies des soldats napoléoniens en détention à Cabrera (1808-1814)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP; AaSCAR. 2023, pp.78-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aître Saint-Maclou (Rouen, 76), un dépôt de fondation de 1859</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAHAM - Inrap. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bretagne, Finistère, Plozevet, Kermao. Le dépôt monétaire d'Alain Larour, notaire royal, sieur de Kermao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Béthus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Gendrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Poilpré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP Grand-Ouest. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sources numismatiques (34 p.). Rapport 2020 du PCR sur Le château de Caen (XIe-XXIe siècles) : archéologie, textes et iconographie (resp. Luc Bourgeois)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monnaies comme déchets. Une approche archéologique des monnaies balayées, rejetées ou hors-stratigraphie (20 p.). Rapport 2020 du PCR Vuydanges et Salubritas (resp. B. Guillot)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris 1er, 4 boulevard du Palais / cour de la Conciergerie : rapport de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charnotet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Goret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Château de Caen : les sources numismatiques (45 p.). Rapport 2019 du PCR sur le château de Caen (resp. Luc Bourgeois)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grande salle d'Henri II Plantagenêt au château de Caen. Rapport de fouille programmée 2011-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Béguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO; Craham-UMR 6273 CNRS-UNICAEN. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Butte, fossé, heurt et jardins au nord du Donjon de Rouen. Rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bocquet-Liénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poissy, rues du 11 novembre 1918, de la Libération et du 8 mai 1945 (Yvelines, Île-de-France), rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chantran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Service archéologique interdépartemental Yvelines/Hauts-de-Seine; Service régional de l'Archéologie Île-de-France. 2019, pp.1195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02365483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dépôt monétaire de Juvardeil (Maine-et-Loire). Une thésaurisation or de 1914-1927</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Service régional d'archéologie Pays-de-la-Loire. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un terroir agricole gaulois et gallo-romain sur le plateau de Caux Saint-Riquier-Es-Plains : et quelques témoins de l'histoire récente : Le Golf, Saint-Riquier-ès-Plains et Ocqueville, (Seine-Maritime) : rapport de fouille, 3 vol. (908 p.) : 222 fig.,159 pl., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dagmar Lukas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Beurion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lénaïg Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest; SRA Normandie. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marécage, teinture, tabac et tannerie. Le quartier sud-est de Dieppe entre le XIIIe et le XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Calderoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dépôt monétaire de Montreverd (Vendée). Une thésaurisation or-argent de 1868-1869</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Service régional d'archéologie Pays-de-la-Loire. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dépôt monétaire de Quincampoix (Seine-Maritime) : une thésaurisation lente abandonnée vers 1433/40-1449</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Moitrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Lecler-Huby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Service régional de l'archéologie de Normandie. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miramas : étude des monnaies d'un camp de prisonniers (1945-1948)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Inrap Meditérranée. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution d'un quartier urbain à Elbeuf du XIIIe au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Calderoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Guihard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO. 2017, pp.2 volumes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">12. Du Moyen Âge à l’époque contemporaine, in Marcigny C., Mazet S. (dir.), Au bord de l’eau ! Les occupations humaines d’une berge de la Seine du Tardiglaciaire à nos jours ; Haute-Normandie, Eure (27), ALIZAY - Le Postel, Le Pré Rompu, Le Chêne, Le Port au Chanvre, Les Diguets ; IGOVILLE - Le Fort, Les Limais ; RFO de fouille archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Labrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015, pp.51-340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nord-Pas-de-Calais, Lille, 27-35 rue de Tournai : le couvent des Dames de l'Abbiette : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Delmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Gardais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Gryspeirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecouché (Orne), « Ferme Méheudin » : enceinte fortifiée et habitat du Xe au XVIIIe s. dans la campagne d'Argentan : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godard Céline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'urbanisation d'un secteur de la cité de Rouen entre l'époque augustéenne et la fin du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opale Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Dréano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Lecler-Huby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aizier (27), Chapelle Saint-Thomas, Fouille programmée d’une léproserie médiévale, rapport 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Groupe Archéologique du Val de Seine : SRA Haute-Normandie. 2007, pp.2 volumes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapelle Saint-Thomas, Fouille programmée d’une léproserie médiévale, rapport 2003, rapport de fouille programmée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Groupe Archéologique du Val de Seine : SRA Haute-Normandie. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie des dépôts monétaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensualité et sexualité en numismatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Jambu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 72-10, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trouvailles de monnaies romaines en contexte médiéval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bompaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavia Marani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Geneviève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les trouvailles de monnaies romaines en contexte médiéval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Paris, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5/6, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId189"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Thibault Cardon </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargé de recherche CNRS au CRAHAM - Centre Michel de Boüard (Université de Caen Normandie / CNRS)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cardon-thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">193350432</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités administratives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Directeur-adjoint du CRAHAM (2022-)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse, habilitation et diplômes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Thèse de doctorat (2016) : Les usages des monnaies (mi XIIe-début XVIe s.). Pour une approche archéologique, anthropologique et historique des monnaies médiévales. Thèse de doctorat d’histoire sous la direction de Mathieu Arnoux & Marc Bompaire, Ehess (Paris). Paru en 2021 aux Presses universitaires de Caen (Publications du Craham).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participation aux programmes du Craham</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Porteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du projet ANR ClaMoMed (2025-2028) : Classification des espèces monétaires médiévales. S’inspirer des sciences du vivantCoordination avec P.-M. Guihard du programme Nummus 2 (Craham/MRSH) dédié à l’inventaire des trouvailles monétaires en contextes archéologiques. Consortium étendu (INRAP, IRAMAT, IDEES) en cours de signature.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coord. M.-C. Truc et C. Niel, Projet de publication monographique du site de la « Chapelle Saint-Thomas » à Aizier, Eure (Craham)Coord. L. Trommenschalger, MoneLor. Monnaies et monnayage dans l’espace lorrain : de l’archéologie au musée (Inrap, Craham, SRA Lorraine, Musée de la Cour d’Or, Pôle archéologique de Metz-Métropôle, BnF-MMA)Coord. B. Guillot, « Vuydange et salubritas » : Hygiène et gestion des déchets dans les villes normandes entre le XIVe et le XVIe siècle (Inrap, Craham, SRA de Normandie)Coord. M.-C. Truc et A. Rémy, Archéologie de l’habitat rural du haut Moyen Âge en Champagne-Ardenne (fin Ve-XIIe siècles). Un bilan régional de plus de trente ans d’archéologie préventive (Craham, Inrap) - Sous PresseCoord. L. Beuchet, Publication de synthèse de la fouille du château du Guildo (Craham, Inrap)Coord. L. Bourgeois et A. Gottfrois, Le château de Caen (XIe-XXIe siècles) : archéologie, textes et iconographie (Craham, Musée de Caen Normandie, Fabrique des Savoirs, SRA de Normandie, Inrap)Coord. D. Rego, Monographie des fouilles du village de Trainecourt https://pdn-archeo.unicaen.fr/archean/archean-portail/accueil.html (Grentheville, Calvados), XIIIe-XVe siècle (Craham)Coord. Fr. Lemaire, Isla Cabrera. L’île-Prison des soldats de Napoléon (Inrap, Fondation Napoléon, Association AASCAR)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participation à des réseaux scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Membre titulaire de la Société française de Numismatique (SFN).Membre de la Société d’études numismatique et archéologique (SENA).Membre du Cercle d’études numismatique (CEN, Bruxelles)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organisation de colloques et journées d’étude</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Caen (France), 14 juin 2024, coordination avec Laurence Jean-Marie de la JE &amp;quot;Méreaux, jetons et enseignes : quels objets pour quels usages ?&amp;quot;Caen (France), 16-17 mai 2024, coordination avec G. Blanchet, P.-M. Guihard et J. Jambu de la JE Approche diachronique des techniques de la fabrication monétaire&amp;quot; à paraitre aux PURHMetz (France), 26-27 octobre 2023, coordination avec L. Trommenschlager et Br. Jané de la &amp;quot;Journée d'étude du PCR MoneLor&amp;quot;Paris (France), 2 décembre 2017 : coordination avec Jérôme Jambu (BnF-MMA) de la journée d’étude « Sensualité et sexualité en numismatique ». Actes parus dans le Bulletin de la société française de numismatique 72-10, SFN, Paris.Paris (France), 27-28 février 2015 : coordination avec Marc Bompaire (Ephe, Cnrs) et Fl. Marani (Ephe, Université de Pise) du colloque international « Les trouvailles de monnaies romaines en contexte médiéval ». Actes parus dans le Journal of Archaeological numismatics 5/6, CEEN, Bruxelles, 2016.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités éditoriales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Co-éditeur (2011-2023) du Journal of Archaeological numismatics (Centre d’études numismatiques, Bruxelles) – </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.cen-numismatique.com/jan/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les apports de l'imagerie 3D pour l'étude des dépôts monétaires : le quadruple exemple de la fouille des 17-21 Faubourg Saint-Michel à Guérande (Loire-Atlantique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Raffin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Borrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Gendrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édith Peytremann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imagerie scientifique et objet archéologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Corpus : A. Berthon, A. Cazin, M. Demarest, E. Dubreucq, P. Petit, A. Raffin, Mar 2023, Caen, France. pp.257-272</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux éléments sur la monnaie en Bretagne (Xe-mi XIe siècles) : monnaies des fouilles récentes de Rennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La monnaie aux Xe-XIe siècles. Evolutions monétaires, évolutions politiques, évolutions économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Bompaire, J. Chr. Moesgaard, G. Sarah, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépôt monétaires inédits de Lorraine (Moyen-Âge, époque moderne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’étude du PCR Monelor Journées d’étude du PCR Monelor au musée de la Cour d’Or à Metz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences sociales des changements techniques : la mécanisation de la production monétaire en France aux XVIe et XVIIe s.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LA NUMISMATIQUE DE L’ANTIQUITÉ À LA PÉRIODE MODERNE : PROBLÈMES, MÉTHODES ET ENQUÊTES EN COURS 1 – Approche diachronique des techniques de la fabrication monétaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, G. Blanchet, P.-M. Guihard, J. Jambu, Th. Cardon, May 2024, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion et ouverture sur les périodes médiévales et modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les voyages de la monnaie dans l'Antiquité romaine. Le transport des espèces monétaires et ses implications économiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, P.-M Guihard, J. Chameroy, Jun 2023, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stalles du couvent des Dames de l’Abbiette : entre vestiges et culture matérielle (fouilles du couvent des Dominicaines de Lille)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Gardais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les stalles de la cathédrale d’Amiens : 500 ans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les céramiques à décor monétiforme en Normandie occidentale aux XIIIe-XIVe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bocquet-Liénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du réseau ICERAMM 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03443069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le trésor de Quincampoix : un témoignage de la circulation monétaire pendant la guerre de Cent Ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Moitrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études autour de l’exposition « Mon précieux… à chacun son trésor »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03914518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques monnaies médiévales rares ou inédites de Lorraine impériale issues des collections de la BnF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le monnayage à Metz et en pays lorrain de l'antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Metz, France. pp.187-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monnaies et méreaux en contexte archéologique comme source pour l'étude du salariat (XIe-XVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVe Congrès International de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Taormina, Italie. pp.100-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les petites monnaies étrangères en Normandie aux XIVe-XVe siècles : provenances, modalités d’introduction et circulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Normandie dans l´Europe du Nord-Ouest : circulations monétaires et réseaux d´échanges de la fin de la Protohistoire à la fin du Moyen Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pierre-Marie Guihard (CRAHAM UMR 6273) et Jérémie Chameroy, Mar 2011, Caen, France. pp.207-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compléments sur le monnayage de Jean II de Chalon, comte d’Auxerre (1304-1362)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Cuinet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 182, pp.373-406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les royaumes mérovingiens : un cadre de classement pour les tremisses ? L'exemple de l'Austrasie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et travaux de la Société d'études numismatiques et archéologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, pp.35-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maison du lieutenant de justice de l'abbaye de Clairvaux (Ville-sous-la-Ferté, Aube) aux temps modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Roms</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Ravoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testard Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de l'Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 74, pp.387-422</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05403667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique des trésors (2016-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Drost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 180, pp.449-481</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nummus 2 : une base de données pour l’inventaire des trouvailles monétaires transpériodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Guihard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 78 (07), pp.302-310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume II d'Auxonne, évêque de Cambrai (1337-1342) : double parisis au grand lis et blanc au châtel couronné de la 4e émission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Sublet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 234, pp.29-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elbeuf (Seine-Maritime), rue Guynemer (XIVe-XVIIIe s.) : que faire des décalages chronologiques (monnaies/contextes) ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.257-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878837v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ier comte de Hainaut (1304-1337) : maille blanche inédite et rare double mite au monogramme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sublet Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Cercle d’Études Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 59-3, pp.28-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronique des trésors (2010-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Drost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 179, pp.373-430</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'atelier monétaire de Metz, des frappes carolingiennes à celles des comtes-évêques (milieu IXe-fin Xe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jané</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schiesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 76 (8), pp.346-353</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « gros à la couronne » non attribué de Jean II le Bon : une émission spéciale pour Tournai en 1360</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sarah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 76 (1), pp.34-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03133953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux monnaies messines de la collection H. Meyer conservées au musée de Metz : un denier de Louis le Germanique (870-876) et une obole au monogramme carolin (c. 936-962 ?)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Jané</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schiesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 228, pp.9-15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En passant par la Lorraine. Le projet diachronique MONELOR : monnaies et monnayages dans l'espace lorrain. Présentation des axes de recherches et des objectifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Trommenschlager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Drost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Féliu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Laffite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 76 (8), pp.309-316</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un poids monétaire inédit pour le gros à l'écu de François II, duc de Bretagne, trouvé au Guildo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beuchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Bretonne de Numismatique et d'Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2019, pp.45-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03162000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classement des doubles tournois et parisis du roi de France Jean II le Bon (1350-1364)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 177, pp.279-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Salaün, avec la collaboration de Maryse Blet-Lemarquand, Monnaies mérovingiennes. Nantes, Grand Patrimoine de Loire-Atlantique (Collections du musée Dobrée), 2019, 128 p. ISBN : 979-10-95263-01-2. 20 €.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.249-250</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restitution du double figurant une couronne chargée de REX au nom de Jean (L. 340 ; D. 319) à Jean de Chalon, comte d'Auxerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 75 (06), pp.173-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trésors ou dépôts monétaires ? Quelques réflexions à partir de la situation en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Geneviève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Archéologie des dépôts monétaires, 10, pp.5-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'argent d'un commerçant surpris par un bombardement (Rennes, 8 juin 1944)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Beuchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Archéologie des dépôts monétaires, 10, pp.345-364</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les deux monnaies de Raoul (roi de Francie, 923-936) découvertes à Achery (Aisne) dans leur contexte archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Galois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Brouillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Picardie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1/2, pp.117-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baudekin inédit du comté de Chiny (Ivoy-Carignan) pour Louis VI de Looz (1310-1336)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Clairand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Prot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 74 (05), pp.146-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La numismatique du camp d’Étaples. La solde au regard des découvertes archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Napoleonica. La Revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32, pp.76-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes sur le monnayage de Jean II le Bon (1350-1364)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.203-249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le premier trésor monétaire viking trouvé en normandie : Saint-Pierre-des-Fleurs (Eure)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Christian Moesgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Prot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Schiesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Normandie Archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21, pp.70-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dépôt de monnaies polonaises et lituaniennes du XVIIe s. découvert près de Cailly (Seine-Maritime)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 220, pp.49-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un dépôt monétaire des années 1365-1385 découvert au Palais (Belle-Île-en-Mer, Morbihan)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Société Bretonne de Numismatique et d'Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2017, pp.43-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double mite hybride pour Jean de Bunde, seigneur de Grand Brogel (1420-1456)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Cercle d’Études Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 56 (2), pp.34-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02281994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recensions : Thierry Euvrard, Cédric Wolkow, Catalogue des monnaies régionales – Dôle, 2018. Thierry Euvrard, Cédric Wolkow, Catalogue des monnaies régionales – Autres ateliers comtois du Xe au XVe siècle, 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nomenclature, taxonomie, clé de détermination : l'apport méthodologique des sciences du vivant à la numismatique médiévale et moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucy Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.319-359</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinq études sur le monnayage du règne de Jean II (1350-1364)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.203-249</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnold IV comte de Chiny (1299-1310) : le double parisis pour Neufchâteau retrouvé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Prot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Creusy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 74 (9), pp.339-341</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un second exemplaire du quart de gros ou petit blanc dit « guénar » d’Henri V (1415-1422)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73 (01), pp.25-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principauté de Dombes : monnaies, millésimes et différents rares ou inédits du département des monnaies et médailles de la BnF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 216, pp.37-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attribution de quatre monnaies à Jean II de Chalon, comte d’Auxerre (1304-1361)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Dieulafait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Geneviève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Prot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Cercle d’Études Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 55 (3), pp.16-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02279809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Een Utrechtse gulden van bisschop Frederik van Baden tot penning gemaakt Gevonden in Lille (Frankrijk)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Beeldenaar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2018-2, pp.102-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piéforts baronniaux bretons du département des monnaies et médailles de la BnF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Kind</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215, pp.31-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le cœur humain recèle des bas-fonds qu'il ne faut pas trop sonder en détail » : les méreaux médiévaux à l'iconographie sexuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Sensualité et sexualité en numismatique, 72-10, pp.430-437</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monnaies de Suisse prétendument satiriques (1814-1815, 1823)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schweizer Münzblätter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.93-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Een Utrechtse gulden van bisschop Frederik van Baden tot penning gemaakt. Gevonden in Lille (Frankrijk) [Un florin d'Utrecht de Frederik van Baden transformé en médaille (Lille, France)]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Beeldenaar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01810211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture des différents monétaires des mailles blanches de Charles IV et Philippe VI dans deux dépôts inédits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 213, pp.41-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méreaux de Laon du roi des Braies : trouvailles récentes et révision des datations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Galmiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72-08, pp.344-347</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un sesterce regravé en talisman (XIIe-XIVe s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin du Cercle d’Études Numismatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54-2, pp.30-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Base de données Nummus 2. Inventaire des trouvailles monétaires des périodes antique, médiévale et moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Guihard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subha-Sree Pasupathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laon (Aisne) : un quartier du Bourg aux portes de la Cité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Galmiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Pichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Porcheret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Mergoil. , 2024, Europe médiévale, Jean Soulat, 978-2-35518-137-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04517453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étudier les monnaies anciennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Guihard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Bertaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens-Christian Moesgaard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UFR HSS / CRAHAM. 2023, À vue d'oeil. Entrez dans la science par l'image., Marie-Astrid Bailly-Maitre, 978-2-9582861-1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche anthropologique des usage monétaires médiévaux. France du nord, XIIe-XVIe s.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Caen. 2021, Publications du Craham, Luc Bourgeois, 978-2-38185-021-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monnaies sur les sites ruraux : usages et fonctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association française d’archéologie mérovingienne; Marie-Cécile Truc; Arnaud Rémy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie de l’habitat rural du premier Moyen Âge en Champagne-Ardenne (fin Ve-XIIe siècles). Un bilan régional de trente ans d’archéologie préventive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.345-364, 2024, 979-10-90282-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mobilier numismatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Christian Moesgaard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Labrot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vincent Carpentier; Cyril Marcigny. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pont-de-l'Arche et le fort d'Alizay-Igoville (Eure). Les fortifications de la Seine normande, de l'âge viking à la guerre de Cent Ans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.175-209, 2023, Publications du Centre de Recherches Archéologiques et Historiques Anciennes et Médiévales, 978-2-38185-190-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France médiévale (Xe-XVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">International Numismatic Council. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Survey of Numismatic Rersearch 2014-2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.703-719, 2022, 978-3-9525721-0-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méreaux monétaires médiévaux de Bezannes (Marne) en contexte archéologique (XIIe-XVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Blanchet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Monnaie à Troyes et en Champagne de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Recherches et Travaux de la Société d'Etudes Numismatiques et Archéologiques (11), pp.139-149, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les stalles du couvent des Dames de l’Abbiette (Lille) : entre vestiges et culture matérielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Gardais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lemé-Hébuterne, Kristiane; Billiet, Frédéric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les stalles de la cathedrale d'Amiens : 500 ans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stalles de Picardie, Misericordia International, pp.137-158, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chapelle Saint-Thomas d’Aizier (Eure) : bilan de douze années de fouille programmée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chapelain de Seréville-Niel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lequoy, Marie-Clotilde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées archéologiques de Haute-Normandie : Évreux, 6-8 mai 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications des universités de Rouen et du Havre, pp.241-260, 2012, Haute-Normandie archéologique, 978-2-87775-559-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01715451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diffusion du petit numéraire namurois en France, milieu du XIVe-début du XVe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Toussaint. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trésors numismatiques du Cabinet François Cajot à Namur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.179-193, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les occupations protohistorique, gallo-romaine et médiévale à Dampierre-sur-Moivre, ’Le Grand Mont de Noix’ et à Francheville, ’Bouverot’ (Marne) d’après les monnaies de la collection A. Folliet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Drost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charnotet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Monnaies de sites et trésors de l’antiquité aux temps modernes. Vol. I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dossiers du CEN (3), Cercle d’Études Numismatiques, pp.75-108, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04376837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nogent-l'Artaud (Aisne), Jardin du couvent des Clarisses - Étude numismatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service archéologique du département de l'Aisne. 2023, pp.189-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monnaies des soldats napoléoniens en détention à Cabrera (1808-1814)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP; AaSCAR. 2023, pp.78-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aître Saint-Maclou (Rouen, 76), un dépôt de fondation de 1859</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRAHAM - Inrap. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bretagne, Finistère, Plozevet, Kermao. Le dépôt monétaire d'Alain Larour, notaire royal, sieur de Kermao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teddy Béthus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Gendrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Poilpré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAP Grand-Ouest. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sources numismatiques (34 p.). Rapport 2020 du PCR sur Le château de Caen (XIe-XXIe siècles) : archéologie, textes et iconographie (resp. Luc Bourgeois)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monnaies comme déchets. Une approche archéologique des monnaies balayées, rejetées ou hors-stratigraphie (20 p.). Rapport 2020 du PCR Vuydanges et Salubritas (resp. B. Guillot)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris 1er, 4 boulevard du Palais / cour de la Conciergerie : rapport de diagnostic archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charnotet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Claude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Goret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Château de Caen : les sources numismatiques (45 p.). Rapport 2019 du PCR sur le château de Caen (resp. Luc Bourgeois)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grande salle d'Henri II Plantagenêt au château de Caen. Rapport de fouille programmée 2011-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Béguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO; Craham-UMR 6273 CNRS-UNICAEN. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Butte, fossé, heurt et jardins au nord du Donjon de Rouen. Rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bocquet-Liénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03242223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poissy, rues du 11 novembre 1918, de la Libération et du 8 mai 1945 (Yvelines, Île-de-France), rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelise Binois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Borvon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chantran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Service archéologique interdépartemental Yvelines/Hauts-de-Seine; Service régional de l'Archéologie Île-de-France. 2019, pp.1195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02365483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dépôt monétaire de Juvardeil (Maine-et-Loire). Une thésaurisation or de 1914-1927</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Service régional d'archéologie Pays-de-la-Loire. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un terroir agricole gaulois et gallo-romain sur le plateau de Caux Saint-Riquier-Es-Plains : et quelques témoins de l'histoire récente : Le Golf, Saint-Riquier-ès-Plains et Ocqueville, (Seine-Maritime) : rapport de fouille, 3 vol. (908 p.) : 222 fig.,159 pl., couv. ill. en coul. ; 30 cm + 1 plan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dagmar Lukas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Beurion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lorquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lénaïg Féret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest; SRA Normandie. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marécage, teinture, tabac et tannerie. Le quartier sud-est de Dieppe entre le XIIIe et le XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Calderoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest, S.R.A de Normandie. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02435903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dépôt monétaire de Montreverd (Vendée). Une thésaurisation or-argent de 1868-1869</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Service régional d'archéologie Pays-de-la-Loire. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dépôt monétaire de Quincampoix (Seine-Maritime) : une thésaurisation lente abandonnée vers 1433/40-1449</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Moitrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Lecler-Huby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Service régional de l'archéologie de Normandie. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miramas : étude des monnaies d'un camp de prisonniers (1945-1948)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Inrap Meditérranée. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02305941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution d'un quartier urbain à Elbeuf du XIIIe au XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Barme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Calderoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Marie Guihard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO. 2017, pp.2 volumes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">12. Du Moyen Âge à l’époque contemporaine, in Marcigny C., Mazet S. (dir.), Au bord de l’eau ! Les occupations humaines d’une berge de la Seine du Tardiglaciaire à nos jours ; Haute-Normandie, Eure (27), ALIZAY - Le Postel, Le Pré Rompu, Le Chêne, Le Port au Chanvre, Les Diguets ; IGOVILLE - Le Fort, Les Limais ; RFO de fouille archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Adrian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Labrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand-Ouest. 2015, pp.51-340</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nord-Pas-de-Calais, Lille, 27-35 rue de Tournai : le couvent des Dames de l'Abbiette : rapport de diagnostic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cercy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Delmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Gardais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Gryspeirt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02445532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecouché (Orne), « Ferme Méheudin » : enceinte fortifiée et habitat du Xe au XVIIIe s. dans la campagne d'Argentan : rapport de fouille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Cambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Dervin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Godard Céline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'urbanisation d'un secteur de la cité de Rouen entre l'époque augustéenne et la fin du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opale Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvon Dréano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Lecler-Huby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Inrap GO. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02547250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aizier (27), Chapelle Saint-Thomas, Fouille programmée d’une léproserie médiévale, rapport 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Alduc-Le Bagousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Groupe Archéologique du Val de Seine : SRA Haute-Normandie. 2007, pp.2 volumes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapelle Saint-Thomas, Fouille programmée d’une léproserie médiévale, rapport 2003, rapport de fouille programmée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Truc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Groupe Archéologique du Val de Seine : SRA Haute-Normandie. 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archéologie des dépôts monétaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03144288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensualité et sexualité en numismatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Jambu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Française de Numismatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 72-10, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02289982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trouvailles de monnaies romaines en contexte médiéval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bompaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavia Marani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Geneviève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les trouvailles de monnaies romaines en contexte médiéval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Paris, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Archæological Numismatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5/6, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02311159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId189"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="59267A87"/>
+    <w:nsid w:val="C3CD2D8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cardon-thibault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193350432" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cen-numismatique.com/jan/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403783v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Raffin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Borrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gendrot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Peytremann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403609v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403505v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403380v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403588v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051553v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cercy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Gardais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443069v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leclerc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03914518v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moitrel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409982v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305902v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129927v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118562v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Cuinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283844v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403667v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Roms" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ravoire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Testard Pierre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283829v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Drost" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273946v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Guihard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212826v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Sublet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878837v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Guillot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878848v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sublet Roland" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283820v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508358v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jan&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schiesser" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133953v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Kind" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348044v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508369v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trommenschlager" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Laffite" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162000v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beuchet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042264v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151172v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144296v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950672v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144304v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929181v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Galois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brouillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279753v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Clairand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Prot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279742v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042248v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428739v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Christian Moesgaard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279749v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279765v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02281994v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279827v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279797v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Morin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279794v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392882v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Creusy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282074v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282070v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279809v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Dieulafait" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282083v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02289996v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305913v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02289992v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01810211v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305905v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305904v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Galmiche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305911v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934781v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subha-Sree Pasupathy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517453v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pichet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Porcheret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Briand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149941v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanchet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bertaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens-Christian Moesgaard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151142v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118503v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212851v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Labrot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/book/?gcoi=28777100378410" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876984v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877043v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gucker" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129911v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01715451v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Truc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Le Roux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04376837v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charnotet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214699v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212870v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878856v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877120v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy B&#233;thus" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Petit" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poilpr&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151206v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151177v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159942v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couturier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Claude" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Goret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151184v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242221v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne B&#233;guier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Barme" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242223v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365483v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girault" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chantran" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282061v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095242v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Lukas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beurion" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorquet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g F&#233;ret" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435903v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Calderoni" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282055v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305938v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Lecler-Huby" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305941v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02547239v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064376v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02445532v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Delmont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gryspeirt" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436566v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godard C&#233;line" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02547250v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouanin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opale Robin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310406v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Alduc-Le Bagousse" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310390v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144288v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02289982v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jambu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02311159v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bompaire" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Marani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cardon-thibault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193350432" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cen-numismatique.com/jan/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403783v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Raffin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Borrel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gendrot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;dith Peytremann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403609v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403505v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403380v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403588v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051553v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cercy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Gardais" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443069v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leclerc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03914518v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Moitrel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409982v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305902v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129927v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118562v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Cuinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283844v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403667v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Roms" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ravoire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Testard Pierre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283829v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Drost" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273946v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Guihard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212826v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Sublet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878837v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Guillot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878848v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sublet Roland" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283820v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508358v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jan&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schiesser" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133953v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Kind" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348044v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508369v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trommenschlager" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Laffite" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162000v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beuchet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042264v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151172v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950672v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144304v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144296v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929181v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Galois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brouillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279753v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Clairand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Prot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279742v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042248v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428739v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Christian Moesgaard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279749v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279765v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02281994v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279827v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279797v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Morin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279794v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392882v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Creusy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282074v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282070v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02279809v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Dieulafait" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282083v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02289996v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02289992v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305913v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01810211v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305905v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305904v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Galmiche" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305911v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934781v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subha-Sree Pasupathy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517453v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pichet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Porcheret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Briand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149941v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanchet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bertaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens-Christian Moesgaard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151142v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118503v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212851v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Labrot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/book/?gcoi=28777100378410" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877043v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gucker" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876984v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01715451v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Truc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Le Roux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129911v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04376837v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charnotet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214699v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212870v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878856v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877120v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy B&#233;thus" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Petit" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poilpr&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151206v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151177v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159942v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couturier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Claude" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Goret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151184v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242221v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne B&#233;guier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Barme" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242223v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365483v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girault" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chantran" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282061v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095242v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Lukas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beurion" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorquet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g F&#233;ret" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435903v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Calderoni" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282055v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305938v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Lecler-Huby" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305941v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02547239v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02064376v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02445532v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Delmont" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gryspeirt" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02436566v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godard C&#233;line" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02547250v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jouanin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opale Robin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Dr&#233;ano" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310406v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Alduc-Le Bagousse" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310390v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144288v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02289982v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jambu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02311159v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bompaire" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Marani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>