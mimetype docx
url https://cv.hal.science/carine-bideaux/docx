--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,256 +100,256 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the effects of assimilable nitrogen addition on fermentation in oenological conditions</w:t>
+                <w:t xml:space="preserve">Dynamic modelling of the effects of assimilable nitrogen addition on aroma synthesis during wine fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
+                <w:t xml:space="preserve">Arturo Aceves Lara Cesar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joséphine Godillot</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carine Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioprocess and Biosystems Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 102, pp.301-306</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04102855v1</w:t>
+                <w:t xml:space="preserve">hal-04287618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic modelling of the effects of assimilable nitrogen addition on aroma synthesis during wine fermentation</w:t>
+                <w:t xml:space="preserve">Modelling the effects of assimilable nitrogen addition on fermentation in oenological conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Godillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Roch Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arturo Aceves Lara Cesar</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ioan-Cristian Trelea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bioprocess and Biosystems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46, pp.941-955. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00449-023-02861-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04287618v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of recombinant scorpion antivenoms in E. coli: current state and perspectives</w:t>
               </w:r>
@@ -374,51 +374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazar Kraïem-Ghezal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balkiss Bouhaouala-Zahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Arturo Aceves Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -499,51 +499,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Garrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy Duong Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -642,51 +642,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazar Ghezal-Kraïem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balkiss Bouhaouala-Zahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Arturo Aceves Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -776,51 +776,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Cruvellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -910,51 +910,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Tapsoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Leray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1044,51 +1044,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazar Kraiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balkiss Bouhaouala‐zahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Arturo Aceves-Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1178,51 +1178,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josué Tchouanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Henrique Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Lestrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1299,51 +1299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Robles Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Munoz Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gorret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1420,51 +1420,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of oxygen availability on the metabolism and morphology of Yarrowia lipolytica: insights into the impact of glucose levels on dimorphism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Timoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1554,51 +1554,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic metabolic modeling of lipid accumulation and citric acid production by Yarrowia lipolytica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Robles Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1701,51 +1701,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asma Timoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Cleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1809,51 +1809,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic flux analysis model for optimizing xylose conversion into ethanol by the natural C5-fermenting yeast Candida shehatae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Montheard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1952,51 +1952,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term dynamic behavior of Escherichia coli in response to successive glucose pulses on glucose-limited chemostat cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sirichai Sunya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2094,51 +2094,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Ben Gaïda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alfenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2266,51 +2266,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alfenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elke Nevoigt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial Cell Factories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 12, </w:t>
@@ -2374,51 +2374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Ben Gaida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alfenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2520,51 +2520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Ben Gaïda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alfenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2645,51 +2645,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pagliardini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Hubmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfenore S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2766,51 +2766,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation hydrodynamique d'un réacteur bi-étagé avec recyclage cellulaire (BBRC) à travers l'étude de la distribution des temps de séjour (DTS) des phases gaz, liquide et biomasse catalytique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Ben Gaïda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alefenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3024,51 +3024,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stoichiometric modelling approach for microbial cultures monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Goma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3473,51 +3473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Cameleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Benbadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Uribelarrea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3625,51 +3625,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to design a sustainable industrial bioproduction chain configuration: development of a bioprocess model-based simulation tool to be coupled with life cycle assessment ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfenore S.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3720,64 +3720,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic modelling of the effects of assimilable nitrogen addition on aroma synthesis during wine fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th international conference on engineering future food</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3988,51 +3988,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josué Tchouanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrique Gomes Pédro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EFB 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Online, Spain</w:t>
@@ -4238,51 +4238,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balkiss Bouhaouala-Zahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th European Congress of Chemical Engineering and 5th European Congress of Applied Biotechnology (ECCE12+ECAB5)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t>
@@ -4449,51 +4449,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-objective particle swarm optimization (MOPSO) of lipid accumulation in Fed-batch cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C E Robles Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4596,51 +4596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Robles Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4689,700 +4689,700 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cybernetic model of lipids production by the oleaginous yeast Yarrowia lipolytica</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Bideaux</w:t>
+                <w:t xml:space="preserve">Modélisation métabolique de Candida shehatae pour la compréhension et l’intensification de la conversion du xylose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Montheard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Cameleyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Symposium on Biochemical Engineering Sciences and 6th International Forum on Industrial Bioprocesses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Lille, France</w:t>
+              <w:t xml:space="preserve">11e rencontre Levures Modèles OUtils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05008305v1</w:t>
+                <w:t xml:space="preserve">hal-04777625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation métabolique de Candida shehatae pour la compréhension et l’intensification de la conversion du xylose</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Guillouet</w:t>
+                <w:t xml:space="preserve">Cybernetic model of lipids production by the oleaginous yeast Yarrowia lipolytica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.E. Robles Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e rencontre Levures Modèles OUtils</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">10th European Symposium on Biochemical Engineering Sciences and 6th International Forum on Industrial Bioprocesses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04777625v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05008305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of metabolic models by polygons optimization method applied to Bioethanol production with co-substrates</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Model-based optimization of lipid production by the oleaginous yeast Yarrowia lipolytica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Gaucel</w:t>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Laroche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Gorret</w:t>
+                <w:t xml:space="preserve">Abril Ochoa Estopier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th World Congress of the International-Federation-of-Automatic-Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa. pp.6</w:t>
+              <w:t xml:space="preserve">10. European Symposium on Biochemical Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03628027v1</w:t>
+                <w:t xml:space="preserve">hal-05004228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model-based optimization of lipid production by the oleaginous yeast Yarrowia lipolytica</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduction of metabolic models by polygons optimization method applied to Bioethanol production with co-substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Robles Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+                <w:t xml:space="preserve">Sebastien Gaucel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abril Ochoa Estopier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Bideaux</w:t>
+                <w:t xml:space="preserve">Béatrice Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gorret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. European Symposium on Biochemical Engineering Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Lille, France</w:t>
+              <w:t xml:space="preserve">19th World Congress of the International-Federation-of-Automatic-Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05004228v1</w:t>
+                <w:t xml:space="preserve">hal-03628027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of lipid production by oleaginous yeast in continuous culture</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Valorisation des pentoses (C5) et des hexoses (C6) par Kluyveromyces marxianus en vue de l’optimisation de leur conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Couvrat A</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alfenore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. World Congress of the International Federation of Automatic Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">11e rencontre Levures, Modèles, Outils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268860v1</w:t>
+                <w:t xml:space="preserve">hal-04777626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des pentoses (C5) et des hexoses (C6) par Kluyveromyces marxianus en vue de l’optimisation de leur conversion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Optimization of lipid production by oleaginous yeast in continuous culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Munoz Tamayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Arturo Aceves-Lara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S Alfenore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e rencontre Levures, Modèles, Outils</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">19. World Congress of the International Federation of Automatic Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04777626v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid cybernetic modeling of Escherichia coli metabolic adaptations to carbon source availability: a step forward in the modeling of microorganism behavior within industrial bioreactor</w:t>
               </w:r>
@@ -5420,51 +5420,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Delvigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioProScale Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Berlin, Germany</w:t>
@@ -5614,51 +5614,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Stoichiometric Matrix for Ethanol Production from Xylose by Reduction of Elementary Modes with Ant Colony Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5757,51 +5757,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Ben Gaida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alfenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5856,51 +5856,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of two Model Predictive Control for the ethanol production optimization of a two-stage bioreactor with cellular recycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6089,51 +6089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Optimization of a two-stage bioreactor with cellular recycling for intensive ethanol production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Arturo Aceves-Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6463,402 +6463,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04934673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systemic Analysis and Innovative Bioprocess for Highly Efficient, Microbial Production of Energetic and Chemical Molecules</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic Analysis of Microbial Response to Microenvironmental Stress: Impact of Local Gradients on Microbial Behaviour Cultivated in Large Scale Bioreactor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Sunya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Delvigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T van Dyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Luc Fillaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Annual World Congress of Industrial Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Séoul, South Korea</w:t>
+              <w:t xml:space="preserve">MICROBIAL STRESS from Molecules to Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Autriche, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04934685v1</w:t>
+                <w:t xml:space="preserve">hal-05005489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Analysis of Microbial Response to Microenvironmental Stress: Impact of Local Gradients on Microbial Behaviour Cultivated in Large Scale Bioreactor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Sunya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bideaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Sunya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Bideaux</w:t>
+                <w:t xml:space="preserve">F Delvigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T van Dyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EDT GEPROC : Le génie des procédés et les bio-industries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Gembloux, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Analysis of Microbial Response to Microenvironmental Stress: Impact of Local Gradients on Microbial Behaviour Cultivated in Large Scale Bioreactor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S Sunya</w:t>
+                <w:t xml:space="preserve">Systemic Analysis and Innovative Bioprocess for Highly Efficient, Microbial Production of Energetic and Chemical Molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfenore S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Carole Molina-Jouve</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Cameleyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Fillaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICROBIAL STRESS from Molecules to Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Autriche, Austria</w:t>
+              <w:t xml:space="preserve">2nd Annual World Congress of Industrial Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05005489v1</w:t>
+                <w:t xml:space="preserve">hal-04934685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using tracer experiments to identify hydrodynamic behaviour of a two-stage bioreactor with cell recycle</w:t>
               </w:r>
@@ -6883,51 +6883,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Ben Gaida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alfenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6995,51 +6995,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Ben Gaida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alfenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8404,51 +8404,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soft-Sensors for Lipid Fermentation Variables Based on PSO Support Vector Machine (PSO-SVM)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Eduardo Robles-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8579,64 +8579,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Nevoigt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Guillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Bideaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Alfenore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Hubmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8836,51 +8836,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04102855v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaudeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Arturo Aceves-Lara" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Godillot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Mouret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan-Cristian Trelea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-023-02861-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287618v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Aceves Lara Cesar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Bideaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125282v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Mar&#237;a Alonso Villela" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Kra&#239;em-Ghezal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balkiss Bouhaouala-Zahar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Arturo Aceves Lara" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-023-12578-1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827022v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Garrigues" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Duong Do" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillouet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Meynial-Salles" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotechadv.2021.107781" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03124955v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Ghezal-Kra&#239;em" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-021-11093-5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436537v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Zongo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Cruvellier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Leray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lesage" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sciaf.2020.e00631" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500396v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tapsoba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13197-019-04078-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02555257v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Kraiem" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balkiss Bouhaouala&#8208;zahar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Arturo Aceves-Lara" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.1027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096881v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Barthe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Tchouanti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Henrique Gomes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lestrade" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02938-20" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713779v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Robles Rodriguez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Munoz Tamayo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gorret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.26537" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628067v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Timoumi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Allouche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Molina-Jouve" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-017-8446-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628063v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cescut" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2017.02.013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Cleret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-016-7856-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886370v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Montheard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cameleyre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Molina Jouve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alfenore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-015-7085-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628008v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirichai Sunya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2013.01.014" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7W7BLVC-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02146192v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Ben Ga&#239;da" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andr&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2012.10.015" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PDLM18NC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268142v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pagliardini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Hubmann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Nevoigt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-12-29" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267970v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Ben Gaida" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2011.12.065" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B52M1JCQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661933v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04755779v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfenore S." TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-9-36" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02170695v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alefenore" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fillaudeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04755766v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Popp" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T.T. Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boulahya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bideaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alfenore" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.21777" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3733HQLM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845526v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Goma" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Uribelarrea" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutaib Dahhou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/ijmic.2008.020550" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169367v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Cameleyre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Uribelarrea" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.72.3.2134-2140.2006" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169408v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ben Chaabane" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aldiguier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-006-0056-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NXWJRMW0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169957v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Benbadis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Uribelarrea" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-003-1393-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SKL10KV8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04779876v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Viau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978152v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03610317v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupeuble" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guilmeau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.141" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756966v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Gomes P&#233;dro" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982299v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ben Khalifa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Ben Abderrazek" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979339v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273365v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Manon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Cuong Nguyen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602874v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C E Robles Rodriguez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2016.7535934" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628052v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008305v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Robles Rodriguez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777625v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628027v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gaucel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laroche" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004228v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Mu&#241;oz-Tamayo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abril Ochoa Estopier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268860v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777626v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Couvrat A" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alfenore" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004235v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J G&#252;nther" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Delvigne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932652v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004319v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Roux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.02136" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275507v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005346v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934665v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005366v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20100707-3-BE-2012.0067" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932668v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934673v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934685v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005476v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sunya" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delvigne" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T van Dyk" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005489v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306144v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308966v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008395v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Fromanger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934895v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777635v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008777v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005553v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Aldiguier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008862v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ben Chaabane" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blanc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009947v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Blanc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007337v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Goma" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010068v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-05414197v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Hatoum" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eise Viau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Arana-Agudelo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Albet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ath&#232;s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601403v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Eduardo Robles-Rodriguez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40162-1_19" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777634v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Nevoigt" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Guillouet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Hubmann" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287618v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaudeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Aceves Lara Cesar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Bideaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04102855v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Arturo Aceves-Lara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Godillot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Roch Mouret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan-Cristian Trelea" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-023-02861-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125282v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Mar&#237;a Alonso Villela" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Kra&#239;em-Ghezal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balkiss Bouhaouala-Zahar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Arturo Aceves Lara" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-023-12578-1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827022v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Garrigues" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Duong Do" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillouet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Meynial-Salles" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotechadv.2021.107781" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03124955v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Ghezal-Kra&#239;em" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-021-11093-5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436537v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumarou Zongo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Cruvellier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Leray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lesage" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sciaf.2020.e00631" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500396v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tapsoba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13197-019-04078-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02555257v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazar Kraiem" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balkiss Bouhaouala&#8208;zahar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Arturo Aceves-Lara" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.1027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096881v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Barthe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Tchouanti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Henrique Gomes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lestrade" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.02938-20" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713779v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Robles Rodriguez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Munoz Tamayo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gorret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.26537" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628067v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Timoumi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Allouche" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Molina-Jouve" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-017-8446-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628063v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cescut" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2017.02.013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Cleret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-016-7856-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886370v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Montheard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cameleyre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Molina Jouve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alfenore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-015-7085-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628008v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirichai Sunya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2013.01.014" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7W7BLVC-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02146192v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Ben Ga&#239;da" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andr&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2012.10.015" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PDLM18NC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268142v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pagliardini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Hubmann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Nevoigt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-12-29" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267970v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Ben Gaida" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2011.12.065" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B52M1JCQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661933v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04755779v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfenore S." TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-9-36" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02170695v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alefenore" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fillaudeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04755766v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Popp" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T.T. Nguyen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boulahya" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bideaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alfenore" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.21777" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3733HQLM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845526v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Goma" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Uribelarrea" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boutaib Dahhou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Roux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/ijmic.2008.020550" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169367v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Cameleyre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Uribelarrea" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.72.3.2134-2140.2006" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169408v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ben Chaabane" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aldiguier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00449-006-0056-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NXWJRMW0-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02169957v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Benbadis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Uribelarrea" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-003-1393-5" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SKL10KV8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04779876v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Viau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978152v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03610317v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupeuble" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guilmeau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.141" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756966v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Gomes P&#233;dro" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982299v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ben Khalifa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Ben Abderrazek" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979339v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273365v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Manon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien Cuong Nguyen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602874v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C E Robles Rodriguez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2016.7535934" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628052v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777625v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008305v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Robles Rodriguez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004228v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Mu&#241;oz-Tamayo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abril Ochoa Estopier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628027v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gaucel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laroche" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777626v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Couvrat A" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alfenore" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268860v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004235v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J G&#252;nther" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Delvigne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932652v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004319v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Roux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.02136" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275507v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005346v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934665v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005366v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20100707-3-BE-2012.0067" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932668v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934673v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005489v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sunya" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delvigne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T van Dyk" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005476v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934685v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306144v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308966v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008395v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Fromanger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934895v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777635v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008777v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005553v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Aldiguier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008862v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ben Chaabane" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blanc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009947v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Blanc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007337v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Goma" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010068v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-05414197v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Hatoum" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eise Viau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Arana-Agudelo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Albet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ath&#232;s" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601403v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Eduardo Robles-Rodriguez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40162-1_19" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04777634v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Nevoigt" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Guillouet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Hubmann" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>