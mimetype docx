--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:164.10256410256px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Carine Simar </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">carine-simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">165702524</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and prospects for research into health promotion in schools and the fight against cancers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Foucaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Vandoorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1_suppl), pp.129-134. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17579759251393596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving health-promoting schools, the Alliance for Health experiment: setting up an interventional research protocol and evaluating a health-promotion program in primary schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Desmoriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Cécile Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1_suppl), pp.81-90. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17579759251320649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05433591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche systémique de la santé à l’école : travailler les conditions et leviers de déploiement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Godeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Porcherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1_suppl), pp.23-27. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17579759241296870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-construction d’un outil d’accompagnement issu de données probantes pour la labellisation des écoles promotrices de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Goutte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Restoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 102, pp.185-211</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALLIANCE : développer des environnements favorables à la santé des enfants à l’école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Ropers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, vol. 36 (HS1), pp.19-19. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.hs1.2024.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04959355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health-promoting school. Mediation effects on health behaviors and the socio-economic level of pupils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Coudert-Chevreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 34 (Supplement_3), pp.iii704. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurpub/ckae144.1815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles perspectives pour les IPA souhaitant poursuivre en doctorat ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Margat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Gagnayre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la pratique avancée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 (2), pp.62-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a comprehensive approach to health promotion at the school and community levels: preliminary findings from the Alliance for Health project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (Supplement), </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18332/popmed/165634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation de professionnels pluri-catégoriels en matière de compétences psychosociales : perspectives andragogiques, professionnalisation et développement professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ree.11855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments d’informations concernant le dossier de qualification à la fonction de maître de conférences à la section « Sciences infirmières » du Conseil national des universités des disciplines de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Colson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Gagnayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Margat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en soins infirmiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (152), pp.77-80. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsi.152.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factor’s influencing primary teacher practices in health education, life skills, health literacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 33 (Supplement_2), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurpub/ckad160.1416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04276207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation transculturelle d'une échelle de mesure des compétences sociales chez les élèves des 8 à 12 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Nsambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Accompagnement et médiation : entre paroles et actes, 7 (1), pp.125-139. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.3865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How early childhood services address health inequalities and child wellbeing in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bissège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Dollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (Supplement_4), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurpub/ckz186.155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health education in schools: factors influencing parents’ views of the home–school relationship in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Health Promotion and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 56 (1), pp.32-50. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14635240.2017.1408419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et santé à l’Ecole : analyse de l’activité enseignante et perspectives en matière de formation initiale et continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Administration &amp; éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, L’école et la santé : des enjeux forts, une ambition à soutenir, 1 (157), pp.61-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir la santé à l’école : enjeux et perspectives scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Joan Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Administration &amp; éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, L’école et la santé : des enjeux forts, une ambition à soutenir, 1 (157), pp.143-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02478879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé à l'école et pratiques enseignantes : quels enjeux en formation initiale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Formation, éducation, santé : enjeux, évolutions et apports de la recherche, 3 (2), pp.95-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a health promotion programme: a 10 year retrospective study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 117 (3), pp.252-279. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/HE-09-2016-0038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01465775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School health promotion and teacher professional identity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Deasy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graça S. Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116 (2), pp.106-122. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/HE-07-2014-0078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01261296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des déterminants de l’implantation d'un dispositif de promotion de la santé dans différents contextes scolaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolween Violon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Salabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Charron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), pp.17-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En Rhône‑Alpes, une recherche‑intervention pour former les professionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mabrouk Nekka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La santé en action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 431, pp.32-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la sexualité en SEGPA : Représentations, connaissances et pratiques des élèves de 4ème et de 3ème.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Rochigneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1 (1), pp.55-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation à la santé, entre discipline scolaire et approche transversale. Analyse de la tâche représentée des enseignants dans les systèmes éducatifs français et irlandais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 50, pp.125-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la santé en milieu scolaire, mise en perspective historique et internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Guiet-Sylvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Parayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (32), pp.105 - 127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'activité d'enseignants du primaire en éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux c@hiers de la recherche en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (2), pp.7-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education à la santé en milieu scolaire, mise en perspective historique et internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Guiet-Silvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Parayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32, pp.106-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04606630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place et rôle de l'éducation à la santé dans la formation des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crane Rogers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Broussouloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Houzelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La santé de l'Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 413, pp.45-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors influencing the contribution of staff to health education in schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Geary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanine Pommier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Education Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 25 (4), pp.519-530. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/her/cyq012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00772755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la santé à l'école : étude des déterminants des pratiques des enseignants du premier degré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 36 (3), pp.739-760. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1006254ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants des pratiques d'éducation à la santé à l'école primaire : essai de catégorisation à partir du point de vue des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Formation en Education. Revue européenne interdisciplinaire de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et santé à l'école : étude de l'impact d'un dispositif de formation et d'accompagnement sur l'implication des enseignants dans une démarche de promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3, pp.141-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants, entre quotidien et compétences en éducation pour la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Rommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Monney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La santé de l'Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 407, pp.23-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoom sur le projet &amp;quot;Apprendre à mieux vivre ensemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Rotat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animation &amp; Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 213, pp.26-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créer les conditions de la réussite de tous les élèves : l'implication des personnels des collèges dans la promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 152, pp.179-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La contribution spécifique de l'éducation physique: à la lumière de travaux de recherche récents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPS : Revue education physique et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 329, pp.10-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (97)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives du point de vue de l’implémentation et de la transférabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la conception à l’institutionnalisation d’un dispositif de promotion de la santé en milieu scolaire : vers un modèle autonome et pérenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Webinaire. Initier, soutenir et pérenniser des démarches d’école promotrice de santé – région Auvergne Rhône-Alpes. Alliance. FORMATION, ACCOMPAGNEMENT, RESSOURCES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire groupe national EPSA - ecole promotrice de santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DGESCO - MEN, Nov 2026, paris en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Webinaire. Quels faits scientifiques pour développer des politiques scolaires en faveur de la santé mentale des jeunes ? A la croisée des recherches en sciences de l’éducation et de la santé publique : L’école promotrice de santé un levier pour la santé mentale des jeunes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire - Direction de l’encadrement sur le sujet de la santé mentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de l'Education Nationale. Direction de l’encadrement Service de la politique de l'encadrement supérieur, Jan 2026, Paris - en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé et bien-être des élèves au periscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IH2EF Periscope</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Periscope, Feb 2026, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives du point de vue de l’analyse de l’activité des enseignants du premier degré dans le cadre du dispositif ALLIANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium &amp;quot;Capitalisations dans le cadre d’un dispositif de déploiement des Écoles promotrices de santé : ALLIANCE, leviers pour une pérennisation et transférabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives du point de vue des comportements de santé des élèves de 8 à 11 ans dans le cadre du dispositif ALLIANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRANSFERT D’EXPERTISE SUR LES COMPÉTENCES PSYCHOSOCIALES (CPS) sur la base des référentiels opérationnels, tome 1 & tome 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfert d'expertise cps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPF santé publique france, Feb 2026, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation CPS à l’Education nationale (1er et 2d degrés). TRANSFERT D’EXPERTISE SUR LES COMPÉTENCES PSYCHOSOCIALES (CPS) sur la base des référentiels opérationnels, tome 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exemples de stratégies de formation et de déploiement de l'expertise sur les CPS en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPF, Feb 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Webinaire. Les CPS et les enjeux de la recherche en milieu scolaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les compétences psychosociales : comprendre les concepts et les enjeux pour mieux agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’ARS Île-de-France et Promotion Santé Île-de-France, Sep 2025, paris en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité et impacts des CPS en milieu scolaire – Quelles pratiques professionnelles en matière de cps ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e congrès National du CNGE à Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNGE, Dec 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health Promoting school: Influence of collective work on the quality of implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IUHPE world conference on health education "Settings for planetary health &amp; well-being"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUHPE, May 2025, Abu Dabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les CPS et les enjeux de la recherche en milieu scolaire : Zoom sur quelques enjeux scientifiques en matière de CPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire "Compétences psychosociales : comprendre et partager pour mieux agir"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARS Île-de-France et Promotion Santé Île-de-France, Sep 2025, [En ligne], France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire ALLIANCE avec les territoires pour améliorer la santé des jeunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ONAPS 2024 : Bouge ta commune et ses acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ONAPS; PRNSSBE, Nov 2024, [En ligne], France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alliance : développer des environnements favorables à la santé des enfants à l’école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Ropers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Santé Publique 2023 - Santé publique et Territoires : des concepts à l'action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFSP, Oct 2023, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons Learned from the Implementation of a Comprehensive Approach to Health Promotion at the School and Community Levels: Alliance for Health Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPR 31st Annual meeting: The Role of Prevention Science in Achieving Social Justice and Health Equity for All</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for Prevention Research, May 2023, Washinghton, DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alliance pour la santé : design et impact d'une intervention complexe multi-niveaux auprès des enfants des écoles primaires dans 4 départements AURA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Santé Publique 2023 - Santé publique et Territoires : des concepts à l'action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFSP, Oct 2023, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium Implanter et soutenir les démarches d’école promotrice de santé – perspectives multiples dans le cadre du dispositif Alliance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implanter et soutenir les démarches d’école promotrice de santé : Perspectives du point de vue des comportements de santé d’élèves de 8 à 11 ans dans le cadre du dispositif ALLIANCE.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a comprehensive approach to health promotion at the school and community levels : preliminary findings from the “Alliance for health” project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th World Congress on Public Health - A world in turmoil: Opportunities to focus on the public’s health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WFPHA - World Federation of Public Health Associations, May 2023, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implanter et soutenir les démarches d’école promotrice de santé : Perspectives du point de vue de la validation des outils d’évaluation dans le cadre du dispositif Alliance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du contexte et des éléments de transférabilité du projet ALLIANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALLIANCE : Développer les environnements promoteurs de santé autour des enfants de 3 à 11 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inauguration officielle du 2nd mandat de la chaire UNESCO Éducations &amp; Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde : Comparaisons internationales et enjeux scientifiques autour de la promotion de la santé en milieu scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Bouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Vandoorne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-création d’un outil d’accompagnement à la labeliisation EPSA, retour sur une expérimentation dans une académie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Restoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Goutte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implanter et soutenir les démarches d’école promotrice de santé : Perspectives du point de vue de l’analyse de l’activité des enseignants du premier degré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la recherche interventionnelle multi-partenariale éclaire et soutient le développement de la promotion de la santé auprès des enfants scolarisés à l'école primaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Recherche en Cancérologie Auvergne-Rhône-Alpes 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALLIANCE : une recherche interventionnelle visant le développement d’environnements favorables à la santé autour des enfants scolarisés à l’école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 3ème Journées Scientifiques de la Plateforme de Recherche en Prévention Primaire des Cancers (PRPPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques territoriales de la petite enfance : implantation des services et prise en compte des inégalités sociales de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IReSP - La Recherche sur les inégalités sociales de santé - Session 2 L’évaluation des politiques et des actions visant à réduire les ISS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que nous dit la recherche ? Perspectives scientifiques Ecoles promotrice de santé et ambassadeurs de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité de pilotage CAESC Académie de Clermont Ferrand. Ecoles promotrices de santé et ambassadeurs de santé.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNESCO chair Global Health & Education - unitwin - OMS / RÉUSSIR ÊTRE BIEN ÊTRE ENSEMBLE (REBEE) NOUVELLE CALÉDONIE : perspectives scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rotorua, Nouvelle-Zélande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche-intervention CPS : Perspectives scientifiques. Principaux résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée régionale de bilan sur 5 années de Recherche Interventionnelle Promouvoir la santé des enfants par le renforcement des compétences psychosociales : Quels enseignements pour l’intervention ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French validation of a scale measuring life skills for children aged 9-12 years old</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Nsambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Public Health Conference, Building bridges for solidarity and public health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisateurs et usages du MOOC Se former pour enseigner dans le supérieur –Enquête évaluative en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Younes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saeed Paivandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Drot-Delange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31e colloque annuel de l’ADMEE-Europe « Entre normalisation, contrôle et développement formatif : Évaluations sources de synergies ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Lausanne, Suisse. pp.455-457</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques collectives de travail : Quels enjeux ? Quels modèles ? Quelles perspectives de travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet Ecoles Eloignées en Réseau (EER)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“What do we need to support the development of research policies and practices in the field of health promotion?” - French perspective. Session: Chaire unesco - Unitwin « Education and health » Centre collaborateur OMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rotorua, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses des dynamiques d’interactions d’un dispositif de recherche intervention en promotion de la santé : processus et déterminants sous-tendant l’implantation du dispositif CPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatia Terfous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rotorua, Nouvelle-Zélande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé à l’Ecole : Quels enjeux à l’heure actuelle ? Perspectives scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Prévention des comportements à risque et développement des compétences psychosociales” - Colloque RESPAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours éducatif et de santé : efficacité et évaluations des actions de promotion de la santé chez les jeunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d’été de Besançon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours éducatif de santé (PES) et promotion de la santé à l’Ecole (PS) : Quels enjeux pour les enseignants du premier degré ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire parcours éducatif et de santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Cayenne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards et analyses croisés des dynamiques d’interactions lors des phases de déploiement d’un dispositif de recherche intervention en matière de CPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Mangin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation à la santé et citoyenneté : quelles préventions, quelles solidarités ? 7ème colloque international d’UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élaboration d’une tâche représentée en matière de santé et de citoyenneté des élèves chez des étudiants-futurs enseignants dans les parcours de formation initiale en ESPé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation à la santé et citoyenneté : quelles préventions, quelles solidarités ? 7ème colloque international d’UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement professionnel des enseignants débutants et parcours de formation initiale : processus d'élaboration de tâche comprise en éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Colloque international du RIFEFF : Impact des recherches sur les pratiques et les politiques éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation scientifique française d’une échelle de mesure des compétences psychosociales pour les jeunes dès 9 ans : compétences émotionnelles, sociales, cognitives, motivation et satisfaction scolaire Recherche intervention CPS – développement des compétences psychosociales (7-12 ans)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatia Terfous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julienne Degbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation à la santé et citoyenneté : quelles préventions, quelles solidarités ? 7ème colloque international d’UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former aux compétences psychosociales dans et hors l’école : quel recours à la notion d’espace dans nos analyses ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les évolutions du travail enseignant : espaces et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire fermé ESPé, Jun 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPS et parcours éducatif de santé : éclairage institutionnel et scientifique du parcours éducatif de santé. Enjeu et genèse du PES, compétences attendues des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd séminaire parcours éducatif de santé – focus sur l’EPS. Direction générale de l'enseignement scolaire (DGESCO) Ministère de l'éducation nationale, de l'enseignement supérieur et de la recherche (MENESR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DGESCO MENESR, May 2017, Paris Lycée Jean Zay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’école doit-elle intégrer, dans ses enseignements, la prévention des conduites addictives ? Illustrations à partir de travaux scientifiques relatifs à l'analyse de l'activité enseignante en éducation à la santé et d'exemples de formations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’école doit-elle intégrer, dans ses enseignements, la prévention des conduites addictives ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Secrétariat Général pour la Modernisation de l’Action Publique (SGMAP), MILDECA, MEN, UNIRES, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l’activité enseignante en éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEMINAIRE DE RECHERCHE – FAIT DIDACTIQUE ET ÉDUCATION A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, ESPé université de Lorraine, CREM centre de recherche sur les médiations EA3476, Oct 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a Health Promotion Programme: A 10 Year Retrospective Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Congress on Educational Research (ECER 2017). Network 08. Research on Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalisation des enseignants en promotion de la santé : vers une cartographie du développement professionnel en formation initiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone : éduquer et former au monde de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants et l’éducation à la santé au prisme de l’EPS. 2nd séminaire parcours éducatif de santé – focus sur l’EPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parcours éducatif de santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction générale de l'enseignement scolaire (DGESCO) Ministère de l'éducation nationale, de l'enseignement supérieur et de la recherche (MENESR), Paris, France., May 2017, Paris France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde &amp;quot;Quelles tendances dans les processus de conception de ressources éducatives ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Seurrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Annoot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Daguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Drot-Delange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 1ères journées du GIS 2IF : Innovation, Interdisciplinarité, Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé – Éducation à la sexualité : rôles et enjeux pour l’enseignant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equipes académiques de pilotage en éducation à la sexualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, ESEN Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la sexualité et parcours éducatif de santé : activité des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education à la sexualité, ESEN, Poitiers, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants et l'éducation à la santé à l'Ecole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’école doit-elle intégrer, dans ses enseignements, la prévention des conduites addictives ? </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Services du premier ministre. Secrétariat Général pour la Modernisation de l’Action Publique (SGMAP), Mar 2017, Paris France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler collectivement, un allant de soi ? analyse des dynamiques collectives de travail dans un dispositif de recherche-intervention visant le renforcement des compétences (CPS) auprès des 7-12ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Curitiba, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackling social and health inequalities in schools: analysis of social and economical determinants on home school collaboration linked to health promotion issues. teachers and parents views from French and Finnish primary schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Curitiba, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altérité et parcours éducatif en santé. Analyse des interactions de collégiens en matière de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermeline Edouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème colloque international d'UNIRéS : Education et santé : quelles altérités ? Recherches, pratiques et formations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La relation école-famille, un levier pour la promotion de la santé à l’Ecole ? Perspectives croisées entre le système éducatif français et finlandais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche en promotion de la santé de l’EHESP, Rennes, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EHESP, Jun 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la mise en oeuvre des éducations transversales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France. pp.205-218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of school-based health promotion programmes: using a realistic evaluation framework to determine the key factors involved in successful implementation of complex interventions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Curitiba, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-assessment as a resource for health education: results of 7-day continuous data collection of 10-11–year old children’s health habits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jukka Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Nordic Health Promotion Research Conference “20 years of Health Promotion Research in the Nordic countries: health, wellbeing and physical activity”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Jyväskylä, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des pratiques professionnelles collaboratives le cadre d’un dispositif de recherche – intervention visant le renforcement des Compétences (CPS) auprès des 7-12 ans : quels nœuds décisionnels pour quels enjeux reconnus comme communs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international organisé par la Structure Fédérative. « Observation des Pratiques Éducatives et Enseignantes ; Recherche et Formation » (OPÉEN ; ReForm)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les mécanismes de mise en œuvre de dispositifs de promotion de la santé, projet européen HEPCOM : Des contextes d'interventions en réseau à l'activité des professionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposia Promotion de la santé et vie collective en milieu scolaire : quel travail éducatif ? Biennale internationale de l'Éducation, de la Formation et des Pratiques professionnelles (CNAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer les Compétences Psychosociales : un programme de recherche-action en Rhône-Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Bruyère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque PRC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Lyon, France. pp.50-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01121933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practical validation process for questionnaires in the field of health education and health promotion in schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2015 "Education and Transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The views of Finnish parents and teachers about health education content areas of school-aged children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENARPE-ARCTIC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parents and Teachers’ Views on Health Guidance and Education in Finland and in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2015 "Education and Transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé, un objet partagé entre la famille et l’Ecole : Le point de vue des familles du premier degré sur la coopération Ecole-famille dans le domaine de l’éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposia Promotion de la santé et vie collective en milieu scolaire : quel travail éducatif ? Biennale internationale de l'Éducation, de la Formation et des Pratiques professionnelles (CNAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Sustainability Dynamics of School-based Health Education Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2015 "Education and Transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé des enfants par le renforcement des Compétences (CPS), dispositif de recherche-intervention en Rhône-Alpes auprès des 7-12 ans. Dynamiques et activités collectives de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposia Promotion de la santé et vie collective en milieu scolaire : quel travail éducatif ? Biennale internationale de l'Éducation, de la Formation et des Pratiques professionnelles (CNAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du processus de redéfinition de la tâche des professionnels impliqués dans le projet « Promotion de la Santé des enfants par le renforcement des Compétences (CPS)» en Rhône Alpes : de la prescription à l’idée qu’ont les professionnels du projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Friaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Trescarte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure des compétences psychosociales en promotion de la santé – quelle transposition scientifique ? : élaboration et pré-test d’un questionnaire dans le cadre du projet « Promotion de la santé des enfants par le renforcement des Compétences (CPS) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Leyrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Promotion de la santé des enfants par le renforcement des Compétences (CPS) » - dispositif de recherche-intervention en Rhône-Alpes auprès des 7-12 ans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Boucharlat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Suerinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emancipation et éducation a la santé : analyse des prescriptions assignées aux acteurs du milieu scolaire issus de systèmes éducatifs différents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes d'éducation et processus d'émancipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Rennes, France. pp.38-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Primary Teacher Activity to the Development of Teacher Competencies in Health Promotion: Teacher Training Programme and Ordinary Teaching Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2012, The Need for Educational Research to Champion Freedom, Education and Development for All</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Cadiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curriculum (Ireland) or Cross Curricular Approach (France) for Developing Health Promotion in School: Comparison of Primary Teacher Practice Determinant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2012, The Need for Educational Research to Champion Freedom, Education and Development for All</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Cadiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question de la professionnalisation des enseignants en éducation à la santé, état des recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinar francophone, " Education à la Santé "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting the universities in the development of a health promotion perspective in teacher education programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D'autres regards, d'autres avenues, 15es Journées annuelles de santé publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques enseignantes en éducation à la santé et contexte social : les données d'une étude réalisée en France et en Irlande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, Suisse. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du terrain de l’enquête à celui de la formation : Concevoir autrement l’ES dans la formation des enseignants d’EPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education à la santé : enjeux et dispositifs à l’Ecole, 2ème colloque du Réseau des Universités pour l’éducation à la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France. pp.385-402</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01097687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la santé à l’école : étude des déterminants des pratiques des enseignants impliqués dans des dispositifs de formation et d’accompagnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fiard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Biennales de l'ARIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Sherbrooke, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé à l’école et pratiques enseignantes. Etude des facteurs relatifs aux pratiques de promotion de la santé des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium international « Lier santé, équité, et développement durable dans les écoles ». ISHN, SHE, RADIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des pratiques d'éducation à la santé d'enseignants du premier degré irlandais. D'une logique transversale à disciplinaire de l'éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education à la santé dans et hors l’école, 3ème colloque du Réseau des Universités pour l’éducation à la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01116738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French primary school teachers and health promotion: factors influencing health promoting practicies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Better Schools through Health: 3rd European Conference on Health Promoting Schools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical and health educator at primary school : individual or collective work ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bizzoni-Prévieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne Otis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Conference on Educational Research: From teaching to learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Göteborg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation des enseignants à l'enseignement des compétences psycho-sociales : quelques constats à la suite d'un travail empirique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Rotat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Thomazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème conférence mondiale : Violence in school and public policies.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French primary teacher and health promotion: factors which influence health promoting teacher practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IUHPE European conference on health promotion and education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire équipe pour améliorer le climat scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bizzoni-Prévieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e colloque de l'ADMEE-Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exemple d'évaluation et pilotage dans l'Académie de Clermont-Ferrand - Mise en œuvre et évaluation d'un programme de promotion de la santé en milieu scolaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-N. Rotat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Evaluer des politiques d'éducation en académie : pour quoi faire ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un exemple de dispositif de formation de promotion de la santé en milieu scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Jandot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Guillaumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Rotat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque national du réseau des IUFM - Atelier : Quelles formations en éducation à la santé en IUFM ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of the smoking regulation on professional activity of headmasters and school advisers in 17 high schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IUHPE European conference on health promotion and education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teacher's Professional Positioning in Relation to a Health Education Program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Barnoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IUHPE World Conference on Health Promotion and Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du rapport des enseignants du premier degré à un dispositif d'éducation à la santé et de la citoyenneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international AREF 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Strasbourg, France. http://www.congresintaref.org/actes_pdf/AREF2007_Carine_SIMAR_469.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les personnels des établissements du second degré et l'éducation à la santé et à la citoyenneté: les résultats d'une étude qualitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Leyrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Friaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international AREF 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'implication des personnels de lycée dans la prévention des addictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Grondin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international AREF 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France. http://www.congresintaref.org/actes_pdf/AREF2007_Frank_PIZON_212.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health Promoting School in France Alliance project: a moderated mediation model by socio emotional learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IUHPE world conference on health education "Settings for planetary health &amp; well-being"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Abu Dabi, United Arab Emirates. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alliance pour la santé : Dispositif de déploiement des Écoles Promotrices de Santé. Résultats clés et perspectives de transférabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2025 de la Société Française de Santé publique "Santé mentale publique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teacher Engagement in Health Education: An analysis in the context of Health Promoting Schools - Alliance project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Public Health Conference 2025 "Investing for sustainable health and well-being"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05361652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key functions for the development of a health promotion program in the primary school : The Alliance project example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Fonquerne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Desmoriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th World Congress on Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05263348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developping Health-Promoting School in Alliance project: Mediation effects of life skills on health behaviours for French pupils aged 8-11 years old</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Doridant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Coudert-Chevreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th European Public Health Conference 2024: Sailing the waves of European public health: exploring a sea of innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lisbon, Portugal. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factor’s influencing primary teacher practices in health education, life skills, health literacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th European Public Health Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Dublin, Ireland. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en oeuvre d'une approche globale de la promotion de la santé dans tous les temps de l'enfant à l'école primaire : résultats préliminaires du projet ALLIANCE POUR LA SANTÉ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine C. Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Recherche en Cancérologie Auvergne-Rhône-Alpes 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04057471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation française d’une échelle de mesure des compétences psychosociales pour les jeunes dès 9 ans : compétences émotionnelles, sociales, cognitives, motivation et satisfaction scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Nsambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IUHPE World Conference on Health Promotion, 7 - 11 April 2019, Aotearoa New Zealand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rotorua, Nouvelle-Zélande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How early childhood services address health inequalities and child wellbeing in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bissège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Dollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Public Health Conference, Building bridges for solidarity and public health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours de formation initiale en éducation à la santé et développement professionnel des enseignants débutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Printemps de la Recherche en Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives ergonomique et réaliste de l’implantation internationale d’un dispositif en promotion à la santé dans les écoles par des acteurs mutualistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Marchand-Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geneva Health Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Genève, Suisse. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01791371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“It is not easy to maintain healthy behavior every day”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Curitiba, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les mecanismes de mise en œuvre de dispositifs de promotion de la sante : Des contextes d'interventions à l'activité des professionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé, un objet partagé entre la famille et l’Ecole : Le point de vue des familles sur l’interaction Ecole-famille dans le domaine de l’éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et comportements de collégiens et de lycéens en matière de cigarette électronique : conceptions, influence des pairs et vulnérabilité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Friaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mabrouk Nekka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Rochigneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education a la sexualité en segpa : quel regard porté sur l’autre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Rochigneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health promotion in schools: factors influencing primary teacher’s practices. French and Irish case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Pattaya, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01121930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the analysis of primary teacher activity to the identification of teacher competencies linked to health promotion: teacher training program and ordinary activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Pattaya, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01121932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants et l’éducation à la santé : Etude des pratiques des enseignants du primaire (3-11 ans) en éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D'autres regards, d'autres avenues, 15es Journées annuelles de santé publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Montréal, Canada. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health promotion in schools: factors influencing teachers' practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IUHPE World Conference on Health Promotion: Health, Equity and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors influencing staff’s contribution to health education in schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Geary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Better Schools through Health: 3rd European Conference on Health Promoting Schools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Secondary School Teachers and Tobacco Prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Barnoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IUHPE World Conference on Health Promotion and Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation française et diffusion de documents du réseau européen &amp;quot;School for Health Education&amp;quot; SHE - Écoles promotrices de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SHE, FESP-MGEN, et les collaborateurs : Association ADOSEN Prévention Santé MGEN, MENESR, UNIRéS et SPF, In press, School for Health Education</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education à la santé dans et hors l’école : recherches et formations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MGEN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.497, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnel promoteur de santé : des déterminants des pratiques à des perspectives en termes de professionnalisation en promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Jourdan; Carole Faucher; Valérie Ivassenko. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La promotion de la santé aujourd’hui. Pratiques sociales et partages de savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.163-184, 2025, Logiques sociales, 978-2-336-56208-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05336804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des dynamiques des interactions lors des phases de mise en œuvre d’un dispositif académique de recherche - intervention en lien avec les compétences psychosociales : identification et analyse des nœuds décisionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">presses universitaires de Rouen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'observation des pratiques collaboratives dans les métiers de l'interaction humaine : des pratiques pluri-adressées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en situation d’intermétiers aux confins des territoires : dynamiques des interactions dans le cadre d’un dispositif de promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Philippot, Jean-François Thémines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux frontières du travail enseignant - Géographies de professionnalités mouvantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PURH Presses Universitaires Rouen et du Havre, 2021, 979-10-240-1553-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et santé à l'école : Analyse de l'activité enseignante et perspectives en matière de formation initiale et continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Jourdan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecoles et crises sanitaires - Protéger, prévenir, éduquer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GHE Editions, pp.158-167, 2020, 978-2-9574140-0-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nœuds décisionnels comme analyseurs du travail collectif en promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolween Violon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.F., Marcel; C., Mérini; T., Piot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'observation des pratiques collaboratives dans les métiers de l'interaction humaine : des pratiques pluri-adressées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PURH, pp.55-76, 2020, La professionnalisation, entre travail et formation, 9791024014586</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies d'intervention axées sur les aptitudes individuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Raude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La promotion de la santé, comprendre pour agir dans le monde francophone.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://www.presses.ehesp.fr/produit/promotion-de-sante/, pp. 209-234, 2017, 978-2-8109-0551-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement individuel et social : enjeux de l’éducation à la santé au regard de la promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Breton, E.; Jabot, F.; Pommier, J.; Sherlaw, W. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La promotion de la santé : comprendre pour agir dans le monde francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'EHESP, 2017, 2810905517</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir la santé dans le milieu scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Breton, E.; Jabot, F.; Pommier, J.; Sherlaw, W. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La promotion de la santé : comprendre pour agir dans le monde francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'EHESP, 2017, 978-2-8109-0551-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activité physique et sédentarité des jeunes : quels enjeux du point de vue de l’École ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences psychosociales. Un référentiel opérationnel à destination des professionnels experts et formateurs CPS. Tome I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Lamboy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeannel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Mouraire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Shankland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Santé publique France. 2025, https://www.santepubliquefrance.fr/docs/les-competences-psychosociales.-un-referentiel-operationnel-a-destination-des-professionnels-experts-et-formateurs-cps.-tome-i</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'expertise du projet de réforme de l'Institut Pédagogique National de l'Enseignement Technique et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Guernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Gondinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Université Claude Bernard Lyon 1. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId313"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:164.10256410256px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Carine Simar </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">carine-simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">165702524</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving health-promoting schools, the Alliance for Health experiment: setting up an interventional research protocol and evaluating a health-promotion program in primary schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Desmoriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Cécile Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1_suppl), pp.81-90. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17579759251320649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05433591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and prospects for research into health promotion in schools and the fight against cancers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Foucaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Fleur Guillemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Vandoorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1_suppl), pp.129-134. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17579759251393596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une approche systémique de la santé à l’école : travailler les conditions et leviers de déploiement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Godeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Porcherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 32 (1_suppl), pp.23-27. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17579759241296870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-construction d’un outil d’accompagnement issu de données probantes pour la labellisation des écoles promotrices de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Goutte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Restoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 102, pp.185-211</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALLIANCE : développer des environnements favorables à la santé des enfants à l’école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Ropers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé Publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, vol. 36 (HS1), pp.19-19. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/spub.hs1.2024.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04959355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health-promoting school. Mediation effects on health behaviors and the socio-economic level of pupils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Coudert-Chevreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 34 (Supplement_3), pp.iii704. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurpub/ckae144.1815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles perspectives pour les IPA souhaitant poursuivre en doctorat ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Margat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Gagnayre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la pratique avancée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 (2), pp.62-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation de professionnels pluri-catégoriels en matière de compétences psychosociales : perspectives andragogiques, professionnalisation et développement professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ree.11855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a comprehensive approach to health promotion at the school and community levels: preliminary findings from the Alliance for Health project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (Supplement), </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18332/popmed/165634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments d’informations concernant le dossier de qualification à la fonction de maître de conférences à la section « Sciences infirmières » du Conseil national des universités des disciplines de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Colson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Gagnayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Margat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en soins infirmiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (152), pp.77-80. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rsi.152.0077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factor’s influencing primary teacher practices in health education, life skills, health literacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 33 (Supplement_2), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurpub/ckad160.1416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04276207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation transculturelle d'une échelle de mesure des compétences sociales chez les élèves des 8 à 12 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Nsambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Accompagnement et médiation : entre paroles et actes, 7 (1), pp.125-139. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.3865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How early childhood services address health inequalities and child wellbeing in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bissège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Dollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (Supplement_4), </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurpub/ckz186.155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02447443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health education in schools: factors influencing parents’ views of the home–school relationship in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Health Promotion and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 56 (1), pp.32-50. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14635240.2017.1408419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et santé à l’Ecole : analyse de l’activité enseignante et perspectives en matière de formation initiale et continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Administration &amp; éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, L’école et la santé : des enjeux forts, une ambition à soutenir, 1 (157), pp.61-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01780246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir la santé à l’école : enjeux et perspectives scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Joan Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandie Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Administration &amp; éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, L’école et la santé : des enjeux forts, une ambition à soutenir, 1 (157), pp.143-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02478879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé à l'école et pratiques enseignantes : quels enjeux en formation initiale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Formation, éducation, santé : enjeux, évolutions et apports de la recherche, 3 (2), pp.95-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a health promotion programme: a 10 year retrospective study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 117 (3), pp.252-279. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/HE-09-2016-0038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01465775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School health promotion and teacher professional identity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Deasy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graça S. Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116 (2), pp.106-122. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/HE-07-2014-0078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01261296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des déterminants de l’implantation d'un dispositif de promotion de la santé dans différents contextes scolaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolween Violon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Salabot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Charron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), pp.17-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En Rhône‑Alpes, une recherche‑intervention pour former les professionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mabrouk Nekka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La santé en action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 431, pp.32-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01139501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la sexualité en SEGPA : Représentations, connaissances et pratiques des élèves de 4ème et de 3ème.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Rochigneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation, Santé, Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1 (1), pp.55-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation à la santé, entre discipline scolaire et approche transversale. Analyse de la tâche représentée des enseignants dans les systèmes éducatifs français et irlandais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spirale - Revue de Recherches en Éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 50, pp.125-137</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la santé en milieu scolaire, mise en perspective historique et internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Guiet-Sylvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Parayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 2 (32), pp.105 - 127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'activité d'enseignants du primaire en éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouveaux c@hiers de la recherche en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (2), pp.7-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education à la santé en milieu scolaire, mise en perspective historique et internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Guiet-Silvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Parayre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32, pp.106-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04606630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place et rôle de l'éducation à la santé dans la formation des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crane Rogers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Broussouloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Houzelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La santé de l'Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 413, pp.45-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors influencing the contribution of staff to health education in schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Geary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanine Pommier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Health Education Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 25 (4), pp.519-530. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/her/cyq012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00772755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déterminants des pratiques d'éducation à la santé à l'école primaire : essai de catégorisation à partir du point de vue des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Formation en Education. Revue européenne interdisciplinaire de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et santé à l'école : étude de l'impact d'un dispositif de formation et d'accompagnement sur l'implication des enseignants dans une démarche de promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 3, pp.141-172</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants, entre quotidien et compétences en éducation pour la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Rommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Monney</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La santé de l'Homme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 407, pp.23-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la santé à l'école : étude des déterminants des pratiques des enseignants du premier degré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 36 (3), pp.739-760. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1006254ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00985008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoom sur le projet &amp;quot;Apprendre à mieux vivre ensemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Rotat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animation &amp; Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 213, pp.26-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Créer les conditions de la réussite de tous les élèves : l'implication des personnels des collèges dans la promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 152, pp.179-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01071466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La contribution spécifique de l'éducation physique: à la lumière de travaux de recherche récents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPS : Revue education physique et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 329, pp.10-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (97)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la conception à l’institutionnalisation d’un dispositif de promotion de la santé en milieu scolaire : vers un modèle autonome et pérenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives du point de vue de l’implémentation et de la transférabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Webinaire. Initier, soutenir et pérenniser des démarches d’école promotrice de santé – région Auvergne Rhône-Alpes. Alliance. FORMATION, ACCOMPAGNEMENT, RESSOURCES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire groupe national EPSA - ecole promotrice de santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DGESCO - MEN, Nov 2026, paris en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Webinaire. Quels faits scientifiques pour développer des politiques scolaires en faveur de la santé mentale des jeunes ? A la croisée des recherches en sciences de l’éducation et de la santé publique : L’école promotrice de santé un levier pour la santé mentale des jeunes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire - Direction de l’encadrement sur le sujet de la santé mentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de l'Education Nationale. Direction de l’encadrement Service de la politique de l'encadrement supérieur, Jan 2026, Paris - en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé et bien-être des élèves au periscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IH2EF Periscope</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Periscope, Feb 2026, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives du point de vue de l’analyse de l’activité des enseignants du premier degré dans le cadre du dispositif ALLIANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium &amp;quot;Capitalisations dans le cadre d’un dispositif de déploiement des Écoles promotrices de santé : ALLIANCE, leviers pour une pérennisation et transférabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives du point de vue des comportements de santé des élèves de 8 à 11 ans dans le cadre du dispositif ALLIANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone d'UNIRéS : "Vivre en santé dans et hors l'Ecole tout au long de sa vie : quels enjeux de Promotion et d’éducation à la santé au 21e siècle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNIRéS, Jan 2026, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRANSFERT D’EXPERTISE SUR LES COMPÉTENCES PSYCHOSOCIALES (CPS) sur la base des référentiels opérationnels, tome 1 & tome 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfert d'expertise cps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPF santé publique france, Feb 2026, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Webinaire. Les CPS et les enjeux de la recherche en milieu scolaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les compétences psychosociales : comprendre les concepts et les enjeux pour mieux agir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’ARS Île-de-France et Promotion Santé Île-de-France, Sep 2025, paris en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation CPS à l’Education nationale (1er et 2d degrés). TRANSFERT D’EXPERTISE SUR LES COMPÉTENCES PSYCHOSOCIALES (CPS) sur la base des référentiels opérationnels, tome 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exemples de stratégies de formation et de déploiement de l'expertise sur les CPS en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SPF, Feb 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité et impacts des CPS en milieu scolaire – Quelles pratiques professionnelles en matière de cps ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e congrès National du CNGE à Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNGE, Dec 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health Promoting school: Influence of collective work on the quality of implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IUHPE world conference on health education "Settings for planetary health &amp; well-being"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUHPE, May 2025, Abu Dabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les CPS et les enjeux de la recherche en milieu scolaire : Zoom sur quelques enjeux scientifiques en matière de CPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire "Compétences psychosociales : comprendre et partager pour mieux agir"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARS Île-de-France et Promotion Santé Île-de-France, Sep 2025, [En ligne], France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire ALLIANCE avec les territoires pour améliorer la santé des jeunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque ONAPS 2024 : Bouge ta commune et ses acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ONAPS; PRNSSBE, Nov 2024, [En ligne], France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04796761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alliance pour la santé : design et impact d'une intervention complexe multi-niveaux auprès des enfants des écoles primaires dans 4 départements AURA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Santé Publique 2023 - Santé publique et Territoires : des concepts à l'action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFSP, Oct 2023, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04625768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symposium Implanter et soutenir les démarches d’école promotrice de santé – perspectives multiples dans le cadre du dispositif Alliance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons Learned from the Implementation of a Comprehensive Approach to Health Promotion at the School and Community Levels: Alliance for Health Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPR 31st Annual meeting: The Role of Prevention Science in Achieving Social Justice and Health Equity for All</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for Prevention Research, May 2023, Washinghton, DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alliance : développer des environnements favorables à la santé des enfants à l’école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perrine Ropers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Santé Publique 2023 - Santé publique et Territoires : des concepts à l'action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFSP, Oct 2023, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a comprehensive approach to health promotion at the school and community levels : preliminary findings from the “Alliance for health” project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th World Congress on Public Health - A world in turmoil: Opportunities to focus on the public’s health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WFPHA - World Federation of Public Health Associations, May 2023, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implanter et soutenir les démarches d’école promotrice de santé : Perspectives du point de vue des comportements de santé d’élèves de 8 à 11 ans dans le cadre du dispositif ALLIANCE.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALLIANCE : Développer les environnements promoteurs de santé autour des enfants de 3 à 11 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inauguration officielle du 2nd mandat de la chaire UNESCO Éducations &amp; Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du contexte et des éléments de transférabilité du projet ALLIANCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implanter et soutenir les démarches d’école promotrice de santé : Perspectives du point de vue de la validation des outils d’évaluation dans le cadre du dispositif Alliance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implanter et soutenir les démarches d’école promotrice de santé : Perspectives du point de vue de l’analyse de l’activité des enseignants du premier degré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde : Comparaisons internationales et enjeux scientifiques autour de la promotion de la santé en milieu scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hicham El Bouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Vandoorne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Co-création d’un outil d’accompagnement à la labeliisation EPSA, retour sur une expérimentation dans une académie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Restoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Monney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Goutte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque INCA "Promotion de la santé en milieu scolaire : actualité de la recherche et de l’innovation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INCA, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04344587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment la recherche interventionnelle multi-partenariale éclaire et soutient le développement de la promotion de la santé auprès des enfants scolarisés à l'école primaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Recherche en Cancérologie Auvergne-Rhône-Alpes 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ALLIANCE : une recherche interventionnelle visant le développement d’environnements favorables à la santé autour des enfants scolarisés à l’école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 3ème Journées Scientifiques de la Plateforme de Recherche en Prévention Primaire des Cancers (PRPPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques territoriales de la petite enfance : implantation des services et prise en compte des inégalités sociales de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IReSP - La Recherche sur les inégalités sociales de santé - Session 2 L’évaluation des politiques et des actions visant à réduire les ISS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNESCO chair Global Health & Education - unitwin - OMS / RÉUSSIR ÊTRE BIEN ÊTRE ENSEMBLE (REBEE) NOUVELLE CALÉDONIE : perspectives scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rotorua, Nouvelle-Zélande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que nous dit la recherche ? Perspectives scientifiques Ecoles promotrice de santé et ambassadeurs de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité de pilotage CAESC Académie de Clermont Ferrand. Ecoles promotrices de santé et ambassadeurs de santé.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche-intervention CPS : Perspectives scientifiques. Principaux résultats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée régionale de bilan sur 5 années de Recherche Interventionnelle Promouvoir la santé des enfants par le renforcement des compétences psychosociales : Quels enseignements pour l’intervention ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French validation of a scale measuring life skills for children aged 9-12 years old</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Nsambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Public Health Conference, Building bridges for solidarity and public health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“What do we need to support the development of research policies and practices in the field of health promotion?” - French perspective. Session: Chaire unesco - Unitwin « Education and health » Centre collaborateur OMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rotorua, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisateurs et usages du MOOC Se former pour enseigner dans le supérieur –Enquête évaluative en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Younes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saeed Paivandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Drot-Delange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31e colloque annuel de l’ADMEE-Europe « Entre normalisation, contrôle et développement formatif : Évaluations sources de synergies ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Lausanne, Suisse. pp.455-457</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques collectives de travail : Quels enjeux ? Quels modèles ? Quelles perspectives de travail ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Projet Ecoles Eloignées en Réseau (EER)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses des dynamiques d’interactions d’un dispositif de recherche intervention en promotion de la santé : processus et déterminants sous-tendant l’implantation du dispositif CPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatia Terfous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rotorua, Nouvelle-Zélande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé à l’Ecole : Quels enjeux à l’heure actuelle ? Perspectives scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Prévention des comportements à risque et développement des compétences psychosociales” - Colloque RESPAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours éducatif et de santé : efficacité et évaluations des actions de promotion de la santé chez les jeunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d’été de Besançon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours éducatif de santé (PES) et promotion de la santé à l’Ecole (PS) : Quels enjeux pour les enseignants du premier degré ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Morand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire parcours éducatif et de santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Cayenne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards et analyses croisés des dynamiques d’interactions lors des phases de déploiement d’un dispositif de recherche intervention en matière de CPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Mangin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation à la santé et citoyenneté : quelles préventions, quelles solidarités ? 7ème colloque international d’UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élaboration d’une tâche représentée en matière de santé et de citoyenneté des élèves chez des étudiants-futurs enseignants dans les parcours de formation initiale en ESPé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation à la santé et citoyenneté : quelles préventions, quelles solidarités ? 7ème colloque international d’UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation scientifique française d’une échelle de mesure des compétences psychosociales pour les jeunes dès 9 ans : compétences émotionnelles, sociales, cognitives, motivation et satisfaction scolaire Recherche intervention CPS – développement des compétences psychosociales (7-12 ans)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatia Terfous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julienne Degbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation à la santé et citoyenneté : quelles préventions, quelles solidarités ? 7ème colloque international d’UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement professionnel des enseignants débutants et parcours de formation initiale : processus d'élaboration de tâche comprise en éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Colloque international du RIFEFF : Impact des recherches sur les pratiques et les politiques éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former aux compétences psychosociales dans et hors l’école : quel recours à la notion d’espace dans nos analyses ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les évolutions du travail enseignant : espaces et territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire fermé ESPé, Jun 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EPS et parcours éducatif de santé : éclairage institutionnel et scientifique du parcours éducatif de santé. Enjeu et genèse du PES, compétences attendues des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd séminaire parcours éducatif de santé – focus sur l’EPS. Direction générale de l'enseignement scolaire (DGESCO) Ministère de l'éducation nationale, de l'enseignement supérieur et de la recherche (MENESR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DGESCO MENESR, May 2017, Paris Lycée Jean Zay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’école doit-elle intégrer, dans ses enseignements, la prévention des conduites addictives ? Illustrations à partir de travaux scientifiques relatifs à l'analyse de l'activité enseignante en éducation à la santé et d'exemples de formations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’école doit-elle intégrer, dans ses enseignements, la prévention des conduites addictives ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Secrétariat Général pour la Modernisation de l’Action Publique (SGMAP), MILDECA, MEN, UNIRES, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l’activité enseignante en éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEMINAIRE DE RECHERCHE – FAIT DIDACTIQUE ET ÉDUCATION A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine, ESPé université de Lorraine, CREM centre de recherche sur les médiations EA3476, Oct 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a Health Promotion Programme: A 10 Year Retrospective Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Congress on Educational Research (ECER 2017). Network 08. Research on Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalisation des enseignants en promotion de la santé : vers une cartographie du développement professionnel en formation initiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international francophone : éduquer et former au monde de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants et l’éducation à la santé au prisme de l’EPS. 2nd séminaire parcours éducatif de santé – focus sur l’EPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parcours éducatif de santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Direction générale de l'enseignement scolaire (DGESCO) Ministère de l'éducation nationale, de l'enseignement supérieur et de la recherche (MENESR), Paris, France., May 2017, Paris France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé – Éducation à la sexualité : rôles et enjeux pour l’enseignant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equipes académiques de pilotage en éducation à la sexualité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, ESEN Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants et l'éducation à la santé à l'Ecole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’école doit-elle intégrer, dans ses enseignements, la prévention des conduites addictives ? </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Services du premier ministre. Secrétariat Général pour la Modernisation de l’Action Publique (SGMAP), Mar 2017, Paris France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la sexualité et parcours éducatif de santé : activité des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education à la sexualité, ESEN, Poitiers, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde &amp;quot;Quelles tendances dans les processus de conception de ressources éducatives ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Seurrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Annoot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Daguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Drot-Delange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les 1ères journées du GIS 2IF : Innovation, Interdisciplinarité, Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tackling social and health inequalities in schools: analysis of social and economical determinants on home school collaboration linked to health promotion issues. teachers and parents views from French and Finnish primary schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Curitiba, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler collectivement, un allant de soi ? analyse des dynamiques collectives de travail dans un dispositif de recherche-intervention visant le renforcement des compétences (CPS) auprès des 7-12ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Curitiba, Brésil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La relation école-famille, un levier pour la promotion de la santé à l’Ecole ? Perspectives croisées entre le système éducatif français et finlandais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche en promotion de la santé de l’EHESP, Rennes, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EHESP, Jun 2016, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altérité et parcours éducatif en santé. Analyse des interactions de collégiens en matière de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermeline Edouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Jullien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème colloque international d'UNIRéS : Education et santé : quelles altérités ? Recherches, pratiques et formations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à la mise en oeuvre des éducations transversales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France. pp.205-218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of school-based health promotion programmes: using a realistic evaluation framework to determine the key factors involved in successful implementation of complex interventions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Curitiba, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01673724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des pratiques professionnelles collaboratives le cadre d’un dispositif de recherche – intervention visant le renforcement des Compétences (CPS) auprès des 7-12 ans : quels nœuds décisionnels pour quels enjeux reconnus comme communs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international organisé par la Structure Fédérative. « Observation des Pratiques Éducatives et Enseignantes ; Recherche et Formation » (OPÉEN ; ReForm)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-assessment as a resource for health education: results of 7-day continuous data collection of 10-11–year old children’s health habits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jukka Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Nordic Health Promotion Research Conference “20 years of Health Promotion Research in the Nordic countries: health, wellbeing and physical activity”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Jyväskylä, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les mécanismes de mise en œuvre de dispositifs de promotion de la santé, projet européen HEPCOM : Des contextes d'interventions en réseau à l'activité des professionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposia Promotion de la santé et vie collective en milieu scolaire : quel travail éducatif ? Biennale internationale de l'Éducation, de la Formation et des Pratiques professionnelles (CNAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A practical validation process for questionnaires in the field of health education and health promotion in schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2015 "Education and Transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer les Compétences Psychosociales : un programme de recherche-action en Rhône-Alpes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Bruyère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque PRC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Lyon, France. pp.50-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01121933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The views of Finnish parents and teachers about health education content areas of school-aged children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENARPE-ARCTIC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parents and Teachers’ Views on Health Guidance and Education in Finland and in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2015 "Education and Transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé, un objet partagé entre la famille et l’Ecole : Le point de vue des familles du premier degré sur la coopération Ecole-famille dans le domaine de l’éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposia Promotion de la santé et vie collective en milieu scolaire : quel travail éducatif ? Biennale internationale de l'Éducation, de la Formation et des Pratiques professionnelles (CNAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé des enfants par le renforcement des Compétences (CPS), dispositif de recherche-intervention en Rhône-Alpes auprès des 7-12 ans. Dynamiques et activités collectives de travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposia Promotion de la santé et vie collective en milieu scolaire : quel travail éducatif ? Biennale internationale de l'Éducation, de la Formation et des Pratiques professionnelles (CNAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Sustainability Dynamics of School-based Health Education Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2015 "Education and Transition"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du processus de redéfinition de la tâche des professionnels impliqués dans le projet « Promotion de la Santé des enfants par le renforcement des Compétences (CPS)» en Rhône Alpes : de la prescription à l’idée qu’ont les professionnels du projet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Friaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Trescarte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Promotion de la santé des enfants par le renforcement des Compétences (CPS) » - dispositif de recherche-intervention en Rhône-Alpes auprès des 7-12 ans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Boucharlat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Morand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Suerinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure des compétences psychosociales en promotion de la santé – quelle transposition scientifique ? : élaboration et pré-test d’un questionnaire dans le cadre du projet « Promotion de la santé des enfants par le renforcement des Compétences (CPS) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Leyrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emancipation et éducation a la santé : analyse des prescriptions assignées aux acteurs du milieu scolaire issus de systèmes éducatifs différents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes d'éducation et processus d'émancipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Rennes, France. pp.38-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curriculum (Ireland) or Cross Curricular Approach (France) for Developing Health Promotion in School: Comparison of Primary Teacher Practice Determinant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2012, The Need for Educational Research to Champion Freedom, Education and Development for All</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Cadiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Primary Teacher Activity to the Development of Teacher Competencies in Health Promotion: Teacher Training Programme and Ordinary Teaching Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECER 2012, The Need for Educational Research to Champion Freedom, Education and Development for All</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Cadiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question de la professionnalisation des enseignants en éducation à la santé, état des recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinar francophone, " Education à la Santé "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supporting the universities in the development of a health promotion perspective in teacher education programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D'autres regards, d'autres avenues, 15es Journées annuelles de santé publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques enseignantes en éducation à la santé et contexte social : les données d'une étude réalisée en France et en Irlande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Genève, Suisse. pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du terrain de l’enquête à celui de la formation : Concevoir autrement l’ES dans la formation des enseignants d’EPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education à la santé : enjeux et dispositifs à l’Ecole, 2ème colloque du Réseau des Universités pour l’éducation à la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France. pp.385-402</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01097687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation à la santé à l’école : étude des déterminants des pratiques des enseignants impliqués dans des dispositifs de formation et d’accompagnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fiard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Biennales de l'ARIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Sherbrooke, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promotion de la santé à l’école et pratiques enseignantes. Etude des facteurs relatifs aux pratiques de promotion de la santé des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium international « Lier santé, équité, et développement durable dans les écoles ». ISHN, SHE, RADIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des pratiques d'éducation à la santé d'enseignants du premier degré irlandais. D'une logique transversale à disciplinaire de l'éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education à la santé dans et hors l’école, 3ème colloque du Réseau des Universités pour l’éducation à la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01116738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French primary school teachers and health promotion: factors influencing health promoting practicies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Better Schools through Health: 3rd European Conference on Health Promoting Schools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation des enseignants à l'enseignement des compétences psycho-sociales : quelques constats à la suite d'un travail empirique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Rotat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Thomazet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème conférence mondiale : Violence in school and public policies.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical and health educator at primary school : individual or collective work ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bizzoni-Prévieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne Otis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Conference on Educational Research: From teaching to learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Göteborg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French primary teacher and health promotion: factors which influence health promoting teacher practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aileen Fitzgerald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IUHPE European conference on health promotion and education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire équipe pour améliorer le climat scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Victor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Bizzoni-Prévieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e colloque de l'ADMEE-Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exemple d'évaluation et pilotage dans l'Académie de Clermont-Ferrand - Mise en œuvre et évaluation d'un programme de promotion de la santé en milieu scolaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-N. Rotat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Evaluer des politiques d'éducation en académie : pour quoi faire ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un exemple de dispositif de formation de promotion de la santé en milieu scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Jandot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Guillaumin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Rotat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque national du réseau des IUFM - Atelier : Quelles formations en éducation à la santé en IUFM ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of the smoking regulation on professional activity of headmasters and school advisers in 17 high schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IUHPE European conference on health promotion and education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du rapport des enseignants du premier degré à un dispositif d'éducation à la santé et de la citoyenneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international AREF 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Strasbourg, France. http://www.congresintaref.org/actes_pdf/AREF2007_Carine_SIMAR_469.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teacher's Professional Positioning in Relation to a Health Education Program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Barnoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IUHPE World Conference on Health Promotion and Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les personnels des établissements du second degré et l'éducation à la santé et à la citoyenneté: les résultats d'une étude qualitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Leyrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Friaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international AREF 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'implication des personnels de lycée dans la prévention des addictions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Grondin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gerbaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international AREF 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, France. http://www.congresintaref.org/actes_pdf/AREF2007_Frank_PIZON_212.pdf</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health Promoting School in France Alliance project: a moderated mediation model by socio emotional learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th IUHPE world conference on health education "Settings for planetary health &amp; well-being"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Abu Dabi, United Arab Emirates. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alliance pour la santé : Dispositif de déploiement des Écoles Promotrices de Santé. Résultats clés et perspectives de transférabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2025 de la Société Française de Santé publique "Santé mentale publique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05344511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teacher Engagement in Health Education: An analysis in the context of Health Promoting Schools - Alliance project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Prigent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Riera-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th European Public Health Conference 2025 "Investing for sustainable health and well-being"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05361652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key functions for the development of a health promotion program in the primary school : The Alliance project example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sartori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Fonquerne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Desmoriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th World Congress on Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05263348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developping Health-Promoting School in Alliance project: Mediation effects of life skills on health behaviours for French pupils aged 8-11 years old</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Monier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Doridant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Coudert-Chevreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th European Public Health Conference 2024: Sailing the waves of European public health: exploring a sea of innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lisbon, Portugal. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factor’s influencing primary teacher practices in health education, life skills, health literacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th European Public Health Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Dublin, Ireland. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en oeuvre d'une approche globale de la promotion de la santé dans tous les temps de l'enfant à l'école primaire : résultats préliminaires du projet ALLIANCE POUR LA SANTÉ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Giron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine C. Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Régnier Denois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Recherche en Cancérologie Auvergne-Rhône-Alpes 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04057471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation française d’une échelle de mesure des compétences psychosociales pour les jeunes dès 9 ans : compétences émotionnelles, sociales, cognitives, motivation et satisfaction scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Nsambu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd IUHPE World Conference on Health Promotion, 7 - 11 April 2019, Aotearoa New Zealand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Rotorua, Nouvelle-Zélande</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parcours de formation initiale en éducation à la santé et développement professionnel des enseignants débutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Printemps de la Recherche en Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How early childhood services address health inequalities and child wellbeing in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bissège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Dollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Public Health Conference, Building bridges for solidarity and public health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives ergonomique et réaliste de l’implantation internationale d’un dispositif en promotion à la santé dans les écoles par des acteurs mutualistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Marchand-Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geneva Health Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Genève, Suisse. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01791371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“It is not easy to maintain healthy behavior every day”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerttu Tossavainen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Curitiba, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les mecanismes de mise en œuvre de dispositifs de promotion de la sante : Des contextes d'interventions à l'activité des professionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Darlington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La santé, un objet partagé entre la famille et l’Ecole : Le point de vue des familles sur l’interaction Ecole-famille dans le domaine de l’éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Le Coq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorita Sormunen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01076834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et comportements de collégiens et de lycéens en matière de cigarette électronique : conceptions, influence des pairs et vulnérabilité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Friaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mabrouk Nekka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Rochigneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education a la sexualité en segpa : quel regard porté sur l’autre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Rochigneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducations, santé et mutations sociales : nouveaux enjeux, nouveaux défis ?, 5ème colloque international d'UNIRéS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01080932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health promotion in schools: factors influencing primary teacher’s practices. French and Irish case studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Pattaya, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01121930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the analysis of primary teacher activity to the identification of teacher competencies linked to health promotion: teacher training program and ordinary activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st IUHPE World Conference on Health Promotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Pattaya, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01121932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants et l’éducation à la santé : Etude des pratiques des enseignants du primaire (3-11 ans) en éducation à la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D'autres regards, d'autres avenues, 15es Journées annuelles de santé publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Montréal, Canada. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01098115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health promotion in schools: factors influencing teachers' practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th IUHPE World Conference on Health Promotion: Health, Equity and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors influencing staff’s contribution to health education in schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Mannix Mcnamara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Geary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Better Schools through Health: 3rd European Conference on Health Promoting Schools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01084918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Secondary School Teachers and Tobacco Prevention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frank Pizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Barnoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IUHPE World Conference on Health Promotion and Health Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation française et diffusion de documents du réseau européen &amp;quot;School for Health Education&amp;quot; SHE - Écoles promotrices de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SHE, FESP-MGEN, et les collaborateurs : Association ADOSEN Prévention Santé MGEN, MENESR, UNIRéS et SPF, In press, School for Health Education</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education à la santé dans et hors l’école : recherches et formations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MGEN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.497, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnel promoteur de santé : des déterminants des pratiques à des perspectives en termes de professionnalisation en promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Jourdan; Carole Faucher; Valérie Ivassenko. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La promotion de la santé aujourd’hui. Pratiques sociales et partages de savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.163-184, 2025, Logiques sociales, 978-2-336-56208-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05336804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des dynamiques des interactions lors des phases de mise en œuvre d’un dispositif académique de recherche - intervention en lien avec les compétences psychosociales : identification et analyse des nœuds décisionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">presses universitaires de Rouen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'observation des pratiques collaboratives dans les métiers de l'interaction humaine : des pratiques pluri-adressées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail en situation d’intermétiers aux confins des territoires : dynamiques des interactions dans le cadre d’un dispositif de promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Philippot, Jean-François Thémines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aux frontières du travail enseignant - Géographies de professionnalités mouvantes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PURH Presses Universitaires Rouen et du Havre, 2021, 979-10-240-1553-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et santé à l'école : Analyse de l'activité enseignante et perspectives en matière de formation initiale et continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Jourdan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecoles et crises sanitaires - Protéger, prévenir, éduquer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GHE Editions, pp.158-167, 2020, 978-2-9574140-0-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nœuds décisionnels comme analyseurs du travail collectif en promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolween Violon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Mérini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">J.F., Marcel; C., Mérini; T., Piot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'observation des pratiques collaboratives dans les métiers de l'interaction humaine : des pratiques pluri-adressées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PURH, pp.55-76, 2020, La professionnalisation, entre travail et formation, 9791024014586</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies d'intervention axées sur les aptitudes individuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Raude</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La promotion de la santé, comprendre pour agir dans le monde francophone.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, https://www.presses.ehesp.fr/produit/promotion-de-sante/, pp. 209-234, 2017, 978-2-8109-0551-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promouvoir la santé dans le milieu scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Ducros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Renée Guével</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Breton, E.; Jabot, F.; Pommier, J.; Sherlaw, W. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La promotion de la santé : comprendre pour agir dans le monde francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'EHESP, 2017, 978-2-8109-0551-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement individuel et social : enjeux de l’éducation à la santé au regard de la promotion de la santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Breton, E.; Jabot, F.; Pommier, J.; Sherlaw, W. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La promotion de la santé : comprendre pour agir dans le monde francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'EHESP, 2017, 2810905517</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01677457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activité physique et sédentarité des jeunes : quels enjeux du point de vue de l’École ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pironom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02129670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences psychosociales. Un référentiel opérationnel à destination des professionnels experts et formateurs CPS. Tome I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Lamboy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Jeannel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Mouraire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca Shankland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Santé publique France. 2025, https://www.santepubliquefrance.fr/docs/les-competences-psychosociales.-un-referentiel-operationnel-a-destination-des-professionnels-experts-et-formateurs-cps.-tome-i</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05508288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'expertise du projet de réforme de l'Institut Pédagogique National de l'Enseignement Technique et Professionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Simar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cécile Guernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Gondinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Université Claude Bernard Lyon 1. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId313"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0BA021A2"/>
+    <w:nsid w:val="79FBB515"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carine-simar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165702524" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506130v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Foucaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Simar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Guillemin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Vandoorne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17579759251393596" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05433591v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Desmoriaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C&#233;cile Genton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique R&#233;gnier Denois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cury" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17579759251320649" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04810685v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ren&#233;e Gu&#233;vel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Godeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Porcherie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17579759241296870" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069127v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goutte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Restoy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04959355v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Ropers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Genton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jourdan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs1.2024.0019" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04764896v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Coudert-Chevreau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Monier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckae144.1815" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506267v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Margat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gagnayre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807281v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Giron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Denois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18332/popmed/165634" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04222369v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.11855" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04183849v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Colson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Muller" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.152.0077" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04276207v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chauvin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckad160.1416" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093919v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Nsambu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Masson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3865" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02447443v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Biss&#232;ge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dollet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckz186.155" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657792v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorita Sormunen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14635240.2017.1408419" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780246v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478879v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Joan Darlington" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Bernard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Berger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682185v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465775v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Darlington" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HE-09-2016-0038" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261296v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deasy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#231;a S. Carvalho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mannix Mcnamara" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HE-07-2014-0078" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381835v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolween Violon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Salabot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Charron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139501v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Nekka" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084601v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rochigneux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986523v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986544v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Guiet-Sylvain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Parayre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pizon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986571v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606630v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Guiet-Silvain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071457v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crane Rogers" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Broussouloux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Houzelle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00772755v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Geary" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Pommier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/her/cyq012" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985008v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1006254ar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986517v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986605v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071460v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Rommel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monney" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071462v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rotat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071466v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094986v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490882v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Riera-Navarro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490890v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506138v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506133v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506151v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490870v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Prigent" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490893v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490859v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506162v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506158v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506139v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506146v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05068937v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05291036v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04796761v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270185v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04131005v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04625768v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344159v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Sartori" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344425v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04106946v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344234v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344504v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270193v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04352636v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Bouri" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344587v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344304v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03723451v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03576534v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03767649v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129626v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129617v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154832v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402901v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436445v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Younes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Paivandi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Drot-Delange" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129624v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129613v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M&#233;rini" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatia Terfous" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129631v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129662v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129667v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Morand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895347v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Coste" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Mangin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895869v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895838v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895344v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Degb&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926237v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926253v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129680v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649314v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895735v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677484v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940873v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Seurrat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Annoot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Daguet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926230v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677480v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677489v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677503v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677508v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerttu Tossavainen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381336v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermeline Edouard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jullien" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926288v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080046v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01673724v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333352v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jukka Sormunen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677516v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174782v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121933v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bruy&#232;re" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199490v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199515v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199499v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174776v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199519v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174779v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080944v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maurice" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Friaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Trescarte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080928v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Leyrit" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080916v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Blanc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boucharlat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Suerinck" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986629v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Fitzgerald" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098112v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098113v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809057v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098119v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986637v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097687v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fiard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084933v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098656v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116738v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084916v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806527v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bizzoni-Pr&#233;vieux" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Otis" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Grenier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806529v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Thomazet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099513v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099515v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Victor" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809068v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-N. Rotat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809063v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jandot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guillaumin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099510v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099533v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Barnoin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778796v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099517v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Leyrit" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jourdan" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778787v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Grondin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbaud" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05068960v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05344511v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05361652v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05263348v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Fonquerne" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04786951v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Doridant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270201v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04057471v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C. Genton" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129606v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402947v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086062v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791371v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martinez" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marchand-Maillet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333357v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080936v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01076834v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Le Coq" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bertrand" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079326v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080932v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121930v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121932v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098115v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079862v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084918v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099530v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926366v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122109v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unires-edusante.fr/wp-content/uploads/2013/07/Actes-2010.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05336804v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934779v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129652v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03790229v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926202v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02749756v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Raude" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677457v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677461v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducros" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129670v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508288v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lamboy" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jeannel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Mouraire" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02892571v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Guernier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Gondinet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michaud" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carine-simar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165702524" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05433591v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Desmoriaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C&#233;cile Genton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Simar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique R&#233;gnier Denois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cury" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17579759251320649" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506130v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Foucaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Guillemin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Vandoorne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gautier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17579759251393596" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04810685v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ren&#233;e Gu&#233;vel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Godeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Porcherie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17579759241296870" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069127v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goutte" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Restoy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04959355v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Ropers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Genton" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jourdan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.hs1.2024.0019" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04764896v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Coudert-Chevreau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Monier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckae144.1815" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506267v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Margat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gagnayre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04222369v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.11855" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807281v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Giron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Denois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18332/popmed/165634" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04183849v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Colson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Muller" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsi.152.0077" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04276207v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chauvin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckad160.1416" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093919v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Nsambu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Masson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3865" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02447443v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Biss&#232;ge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Dollet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckz186.155" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657792v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorita Sormunen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14635240.2017.1408419" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780246v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478879v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Joan Darlington" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Bernard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Berger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682185v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465775v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Darlington" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HE-09-2016-0038" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261296v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Deasy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gra&#231;a S. Carvalho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mannix Mcnamara" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/HE-07-2014-0078" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381835v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolween Violon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Salabot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Charron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01139501v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouk Nekka" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084601v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rochigneux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986523v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986544v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Guiet-Sylvain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Parayre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Pizon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986571v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606630v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Guiet-Silvain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071457v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crane Rogers" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Broussouloux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Houzelle" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00772755v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Geary" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Pommier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/her/cyq012" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986517v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986605v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071460v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Rommel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monney" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985008v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1006254ar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071462v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rotat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071466v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01094986v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490890v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Riera-Navarro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490882v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506138v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506133v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506151v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490870v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Prigent" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490893v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490859v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506162v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506139v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506158v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506146v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05068937v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05291036v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04796761v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04625768v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344159v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Sartori" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04131005v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270185v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04106946v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344425v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270193v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344504v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344234v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344304v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04352636v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham El Bouri" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04344587v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03723451v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03576534v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03767649v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129617v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129626v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154832v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402901v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129613v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436445v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Younes" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Paivandi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Drot-Delange" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129624v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne M&#233;rini" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatia Terfous" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129631v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129662v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129667v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Morand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895347v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Coste" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Mangin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895869v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895344v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Degb&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895838v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678586v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926237v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926253v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129680v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649314v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895735v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677484v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926230v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677489v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677480v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940873v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Seurrat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Annoot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Daguet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677508v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerttu Tossavainen" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677503v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926288v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381336v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermeline Edouard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jullien" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080046v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01673724v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677516v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333352v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jukka Sormunen" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174782v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199490v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121933v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bruy&#232;re" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199515v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199499v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174776v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174779v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199519v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080944v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maurice" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Friaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Trescarte" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080916v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Blanc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boucharlat" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Suerinck" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080928v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Leyrit" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986629v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aileen Fitzgerald" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098113v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098112v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809057v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098119v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986637v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097687v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fiard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084933v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098656v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116738v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084916v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806529v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Thomazet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806527v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bizzoni-Pr&#233;vieux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Otis" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Grenier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099513v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099515v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Victor" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809068v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-N. Rotat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809063v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jandot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guillaumin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099510v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778796v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099533v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Barnoin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099517v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Leyrit" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jourdan" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778787v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Grondin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gerbaud" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05068960v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05344511v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05361652v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05263348v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Fonquerne" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04786951v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Doridant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270201v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04057471v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C. Genton" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129606v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086062v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402947v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791371v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martinez" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Marchand-Maillet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333357v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080936v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01076834v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Le Coq" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bertrand" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079326v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01080932v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121930v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121932v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098115v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079862v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084918v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099530v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926366v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122109v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unires-edusante.fr/wp-content/uploads/2013/07/Actes-2010.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05336804v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934779v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129652v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03790229v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926202v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02749756v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Raude" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677461v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducros" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677457v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129670v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508288v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lamboy" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jeannel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Mouraire" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02892571v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Guernier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Gondinet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michaud" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>