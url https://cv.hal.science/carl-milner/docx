--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1858,226 +1858,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02549002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Tropospheric Gradients for the Ground-Based Augmentation System Through the Use of Numerical Weather Models</w:t>
+                <w:t xml:space="preserve">Code carrier divergence monitoring for dual-frequency GBAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alizé Guilbert</w:t>
+                <w:t xml:space="preserve">Yiping Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Macabiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Navigation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GPS Solutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (2), pp. Pages 769-781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10291-016-0567-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01677977v1</w:t>
+                <w:t xml:space="preserve">hal-01375900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Code carrier divergence monitoring for dual-frequency GBAS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yiping Jiang</w:t>
+                <w:t xml:space="preserve">Characterization of Tropospheric Gradients for the Ground-Based Augmentation System Through the Use of Numerical Weather Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizé Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Macabiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GPS Solutions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Navigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 64 (4), pp. 475-493</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01375900v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian Inference of GNSS Failures</w:t>
               </w:r>
@@ -2518,937 +2518,937 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03384628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Integrity and Continuity Over Time in Advanced RAIM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrity Monitoring for A-PNT Using Barometric Measurements Aided Multi-DMEs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiao Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Joerger,</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Macabiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Estival</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLANS 2020 IEEE/ION Position, Location and Navigation Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PLANS46316.2020.9109924⟩</w:t>
+              <w:t xml:space="preserve">ION GNSS+ 2020, 33rd International Technical Meeting of the Satellite Division of the Institute of Navigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Virtual event, United States. pp.2475 - 2482, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.33012/2020.17697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02866350v1</w:t>
+                <w:t xml:space="preserve">hal-02964017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis on the Impact of Different Time Constants of Smoothing Filter on Compliance of Ranging Source Monitors in Dual-Frequency GBAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Junesol Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ION GNSS+ 2020, 33rd International Technical Meeting of the Satellite Division of the Institute of Navigation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Virtual event, United States. pp. 1132-1143., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.33012/2020.17580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02964006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrity Monitoring for A-PNT Using Barometric Measurements Aided Multi-DMEs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluating Integrity and Continuity Over Time in Advanced RAIM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Estival</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Pervan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Blanch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Joerger,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION GNSS+ 2020, 33rd International Technical Meeting of the Satellite Division of the Institute of Navigation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Virtual event, United States. pp.2475 - 2482, </w:t>
+              <w:t xml:space="preserve">PLANS 2020 IEEE/ION Position, Location and Navigation Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Portland, United States. pp.502-514 / ISBN: 978-1-7281-9446-2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.33012/2020.17697⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PLANS46316.2020.9109924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02964017v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02866350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart Exploitation of Pseudorange and Pseudorange-rate Error Characterization to Improve the PVT Solution</w:t>
+                <w:t xml:space="preserve">Characterization of Line-of-Sight and Non-Line-of-Sight Pseudorange Multipath Errors in Urban Environment for GPS and Galileo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eustachio Roberto Matera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Javier Garcia Peña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Ekambi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION GNSS+ 2019, 32nd International Technical Meeting of the Satellite Division of The ION</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.33012/2019.17109⟩</w:t>
+              <w:t xml:space="preserve">ITM 2019, International Technical Meeting of The Institute of Navigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Reston, United States. pp. 177-196., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.33012/2019.16687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391874v1</w:t>
+                <w:t xml:space="preserve">hal-02138301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simplified GNSS Fusion-based Train Positioning System and its Diagnosis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Vezinet</w:t>
+                <w:t xml:space="preserve">Assessment of Dual-frequency Signal Quality Monitor to Support CAT II/III GBAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junesol Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikhlas Selmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bouterfas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Julien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ION GNSS+ 2019, 32nd International Technical Meeting of the Satellite Division of The Institute of Navigation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2019, Miami, United States. pp.3033-3044, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.33012/2019.16967⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2019, Miami, United States. pp.508-519, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.33012/2019.16864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02370234v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostics of GNSS-based Virtual Balise in Railway Using Embedded Odometry and Track Geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heekwon No</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Vezinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ION 2019, Institute of Navigation International Technical Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Reston, United States. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.33012/2019.16675⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02018190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Dual-frequency Signal Quality Monitor to Support CAT II/III GBAS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Junesol Song</w:t>
+                <w:t xml:space="preserve">Smart Exploitation of Pseudorange and Pseudorange-rate Error Characterization to Improve the PVT Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eustachio Roberto Matera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Javier Garcia Peña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Julien</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Ekambi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION GNSS+ 2019, 32nd International Technical Meeting of the Satellite Division of The Institute of Navigation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Miami, United States. pp.508-519, </w:t>
+              <w:t xml:space="preserve">ION GNSS+ 2019, 32nd International Technical Meeting of the Satellite Division of The ION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Miami, United States. pp.3959 - 3984, </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.33012/2019.16864⟩</w:t>
+                <w:t xml:space="preserve">⟨10.33012/2019.17109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02318331v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02391874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Line-of-Sight and Non-Line-of-Sight Pseudorange Multipath Errors in Urban Environment for GPS and Galileo</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Julien</w:t>
+                <w:t xml:space="preserve">Simplified GNSS Fusion-based Train Positioning System and its Diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heekwon No</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Vezinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Ekambi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ITM 2019, International Technical Meeting of The Institute of Navigation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Reston, United States. pp. 177-196., </w:t>
+              <w:t xml:space="preserve">ION GNSS+ 2019, 32nd International Technical Meeting of the Satellite Division of The Institute of Navigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Miami, United States. pp.3033-3044, </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.33012/2019.16687⟩</w:t>
+                <w:t xml:space="preserve">⟨10.33012/2019.16967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02138301v1</w:t>
+                <w:t xml:space="preserve">hal-02370234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Test Statistic and Position Error Correlation in (Advanced) RAIM</w:t>
               </w:r>
@@ -3568,51 +3568,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of advanced RAIM minimum operational performance standards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Blanch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Todd Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4598,51 +4598,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of BOC Modulation on GPS/Galileo Airborne Receiver Integrity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ni Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4722,497 +4722,497 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01271974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nominal Bias Analysis for ARAIM User</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Code-Carrier Divergence Monitoring for GAST-F GBAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiping Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Milner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Macabiau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION International Technical Meeting 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute of Navigation, Jan 2015, Dana Point, United States</w:t>
+              <w:t xml:space="preserve">ENC 2015, European Navigation Conference 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01145811v1</w:t>
+                <w:t xml:space="preserve">hal-01294478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Troposphere Reassessment in the scope of MC/MF Ground Based Augmentation System (GBAS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alizé Guilbert</w:t>
+                <w:t xml:space="preserve">Methodology for determining Pseudorange noise and multipath models for a multi-constellation, multi-frequency GBAS system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Rotondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Thevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Macabiau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Felux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION Pacific PNT Conference 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institute of Navigation, Apr 2015, Honolulu, United States</w:t>
+              <w:t xml:space="preserve">International Technical Meeting 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Navigation, Jan 2015, Dana Point, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01147308v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology for determining Pseudorange noise and multipath models for a multi-constellation, multi-frequency GBAS system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nominal Bias Analysis for ARAIM User</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Macabiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Milner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Rotondo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Macabiau</w:t>
+                <w:t xml:space="preserve">Norbert Suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Felux</w:t>
+                <w:t xml:space="preserve">Catalina Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Technical Meeting 2015</w:t>
+              <w:t xml:space="preserve">ION International Technical Meeting 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institute of Navigation, Jan 2015, Dana Point, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01151478v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01145811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Code-Carrier Divergence Monitoring for GAST-F GBAS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yiping Jiang</w:t>
+                <w:t xml:space="preserve">Troposphere Reassessment in the scope of MC/MF Ground Based Augmentation System (GBAS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizé Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Macabiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENC 2015, European Navigation Conference 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">ION Pacific PNT Conference 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Navigation, Apr 2015, Honolulu, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01294478v1</w:t>
+                <w:t xml:space="preserve">hal-01147308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concept for a Dual Frequency Dual Constellation GBAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Felux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Simona Circiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5306,51 +5306,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of Corrections Processing for MC/MF Ground Based Augmentations System (GBAS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alizé Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Macabiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5382,217 +5382,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01147281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of ARAIM Nominal Bias Bounding Techniques on Final ARAIM User Performance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Advanced RAIM (ARAIM) ground integrity monitoring proposal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mikaël Mabilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ION ITM 2014, International Technical Meeting of The Institute of Navigation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, San Diego, United States. pp xxxx</w:t>
+              <w:t xml:space="preserve">ENC-GNSS 2014, European Navigation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Rotterdam, Netherlands. pp xxxx</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00937001v1</w:t>
+                <w:t xml:space="preserve">hal-00989929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Advanced RAIM (ARAIM) ground integrity monitoring proposal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of ARAIM Nominal Bias Bounding Techniques on Final ARAIM User Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Macabiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Suard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catalina Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Mabilleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENC-GNSS 2014, European Navigation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Rotterdam, Netherlands. pp xxxx</w:t>
+              <w:t xml:space="preserve">ION ITM 2014, International Technical Meeting of The Institute of Navigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, San Diego, United States. pp xxxx</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00989929v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00937001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GBAS perspectives</w:t>
               </w:r>
@@ -5647,51 +5647,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Processing Scheme for meeting Cat II/III with the MC/MF GBAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alizé Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5781,64 +5781,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Macabiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dulery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Mabilleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Suard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ION GNSS 2013, 26th International Technical Meeting of The Satellite Division of the Institute of Navigation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Nashville, United States. pp 2614-2623</w:t>
@@ -6253,51 +6253,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of processing models for Multi-Constellation/Multi-Frequency GBAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alizé Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Milner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6438,51 +6438,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A8703D92"/>
+    <w:nsid w:val="97B20F67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6669,51 +6669,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carl-milner" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3614-1510" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/195132599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/40147602524057641115" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367267v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Ghizzo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lesouple" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Milner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2025.110389" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481002v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Hussong" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Garcia Pena" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/navi.738" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05386863v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Garcia-Pena" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-024-01804-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04669552v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Liang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Macabiau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Estival" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2024.3407049" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04901398v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junesol Song" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3494863" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04901275v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heekwon No" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/navi.673" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04771055v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Mehdi Djelloul" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2024.109762" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04094441v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guillard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Thevenon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2023.1106439" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04653350v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23198273" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03670625v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0373463321000801" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03670501v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/rsn2.12206" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03679649v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Bang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2021.3082665" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02549100v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikhlas Selmi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/navi.360" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02916817v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-020-00997-w" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02549002v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Pervan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2020.2969540" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01677977v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Guilbert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01375900v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiping Jiang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-016-0567-4" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01849420v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0373463315000697" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04528859v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Javier Garcia Pe&#241;a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP48485.2024.10448170" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03854150v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2022.18331" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03384628v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2021.17874" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02866350v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Blanch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Joerger," TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PLANS46316.2020.9109924" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02964006v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2020.17580" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02964017v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2020.17697" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02391874v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eustachio Roberto Matera" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ekambi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.17109" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02370234v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Vezinet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16967" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02018190v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16675" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02318331v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bouterfas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Julien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16864" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02138301v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16687" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02318333v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gallon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16894" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02561831v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Walter" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Berz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Burns" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Clark" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16904" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02064496v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16684" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02081472v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2018.16031" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01945620v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31701/itsnt2018.26" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01763408v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PLANS.2018.8373398" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01759181v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01705851v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01705850v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Tessier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Azoulai" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Amarillo Fernandez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01664383v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2018.15555" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01271974v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Zhu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Martineau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2016.13419" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01145811v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chabory" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Suard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Rodriguez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01147308v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01151478v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Rotondo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Felux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01294478v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01272779v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Simona Circiu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubeker Belabbas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Meurer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Stanisak" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01147281v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00937001v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Mabilleau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00989929v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01759493v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01147313v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00936929v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dulery" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00936846v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Montloin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022515v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00939265v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaojun Feng" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Altti Jokinen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Washington Ochieng" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011531v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carl-milner" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3614-1510" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/195132599" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/40147602524057641115" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367267v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Ghizzo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lesouple" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Milner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2025.110389" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481002v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Hussong" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Garcia Pena" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/navi.738" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05386863v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Garcia-Pena" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-024-01804-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04669552v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Liang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Macabiau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Estival" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2024.3407049" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04901398v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junesol Song" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3494863" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04901275v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heekwon No" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/navi.673" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04771055v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Mehdi Djelloul" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2024.109762" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04094441v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guillard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Thevenon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2023.1106439" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04653350v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23198273" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03670625v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0373463321000801" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03670501v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/rsn2.12206" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03679649v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Bang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2021.3082665" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02549100v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikhlas Selmi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/navi.360" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02916817v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-020-00997-w" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02549002v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Pervan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2020.2969540" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01375900v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiping Jiang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-016-0567-4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01677977v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Guilbert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01849420v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0373463315000697" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04528859v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Javier Garcia Pe&#241;a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP48485.2024.10448170" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03854150v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2022.18331" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03384628v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2021.17874" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02964017v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2020.17697" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02964006v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2020.17580" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02866350v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Blanch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Joerger," TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PLANS46316.2020.9109924" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02138301v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eustachio Roberto Matera" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Julien" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ekambi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16687" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02318331v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bouterfas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16864" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02018190v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Vezinet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16675" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02391874v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.17109" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02370234v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16967" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02318333v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gallon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16894" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02561831v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Walter" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Berz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Burns" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Clark" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16904" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02064496v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2019.16684" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02081472v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2018.16031" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01945620v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31701/itsnt2018.26" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01763408v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PLANS.2018.8373398" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01759181v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01705851v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01705850v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Tessier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Azoulai" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Amarillo Fernandez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01664383v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2018.15555" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01271974v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ni Zhu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Martineau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33012/2016.13419" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01294478v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01151478v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Rotondo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Felux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01145811v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chabory" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Suard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Rodriguez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01147308v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01272779v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Simona Circiu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubeker Belabbas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Meurer" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Stanisak" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01147281v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00989929v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00937001v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Mabilleau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01759493v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01147313v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00936929v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dulery" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00936846v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Montloin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022515v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00939265v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaojun Feng" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Altti Jokinen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Washington Ochieng" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011531v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>