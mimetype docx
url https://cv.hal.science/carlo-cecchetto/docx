--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -810,1144 +810,1144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03969198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the nature of role shift</w:t>
+                <w:t xml:space="preserve">Assessing Lexical and Syntactic Comprehension in Deaf Signing Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doriane Gras</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11049-022-09539-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Deaf Studies and Deaf Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (4), pp.373-386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/deafed/enad022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03907593v1</w:t>
+                <w:t xml:space="preserve">hal-04178417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehension of double-center embedded relatives in Italian: a case for hierarchical intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Sala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Sala</w:t>
+                <w:t xml:space="preserve">Giulia Bettelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Bettelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+                <w:t xml:space="preserve">Alessandra Vergallito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonor Josefina Romero Lauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Isogloss. Open Journal of Romance Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 9 (1), pp.1-29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5565/rev/isogloss.276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04178419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing Lexical and Syntactic Comprehension in Deaf Signing Adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the nature of role shift</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Giorgia Zorzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriane Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Deaf Studies and Deaf Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 28 (4), pp.373-386. </w:t>
+              <w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 71, pp.459-500. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/deafed/enad022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11049-022-09539-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04178417v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03907593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Labeling reduced sentences: when VPs are sentences?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">On the reliability of the notion of native signer and its risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Hauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistic Inquiry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/ling_a_00460⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2022.716554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03912697v1</w:t>
+                <w:t xml:space="preserve">hal-03377023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the reliability of the notion of native signer and its risks</w:t>
+                <w:t xml:space="preserve">Performance of Deaf Participants in an Abstract Visual Grammar Learning Task at Multiple Formal Levels: Evaluating the Auditory Scaffolding Hypothesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gesche Westphal-Fitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Tecumseh Fitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2022.716554⟩</w:t>
+              <w:t xml:space="preserve">Cognitive Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 46 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cogs.13114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03377023v1</w:t>
+                <w:t xml:space="preserve">hal-03906021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of Deaf Participants in an Abstract Visual Grammar Learning Task at Multiple Formal Levels: Evaluating the Auditory Scaffolding Hypothesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+                <w:t xml:space="preserve">Labeling reduced sentences: when VPs are sentences?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitive Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cogs.13114⟩</w:t>
+              <w:t xml:space="preserve">Linguistic Inquiry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/ling_a_00460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03906021v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03912697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age of exposure and subject/object asymmetries when wh -movement goes rightward : the case of LIS interrogatives</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Checchetto</w:t>
+                <w:t xml:space="preserve">Asymmetries in relative clause comprehension in three European sign languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Hauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriane Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sign Language and Linguistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1075/sll.20015.cec⟩</w:t>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5334/gjgl.1454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03470180v1</w:t>
+                <w:t xml:space="preserve">hal-03509743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetries in relative clause comprehension in three European sign languages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Hauser</w:t>
+                <w:t xml:space="preserve">Age of exposure and subject/object asymmetries when wh -movement goes rightward : the case of LIS interrogatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Checchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirko Santoro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (1), </w:t>
+              <w:t xml:space="preserve">Sign Language and Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5334/gjgl.1454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1075/sll.20015.cec⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509743v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03470180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asymmetries in relative clause comprehension in three European sign languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doriane Gras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2016-2021)</w:t>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 6 (1), pp.72. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/gjgl.1454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246691v1</w:t>
@@ -2216,403 +2216,403 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03089633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mind the stimulation site: Enhancing and diminishing sentence comprehension with anodal tDCS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+                <w:t xml:space="preserve">Whatever His Arguments, Whatever Relatives Are Not Free Relatives: A Reply to Caponigro’s Reply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Foppolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Konrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bandl.2020.104757⟩</w:t>
+              <w:t xml:space="preserve">Linguistic Inquiry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/ling_a_00413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03049254v1</w:t>
+                <w:t xml:space="preserve">hal-03039377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avoiding gaps in Romance: a processing foundation for the Merge over Move principle?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Massimo Burattini</w:t>
+                <w:t xml:space="preserve">Mind the stimulation site: Enhancing and diminishing sentence comprehension with anodal tDCS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Vergallito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Varoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Adrian Staub</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilia del Mauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Syntax</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brain and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 204, pp.104757. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bandl.2020.104757⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03134859v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03049254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whatever His Arguments, Whatever Relatives Are Not Free Relatives: A Reply to Caponigro’s Reply</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caterina Donati</w:t>
+                <w:t xml:space="preserve">Avoiding gaps in Romance: a processing foundation for the Merge over Move principle?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Konrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Burattini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Foppolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistic Inquiry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Syntax</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03039377v1</w:t>
+                <w:t xml:space="preserve">halshs-03134859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Against the parallelism between the NP and the clause: Evidence from idioms</w:t>
               </w:r>
@@ -2702,51 +2702,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narrative skills in Italian pre-school children with cochlear implants. Effects of late linguistic exposure on a late acquired domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirta Vernice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2808,1213 +2808,1250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03049277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is STM involved in sentence comprehension?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial biases in deaf, blind, and deafblind individuals as revealed by a haptic line bisection task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaira Cattaneo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Geraci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costanza Papagno</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2018.08.028⟩</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1747021817741288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01905722v1</w:t>
+                <w:t xml:space="preserve">hal-01697074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial biases in deaf, blind, and deafblind individuals as revealed by a haptic line bisection task</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carlo Geraci</w:t>
+                <w:t xml:space="preserve">Is STM involved in sentence comprehension?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costanza Papagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Costanza Papagno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1747021817741288⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2018.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01697074v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01905722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The language instinct in extreme circumstances: The transition to tactile Italian Sign Language (LISt) by Deafblind signers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Checchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Zucchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2016-2021)</w:t>
+              <w:t xml:space="preserve">Glossa a journal of general linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 3 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5334/gjgl.357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01905666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artificial Grammar Learning Capabilities in an Abstract Visual Task Match Requirements for Linguistic Syntax</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+                <w:t xml:space="preserve">Relative clause avoidance: Evidence for a structural parsing principle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Foppolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">W. Tecumseh Fitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, </w:t>
+              <w:t xml:space="preserve">Journal of Memory and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 98, pp.26 - 44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2018.01210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jml.2017.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01905663v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative clause avoidance: Evidence for a structural parsing principle</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caterina Donati</w:t>
+                <w:t xml:space="preserve">Artificial Grammar Learning Capabilities in an Abstract Visual Task Match Requirements for Linguistic Syntax</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gesche Fitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Tecumseh Fitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Memory and Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jml.2017.09.003⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2018.01210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01648699v1</w:t>
+                <w:t xml:space="preserve">hal-01905663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anodal transcranial direct current stimulation over left inferior frontal gyrus enhances sentence comprehension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Vergallito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Varoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonor J. Romero Lauro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain and Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 176, pp.36 - 41. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bandl.2017.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new case for structural intervention: evidence from Wenzhounese relative clauses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shenai Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Teresa Guasti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of East Asian Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 27 (3), pp.247 - 273. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10831-018-9182-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01905664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The language instinct in extreme circumstances: The transition to tactile Italian Sign Language (LISt) by Deafblind signers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carlo Geraci</w:t>
+                <w:t xml:space="preserve">Boosted language: anodal tDCS over Broca's area enhances linguistic comprehension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vergallito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Varoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandro Zucchi</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.J. Romero Lauro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa: a journal of general linguistics (2016-2021)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5334/gjgl.357⟩</w:t>
+              <w:t xml:space="preserve">Brain Stimulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brs.2017.01.411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ijn_03082163v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boosted language: anodal tDCS over Broca's area enhances linguistic comprehension</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Varoli</w:t>
+                <w:t xml:space="preserve">Tactile short-term memory in sensory deprived individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costanza Papagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Minniti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Mattavelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Mantovan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L.J. Romero Lauro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Stimulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brs.2017.01.411⟩</w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-016-4808-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01648700v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phonological blending or code mixing? Why mouthing is not a core component of sign language grammar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Mereghetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11049-016-9353-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01390667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative clauses are not adjuncts : an experimental investigation of a corollary of the raising analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirta Vernice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4023,1705 +4060,1575 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Moscati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistische Berichte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 246, pp.139-169</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01828734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-Term Memory and Sign Languages. Sign Span and its Linguistic Implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Mantovan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistica. Revista de estudos linguisticos da universidade do Porto.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11, pp.59-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tactile short-term memory in sensory deprived individuals</w:t>
+                <w:t xml:space="preserve">Deaf, blind or deaf-blind: Is touch enhanced?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costanza Papagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Pisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bolognini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Brain Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2016, 234:2, pp.627-636</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01390656v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deaf, blind or deaf-blind: Is touch enhanced?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deaf individuals show a leftward bias in numerical bisection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zaira Cattaneo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costanza Papagno</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nadia Bolognini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Perception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45:1-2, pp.156-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0301006615596915⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335351v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deaf individuals show a leftward bias in numerical bisection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zaira Cattaneo</w:t>
+                <w:t xml:space="preserve">Experimental syntax and the variation of island effects in English and Italian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Sprouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivano Caponigro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciro Greco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Costanza Papagno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perception</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0301006615596915⟩</w:t>
+              <w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 34 (1), pp.307-344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11049-015-9286-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335348v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental syntax and the variation of island effects in English and Italian</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ciro Greco</w:t>
+                <w:t xml:space="preserve">Relative clauses are not adjuncts: an experimental investigation of a corollary of the raising analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirta Vernice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Moscati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Linguistische Berichte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 246, pp.139-169</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335353v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative clauses are not adjuncts: an experimental investigation of a corollary of the raising analyses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mirta Vernice</w:t>
+                <w:t xml:space="preserve">Variation in Italian Sign Language (LIS): The Case of Wh-signs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Geraci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bayley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Cardinaletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincenzo Moscati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistische Berichte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 246, pp.139-169</w:t>
+              <w:t xml:space="preserve">Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53:1, pp.125-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335302v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Syntax of Predicate Ellipsis in Italian Sign Language (LIS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Checchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirko Santoro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandro Zucchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lingua</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.lingua.2014.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01335369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variation in Italian Sign Language (LIS): The Case of Wh-signs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">WH-duplication in Italian Sign Language (LIS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara Branchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Cardinaletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 53:1, pp.125-151</w:t>
+              <w:t xml:space="preserve">Sign Language and Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16 (2), pp.157-188</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335375v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WH-duplication in Italian Sign Language (LIS)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anna Cardinaletti</w:t>
+                <w:t xml:space="preserve">When meaning is useless</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Benetello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Carlo Geraci</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costanza Papagno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sign Language and Linguistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09658211.2014.945939⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335492v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When meaning is useless</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annalisa Benetello</w:t>
+                <w:t xml:space="preserve">(Eye)-tracking Short-Term-Memory over time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costanza Papagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuela Bricolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Mussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Daini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Costanza Papagno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Memory</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Aphasiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 26 (3-4), pp.536-555</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335393v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Eye)-tracking Short-Term-Memory over time</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relabeling Heads. A Unified Account for Relativization Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aphasiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 26 (3-4), pp.536-555</w:t>
+              <w:t xml:space="preserve">Linguistic Inquiry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 42 (4), pp.519-560</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335496v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relabeling Heads. A Unified Account for Relativization Structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hearing shapes our perception of time: Temporal discrimination of tactile stimuli in deaf peopl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bolognini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Geraci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Maravita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Pascal-Leone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistic Inquiry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 42 (4), pp.519-560</w:t>
+              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 24 (2), pp.276-286</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335499v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hearing shapes our perception of time: Temporal discrimination of tactile stimuli in deaf peopl</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadia Bolognini</w:t>
+                <w:t xml:space="preserve">) Looking for an explanation for the low sign span. Is order involved?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Gozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Perugini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costanza Papagno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 24 (2), pp.276-286</w:t>
+              <w:t xml:space="preserve">Journal of Deaf Studies and Deaf Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 16 (1), pp.101-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335497v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01335500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...120 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Labeling: Principle C and Head Movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5737,51 +5644,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Syntax</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 13, pp.278</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01443414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5791,51 +5698,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the imperialism of the copula</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5851,164 +5758,164 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A CARTESIAN DREAM.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 129-138, 2024, 978-2-8399-4196-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04485596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relative clauses in Romance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oxford Research Encyclopedia of Linguistics.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acrefore/9780199384655.001.0001/acrefore-9780199384655-e-663.⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unprobed movement and labeling: tree trimming as a key to understand successive cyclicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6018,429 +5925,429 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nora Boneh; Daniel Harbour; Ora Matushansky; Isabelle Roy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Building on Babel’s rubble / Construire sur les décombres de Babel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Vincennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Sciences du langage, 9782379242373</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03906059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unprobed movement and labeling: tree trimming as a key to understand successive cyclicity.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wh-features and exclamatives in LIS (Italian Sign Language)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Checchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building on Babel\textquoterights rubble</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Língua gestual portuguesa e outras línguas de sinais : estudos linguísticos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21747/978-989-9082-02-1/ling⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03912470v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03906050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wh-features and exclamatives in LIS (Italian Sign Language)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Checchetto</w:t>
+                <w:t xml:space="preserve">Unprobed movement and labeling: tree trimming as a key to understand successive cyclicity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Língua gestual portuguesa e outras línguas de sinais : estudos linguísticos</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Building on Babel\textquoterights rubble</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, pp.377-394, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03906050v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03912470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Null Arguments and Ellipsis – Theoretical Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Routledge Handbook of Theoretical and Experimental Sign Language Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.295-308, 2021, 9781138801998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03292836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syntax Part, Section 1.1 Sentence types: declaratives Syntax Part, Section 1.2 Sentence types: interrogatives Syntax Part, Section 1.3 Sentence types: imperatives Syntax Part, Section 2.5 Clause structure: clausal ellipsis Syntax Part, Section 3.3 Argument clauses Syntax Part, Section 3.5.5 Coordination and subordination. Adverbial clauses: Reason clauses Syntax Part, Section 3.5.6 Coordination and subordination. Adverbial clauses: Purpose clauses Syntax Part, Section 3.5.7.1 Coordination and subordination. Adverbial clauses: Internal structure of concessive clauses Syntax Part, Section 3.5.7.2 Coordination and subordination. Adverbial clauses: Manual signs marking subordination in concessive clauses Syntax Part, Section 3.5.7.4 Coordination and subordination. Adverbial clauses: Non-manual markers in concessive clauses Pragmatics Part, Chapter 3. Speech acts Pragmatics Part, Chapter 6. Reporting and role shift</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Grammar of Italian Sign Language (LIS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fondazione Università Ca’ Foscari; Fondazione Università Ca’ Foscari, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30687/978-88-6969-474-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03059474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relabeling participial Construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6456,1137 +6363,1137 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In Linguistic Variation: Structure and Interpretation \textendash A Festschrift in Honour of M. Rita Manzini in occasion of her 60th birthday.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mouton de Gruyter, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03134933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hidden languages in a digital world: the case of sign language archives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Pfau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pietro Braione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josep Quer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gli archivi sonori al crocevia tra scienze fonetiche, informatica umanistica e patrimonio digitale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.31-47, 2020, 978-88-97657-38-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03049351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relabeling participial constructions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donati Caterina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ludovico Franco and Paolo Lorusso. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linguistic Variation: Structure and Interpretation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mouton De Gruyter, pp.149-162, 2020, 978-1-5015-0520-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02398863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching for imperatives in European sign languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemma Barberà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Branchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Imperatives and Directive Strategies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/slcs.184.04don⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_03082188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching for mandatory in European sign languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donati Caterina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemma Barberà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Branchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Van Olmen, D. and S. Heinold. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Imperatives and Other Directive Strategies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins, pp.111-155, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relativization in Italian Sign Language (LIS): The missing link of relativization</w:t>
+                <w:t xml:space="preserve">Relativization in Italian Sign Language: the missing link of relativization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">R. Pfau, M. Steinbach &amp; A. Herrmann </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complex sentences and beyond,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Berlin, pp.93-128, 2016</w:t>
+              <w:t xml:space="preserve">A matter of complexity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mouton De Gruyter, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01428235v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01340835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The syntax of Sign Language and Universal Grammar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ian Roberts. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Oxford Handbook of Universal grammar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.509-526, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01648708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relativization in Italian Sign Language: the missing link of relativization</w:t>
+                <w:t xml:space="preserve">Relativization in Italian Sign Language (LIS): The missing link of relativization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donati Caterina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A matter of complexity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mouton De Gruyter, 2016</w:t>
+              <w:t xml:space="preserve">Complex sentences and beyond,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Berlin, pp.93-128, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01340835v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01428235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Considerazioni sul fenomeno dell’ellissi verbale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Oniga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Puccetti </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Latinitatis Rationes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mouton De Gruyter, pp.189-199, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subject Intervention in free relatives</w:t>
+                <w:t xml:space="preserve">Please do not Move That remnant too much!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donati Caterina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structures, strategies and beyond</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Benjamins, pp.369-392, 2015</w:t>
+              <w:t xml:space="preserve">Remnant Movement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mouton de Gruyter, pp.179-200., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01428353v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01428333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Please do not Move That remnant too much!</w:t>
+                <w:t xml:space="preserve">Subject Intervention in free relatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donati Caterina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remnant Movement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mouton de Gruyter, pp.179-200., 2015</w:t>
+              <w:t xml:space="preserve">Structures, strategies and beyond</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Benjamins, pp.369-392, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01428333v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01428353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La variazione nel lessico della Lingua dei Segni Italiana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Battaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardinaletti Anna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La variazione nel lessico della Lingua dei Segni Italiana \guillemotright. Atti del Congresso SLI Università di Viterbo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bulzoni, pp.271-280, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01440948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7596,371 +7503,371 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiment on complementizer-less subject relatives in English</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">On the nature of role shift: insights from a comprehension study in different populations of LIS, LSC and LSF signers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doriane Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Hauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03134863v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03306458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the nature of role shift: insights from a comprehension study in different populations of LIS, LSC and LSF signers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experiment on complementizer-less subject relatives in English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Foppolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Konrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03306458v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03134863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age of exposure and subject/object asymmetries when wh-movement goes rightward: the case of LIS interrogatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Checchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirko Santoro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03306566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experiment on complementizer-less subject relatives in English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7995,169 +7902,169 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03990417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SignGram Blueprint. A Guide to the Preparation of Comprehensive Reference Grammars for Sign Languages.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Quer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kelepir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Pfau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01425397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8167,686 +8074,712 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehension of verb directionality in LIS and LSF</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Age of acquisition matters. Effects of age of first sign language exposure in role-shift processing in three different sign languages (LIS, LSC and LSF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donati Caterina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Giorgia Zorzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordina Sánchez Amat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ExLing2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Athen, Greece</w:t>
+              <w:t xml:space="preserve">FEAST 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03511834v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age of acquisition matters. Effects of age of first sign language exposure in role-shift processing in three different sign languages (LIS, LSC and LSF)</w:t>
+                <w:t xml:space="preserve">Comprehension of verb directionality in LIS and LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Valentina Aristodemo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donati Caterina</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEAST 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">ExLing2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Athen, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03511851v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03511834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehension of verb directionality in LIS and LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference of Experimental Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, On-line for COVID pandemic, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.36505/ExLing-2020/11/0008/000423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03246701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SignGram Blueprint: providing a tool for sign language grammar description</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Quer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Steinbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TISLR 12, Melbourne. January 2016.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong islands and cyclic transfer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Staub Minding the gap : the parser avoids relative clauses whenever it can</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Foppolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Moscati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Brussels Conference on Generative Linguistics (BCGL) 9: Phase Theory. KU Leuven (Brussels), 2016.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Bruxelles, Unknown Region</w:t>
+              <w:t xml:space="preserve">29th Annual CUNY Conference on Human Sentence Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Gainesville United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01428240v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01829310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Il n'y a pas trente-six façons of building an NP structure</w:t>
+                <w:t xml:space="preserve">Are all adverbial clauses adjuncts? The Internal and External Syntax of Adverbial Clauses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistic Symposium on Romance Languages, New York Stony Brook</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve"> ZAS Workshop </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01428265v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01831031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are (all) adverbial clauses adjuncts~?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8862,263 +8795,237 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The internal and external syntax of adverbial clauses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01425435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are all adverbial clauses adjuncts? The Internal and External Syntax of Adverbial Clauses</w:t>
+                <w:t xml:space="preserve">Il n'y a pas trente-six façons of building an NP structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ZAS Workshop </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Linguistic Symposium on Romance Languages, New York Stony Brook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01831031v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01428265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staub Minding the gap : the parser avoids relative clauses whenever it can</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strong islands and cyclic transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Donati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincenzo Moscati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th Annual CUNY Conference on Human Sentence Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Gainesville United States</w:t>
+              <w:t xml:space="preserve">In Brussels Conference on Generative Linguistics (BCGL) 9: Phase Theory. KU Leuven (Brussels), 2016.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Bruxelles, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01829310v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01428240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A relabeling analysis of reduced relatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9134,73 +9041,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encuentro de Gramatica Generativa 7, Buenos Aires. July 2015.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Object relative clauses: An unexpected difference between children and adults.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9209,133 +9116,133 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Konrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Soares-Jesel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th Generative Approaches to Language Acquisition (GALA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Nantes, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Object relative clauses. an unexpected difference between children and adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Soares-Jessel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Konrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9350,73 +9257,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GALA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01822544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Object relative clauses: explaining an unexpected difference between children and adults.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9425,106 +9332,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Konrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Soares-Jesel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Romance Turn VII (TRT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Venise, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frequency of grammatical constructions and syntactic priming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9540,73 +9447,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SLI Workshop on Linguistic Complexity, Malta. September 2015.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quattro passi into the NP structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9622,73 +9529,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The grammar of Idioms, CRISSP Brussels. June 2015.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciding between the external and internal definition of label</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9704,73 +9611,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Labels and roots, DFGS 2014, Marburg. March 2014.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gross Minimality and relative clauses in child grammar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9799,73 +9706,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental and Theoretical Approaches to relative clauses reconciled, DFGS 2014, Marburg. March 2014.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gross Minimality in child grammar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9894,155 +9801,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Going Romance 2013. Worshop on Language acquisition and linguistic theory. Amsterdam, novembre 2013.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouns do not take complements: A theoretical claim and a psycholinguistic experiment \guillemotright</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donati Caterina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Proceedings of the 14th Tokyo Conference on Psycholinguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Tokyo, Unknown Region. pp.1-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Please do not Move that remnant too much!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10058,146 +9965,146 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Remnant Movement, Frankfurt, october 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01428671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Event descriptions and classifier predicates in sign languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Zucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEAST (Formal and Experimental Advances in Sign Language Theory)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ca' Foscari University, Jun 2011, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10207,78 +10114,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehension of verb directionality in LIS and LSF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Aristodemo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatrice Giustolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10294,70 +10201,70 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference of Experimental Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Athen, Greece. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of 11th International Conference of Experimental Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.36505/ExLing-2020/11/0008/000423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03509894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10367,287 +10274,287 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SignGram Blueprint: A guide to sign language grammar writing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josep Quer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donati Caterina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meltem Kelepir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mouton De Gruyter,, 2017, 978-1-5015-1570-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SignGram Blueprint: A Guide to Sign Language Grammar Writing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josep Quer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Geraci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meltem Kelepir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ijn_03082214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Re)labeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10656,126 +10563,126 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Donati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MIT Press, Linguistic Inquiry Monograph 70, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01340832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Grammar to Meaning: The Spontaneous Logicality of Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivano Caponigro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cambridge University Press, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01340834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10785,117 +10692,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les langues des signes, langues humaines parmi les autres.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Sallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Cecchetto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017, pp.31-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01728535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10905,151 +10812,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minding the gap : the parser avoids relative clauses whenever it can</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Foppolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Cecchetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Moscati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CUNY</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, New-york, United States. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01818876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId241"/>
+      <w:footerReference w:type="default" r:id="rId242"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11196,51 +11103,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053195v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Gilardone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Vigan&#242;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Longo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Nicol&#242; Aiello" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia de Luca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-025-08192-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483398v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Cassinelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cecchetto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19090/slm.6.9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021736v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Barbieri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia K Thompson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Vitali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/2025_JSLHR-24-00305" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485454v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Donati" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/isogloss.367" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03907999v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/ling_a_00460" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03969198v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Costantini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Monti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Corbo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.12851" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03907593v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Aristodemo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Giustolisi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Zorzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Gras" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hauser" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-022-09539-0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178419v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sala" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bettelli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vergallito" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor Josefina Romero Lauro" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/isogloss.276" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178417v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/deafed/enad022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912697v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cecchetto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377023v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.716554" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03906021v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Martin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesche Westphal-Fitch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Tecumseh Fitch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13114" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470180v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Checchetto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Santoro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/sll.20015.cec" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509743v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.1454" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246691v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191115v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Konrad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Burattin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Foppolo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Staub" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/synt.12209" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03089633v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Luna" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Joubert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gagn&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/deafed/enaa034" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049254v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Varoli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia del Mauro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2020.104757" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134859v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Burattini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039377v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/ling_a_00413" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398837v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2019-0014" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049277v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirta Vernice" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Guasti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Papagno" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905722v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2018.08.028" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697074v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaira Cattaneo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Rinaldi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Geraci" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021817741288" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905666v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Zucchi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.357" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905663v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesche Fitch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01210" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648699v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jml.2017.09.003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648698v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor J. Romero Lauro" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2017.11.001" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905664v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenai Hu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10831-018-9182-4" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03082163v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648700v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vergallito" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giustolisi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Varoli" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Romero Lauro" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2017.01.411" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390667v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Mereghetti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-016-9353-9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01828734v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Moscati" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648705v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Mantovan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390656v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Minniti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mattavelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-016-4808-0" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335351v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Pisoni" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bolognini" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335348v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0301006615596915" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335353v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sprouse" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivano Caponigro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro Greco" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-015-9286-8" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335302v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Moscati" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335369v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2014.12.011" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1F4RJLBJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335375v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bayley" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Cardinaletti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335492v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Branchini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335393v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Benetello" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2014.945939" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335496v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Bricolo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Mussi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Daini" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335499v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335497v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Maravita" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Pascal-Leone" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335500v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gozzi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Perugini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01443414v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485596v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333632v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199384655.001.0001/acrefore-9780199384655-e-663." TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03906059v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/recherche-simple/building-on-babel-s-rubble-9782379242373-boneh-735.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912470v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03906050v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21747/978-989-9082-02-1/ling" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292836v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059474v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/978-88-6969-474-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134933v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049351v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pfau" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Braione" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Quer" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398863v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donati Caterina" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03082188v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Barber&#224;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/slcs.184.04don" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648711v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428235v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648708v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340835v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668182v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Oniga" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428353v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428333v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440948v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Battaglia" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cardinaletti Anna" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134863v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306458v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306566v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03990417v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425397v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Quer" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kelepir" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pfau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511834v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511851v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordina S&#225;nchez Amat" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246701v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36505/ExLing-2020/11/0008/000423" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428230v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Steinbach" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428240v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428265v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425435v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01831031v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01829310v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428367v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428338v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Soares-Jesel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01822544v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Soares-Jessel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428337v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428405v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428361v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428513v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428460v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428593v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428708v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428671v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287094v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zucchi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509894v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668224v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem Kelepir" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03082214v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340832v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340834v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728535v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Garcia" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Sallandre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01818876v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053195v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Gilardone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Vigan&#242;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Longo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Nicol&#242; Aiello" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia de Luca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-025-08192-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483398v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Cassinelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cecchetto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19090/slm.6.9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021736v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Barbieri" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia K Thompson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Vitali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1044/2025_JSLHR-24-00305" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485454v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Donati" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/isogloss.367" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03907999v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/ling_a_00460" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03969198v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Costantini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Monti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Corbo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.12851" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178417v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Zorzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Aristodemo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Giustolisi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Hauser" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/deafed/enad022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178419v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sala" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bettelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Vergallito" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor Josefina Romero Lauro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/isogloss.276" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03907593v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Gras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-022-09539-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377023v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.716554" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03906021v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesche Westphal-Fitch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Tecumseh Fitch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.13114" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912697v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cecchetto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509743v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.1454" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03470180v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Checchetto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Santoro" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/sll.20015.cec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246691v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191115v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Konrad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Burattin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Foppolo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Staub" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/synt.12209" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03089633v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Luna" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Joubert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blondel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gagn&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/deafed/enaa034" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039377v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/ling_a_00413" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049254v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Varoli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia del Mauro" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2020.104757" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134859v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Burattini" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398837v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2019-0014" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049277v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirta Vernice" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Guasti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Papagno" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697074v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaira Cattaneo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Rinaldi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Geraci" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021817741288" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905722v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2018.08.028" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6X8F976M-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905666v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Zucchi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.357" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648699v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jml.2017.09.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905663v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesche Fitch" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.01210" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648698v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonor J. Romero Lauro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandl.2017.11.001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S32F9V90-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905664v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenai Hu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10831-018-9182-4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648700v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vergallito" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giustolisi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Varoli" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Romero Lauro" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2017.01.411" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390656v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Minniti" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Mattavelli" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Mantovan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-016-4808-0" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390667v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Mereghetti" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-016-9353-9" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01828734v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Moscati" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648705v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335351v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Pisoni" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bolognini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335348v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0301006615596915" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335353v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Sprouse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivano Caponigro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro Greco" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-015-9286-8" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335302v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Moscati" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335375v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bayley" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Cardinaletti" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335369v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2014.12.011" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1F4RJLBJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335492v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Branchini" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335393v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Benetello" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2014.945939" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335496v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Bricolo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Mussi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Daini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335499v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335497v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Maravita" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Pascal-Leone" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335500v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gozzi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Perugini" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01443414v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485596v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333632v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780199384655.001.0001/acrefore-9780199384655-e-663." TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03906059v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/recherche-simple/building-on-babel-s-rubble-9782379242373-boneh-735.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03906050v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21747/978-989-9082-02-1/ling" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912470v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292836v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059474v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/978-88-6969-474-5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134933v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049351v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pfau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Braione" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Quer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398863v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donati Caterina" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03082188v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Barber&#224;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/slcs.184.04don" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648711v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340835v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648708v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428235v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668182v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Oniga" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428333v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428353v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01440948v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Battaglia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cardinaletti Anna" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306458v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134863v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306566v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03990417v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425397v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Quer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kelepir" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pfau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511851v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordina S&#225;nchez Amat" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511834v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246701v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36505/ExLing-2020/11/0008/000423" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428230v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Steinbach" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01829310v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01831031v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01425435v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428265v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428240v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428367v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428338v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Soares-Jesel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01822544v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Soares-Jessel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428337v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428405v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428361v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428513v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428460v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428593v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428708v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01428671v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287094v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zucchi" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509894v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668224v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem Kelepir" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/ijn_03082214v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340832v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340834v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728535v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Garcia" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Sallandre" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01818876v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>