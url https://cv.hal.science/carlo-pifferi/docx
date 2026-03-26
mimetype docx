--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -187,161 +187,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, synthesis and immunological evaluation of CRM 197 -based immunogens functionalized with synthetic scaffolds displaying a tumor-associated MUC1 glycopeptide</w:t>
+                <w:t xml:space="preserve">Relaxation-Based In Vivo Discrimination of Oxidized and Reduced States of a Redox-Switchable &amp;lt;sup&amp;gt;19&amp;lt;/sup&amp;gt;F MRI Probe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Zoltán Garda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Szeremeta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Csilla Noémi Tóth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Szilvia Bunda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Juan Anguita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 147 (21), pp.18017-18024. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5bm01393c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.5c03244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375968v1</w:t>
+                <w:t xml:space="preserve">hal-05190999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Versatile fluorescent homobifunctional crosslinkers: expedient synthesis and application to di-affibody constructs for specific HER2+ cancer cell recognition</w:t>
               </w:r>
@@ -353,51 +353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Fasani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Grillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -455,161 +455,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05376098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relaxation-Based In Vivo Discrimination of Oxidized and Reduced States of a Redox-Switchable &amp;lt;sup&amp;gt;19&amp;lt;/sup&amp;gt;F MRI Probe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design, synthesis and immunological evaluation of CRM 197 -based immunogens functionalized with synthetic scaffolds displaying a tumor-associated MUC1 glycopeptide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Pifferi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zoltán Garda</w:t>
+                <w:t xml:space="preserve">David Goyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Szeremeta</w:t>
+                <w:t xml:space="preserve">Leire Aguinagalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Csilla Noémi Tóth</w:t>
+                <w:t xml:space="preserve">Olivier Renaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Szilvia Bunda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carlo Pifferi</w:t>
+                <w:t xml:space="preserve">Juan Anguita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 147 (21), pp.18017-18024. </w:t>
+              <w:t xml:space="preserve">Biomaterials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.5c03244⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d5bm01393c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05190999v1</w:t>
+                <w:t xml:space="preserve">hal-05375968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An efficient site-selective, dual bioconjugation approach exploiting N-terminal cysteines as minimalistic handles to engineer tailored anti-HER2 affibody conjugates</w:t>
               </w:r>
@@ -729,64 +729,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of synthetic, self-adjuvanting, and self-assembling anticancer vaccines based on a minimal saponin adjuvant and the tumor-associated MUC1 antigen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leire Aguinagalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Ruiz-De-Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -876,90 +876,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clicked Bifunctional Dendrimeric and Cyclopeptidic Addressable Redox Scaffolds for the Functionalization of Carbon Nanotubes with Redox Molecules and Enzymes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Gentil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rousselot-Pailley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Tron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Renaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 37 (3), pp.1001-1011. </w:t>
@@ -997,77 +997,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical synthesis and immunological evaluation of new generation multivalent anticancer vaccines based on a Tn antigen analogue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ane Ruiz-De-Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Tiertant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1144,51 +1144,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of C-type lectin-oriented surfaces for high avidity glycoconjugates: towards mimicking multivalent interactions on the cell surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Porkolab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ieva Sutkeviciute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1259,481 +1259,481 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02934459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclopeptide scaffolds in carbohydrate-based synthetic vaccines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Aminooxylated Carbohydrates: Synthesis and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Berthet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gour Chand Daskhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Fiore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tze Chieh Shiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7BM00072C⟩</w:t>
+              <w:t xml:space="preserve">Chemical Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 117 (15), pp.9839 - 9873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.6b00733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01639570v1</w:t>
+                <w:t xml:space="preserve">hal-01617965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aminooxylated Carbohydrates: Synthesis and Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Chemobacterial Synthesis of a Sialyl-Tn Cyclopeptide Vaccine Candidate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Fiore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">René Roy</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemrev.6b00733⟩</w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (17), pp.1730-1734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cbic.201700240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01617965v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01571659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemobacterial Synthesis of a Sialyl-Tn Cyclopeptide Vaccine Candidate.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Cyclopeptide scaffolds in carbohydrate-based synthetic vaccines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Fort</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Renaudet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (17), pp.1730-1734. </w:t>
+              <w:t xml:space="preserve">Biomaterials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (5), pp.953 - 965. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cbic.201700240⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C7BM00072C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01571659v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterovalent Glycodendrimers as Epitope Carriers for Antitumor Synthetic Vaccines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Renaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 23 (64), pp.16283-16296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1767,103 +1767,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Mannosylated Glycodendrimers and Evaluation against BC2L-A Lectin fromBurkholderia Cenocepacia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Imberty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Renaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPlusChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 82 (3), pp.390 - 398. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1923,64 +1923,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Pau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Renaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Varrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2031,77 +2031,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of a New Series of Sialylated Homo- and Heterovalent Glycoclusters by using Orthogonal Ligations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gour Chand Daskhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Renaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemistryOpen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 5 (5), pp.477 - 484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2148,90 +2148,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent and convergent synthesis of GalNAc-conjugated dendrimers using dual orthogonal ligations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gour Chand Daskhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Fiore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 13 (47), pp.11529 - 11538. </w:t>
@@ -2608,51 +2608,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and synthesis of multivalent glycoconjugates for anti-cancer immunotherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Pifferi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biochemistry [q-bio.BM]. Université Grenoble Alpes, 2017. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017GREAV060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2769,51 +2769,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CE796239"/>
+    <w:nsid w:val="AB7D1997"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3000,51 +3000,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carlo-pifferi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0861-1378" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/M-1481-2018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375968v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Pifferi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goyard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Aguinagalde" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaudet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Anguita" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5bm01393c" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376098v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kaya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fasani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grillon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aucagne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2025.118494" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190999v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Garda" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Szeremeta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla No&#233;mi T&#243;th" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szilvia Bunda" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c03244" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222710v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Novak" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kersaudy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Morisset-Lopez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lefoulon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2023.115747" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215670v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Ruiz-De-Angulo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagore Sacrist&#225;n" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Tonon Baschirotto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sc05639a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132807v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gentil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rousselot-Pailley" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c02095" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02569188v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tiertant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagore Sacristan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sc00544d" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934459v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Porkolab" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Sutkeviciute" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Ordanini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Taouai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ob00781a" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639570v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Berthet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7BM00072C" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617965v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gour Chand Daskhan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Fiore" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tze Chieh Shiao" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Roy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.6b00733" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571659v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Richard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Samain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fort" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201700240" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323891v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Thomas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702708" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323878v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gillon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Imberty" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201600569" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641270v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Ribeiro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Pau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Varrot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BCJ20160340" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644761v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/open.201600062" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650983v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB01870F" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376110v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Azzoug" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Madinier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Charpentier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05075799v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Ballantine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameni Hadj Mohamed" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingxiang Zhu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aromal Asokan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhua Shen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01735460v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAV060" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carlo-pifferi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0861-1378" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/M-1481-2018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190999v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zolt&#225;n Garda" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Szeremeta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla No&#233;mi T&#243;th" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szilvia Bunda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Pifferi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.5c03244" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376098v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kaya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fasani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grillon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aucagne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2025.118494" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375968v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goyard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leire Aguinagalde" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaudet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Anguita" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5bm01393c" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222710v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Novak" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kersaudy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Morisset-Lopez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lefoulon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2023.115747" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215670v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Ruiz-De-Angulo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagore Sacrist&#225;n" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Tonon Baschirotto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sc05639a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132807v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gentil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rousselot-Pailley" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c02095" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02569188v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tiertant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nagore Sacristan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sc00544d" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934459v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Porkolab" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ieva Sutkeviciute" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Ordanini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Taouai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ob00781a" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617965v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gour Chand Daskhan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Fiore" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tze Chieh Shiao" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Roy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.6b00733" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571659v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Richard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Samain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fort" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201700240" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639570v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Berthet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7BM00072C" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323891v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Thomas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702708" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323878v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gillon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Imberty" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201600569" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641270v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Ribeiro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Pau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Varrot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BCJ20160340" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644761v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/open.201600062" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650983v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5OB01870F" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376110v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lylia Azzoug" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Meudal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Madinier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Charpentier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05075799v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Ballantine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameni Hadj Mohamed" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingxiang Zhu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aromal Asokan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linhua Shen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01735460v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAV060" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>