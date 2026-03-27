--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -204,254 +204,2532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Weighing the vacuum with the Archimedes experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal for General Philosophy of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05462970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Exploring Vacuum-Gravity Interaction through the Archimedes Experiment: Recent Results and Future Prospects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mangano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Allocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Avino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cabras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Caggiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 319, pp.09003. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202531909003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05462963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Weighing the vacuum with the Archimedes experiment</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal noise-limited beam balance as prototype of the Archimedes vacuum weight experiment and B-L dark photon search</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Allocca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saverio Avino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Calloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Caprara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Carpinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 139 (2), pp.158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjp/s13360-024-04920-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Black Holes Have More States than Those Defined by the Bekenstein–Hawking Entropy: A Simple Argument</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Universe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/universe11010006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05480201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photonic Implementation of Quantum Gravity Simulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Polino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Polacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Poderini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Agresti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Carvacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adv.Photonics Nexus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (3), pp.036011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.APN.3.3.036011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03728192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tunneling of quantum geometries in spinfoams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Donà</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (10), pp.106016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.109.106016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04573987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Thermodynamic Cost of Choosing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 54 (3), pp.28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-024-00765-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Back to Reichenbach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal for General Philosophy of Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 56 (1)</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10838-024-09680-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Thermal noise-limited beam balance as prototype of the Archimedes vacuum weight experiment and B-L dark photon search</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relational interpretation of quantum mechanics and Alexander Bogdanov's worldview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Systems Research and Behavioral Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (2), pp.312-319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/sres.2931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Locally Mediated Entanglement in Linearized Quantum Gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Aspelmeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Časlav Brukner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 130 (10), pp.100202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.130.100202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03584494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gravity entanglement, quantum reference systems, degrees of freedom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Howl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (4), pp.047001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6382/acb0aa⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffuse emission from black hole remnants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sina Kazemian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateo Pascual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (8), pp.087001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6382/acc232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the consistency of relative facts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric G Cavalcanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eur.J.Phil.Sci.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (4), pp.55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13194-023-00551-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04114701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Painlevé-Gullstrand coordinates discontinuity in the quantum Oppenheimer-Snyder model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Fazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farshid Soltani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (4), pp.044009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.108.044009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matrix Mechanics Mis-Prized: Max Born's Belated Nobelization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Heilbron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eur.Phys.J.H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48 (1), pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjh/s13129-023-00056-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04135675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum mechanics and Alexander Bogdanov's worldview: A conversation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Jackson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Systems Research and Behavioral Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (2), pp.320-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/sres.2928⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum States of Fields for Quantum Split Sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin-Qing Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flaminia Giacomini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quantum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7, pp.958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22331/q-2023-03-20-958⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Put defence money into planetary emergencies, urge Nobel winners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Smerlak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 601 (7893), pp.318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/d41586-022-00096-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Memory and entropy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 24 (8), pp.1022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e24081022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discretizing parametrized systems: The magic of Dittrich invariance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (10), pp.104062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.106.104062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00611582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relational Quantum Mechanics is About Facts, Not States: A Reply to Pienaar and Brukner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Found.Phys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 52 (3), pp.62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-022-00579-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Old Fisherman's Mistake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metaphilosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 53 (5), pp.623-631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/meta.12589⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The accidental flatness constraint does not mean a wrong classical limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Engle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (11), pp.117001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6382/ac655e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politics should listen to science, not hide behind it</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (2), pp.272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41563-020-00891-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612531v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-Gaussianity as a signature of a quantum theory of gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Howl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vlatko Vedral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devang Naik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PRX Quantum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (1), pp.010325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PRXQuantum.2.010325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02550153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Picoradiant tiltmeter and direct ground tilt measurements at the Sos Enattos site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Allocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saverio Avino</w:t>
@@ -490,13591 +2768,11313 @@
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo Carpinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 139 (2), pp.158. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjp/s13360-024-04920-x⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 136 (10), pp.1069. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjp/s13360-021-01993-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stable Facts, Relative Facts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Universe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/universe11010006⟩</w:t>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51 (1), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-021-00429-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...99 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03540839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-bandwidth beam balance for vacuum-weight experiment and Newtonian noise subtraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Calloni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adv.Photonics Nexus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/1.APN.3.3.036011⟩</w:t>
+              <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 136 (3), pp.335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjp/s13360-021-01214-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GrailQuest: hunting for atoms of space and time hidden in the wrinkle of Space-Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Burderi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Di Salvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Amati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Amelino-Camelia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51 (3), pp.1255-1297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10686-021-09745-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03540940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">End of a black hole’s evaporation. II.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farshid Soltani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martin-Dussaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 109 (10), pp.106016. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.109.106016⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 104 (6), pp.066015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.104.066015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03239625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The arrow of time in operational formulations of quantum theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Di Biagio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Donà</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quantum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22331/q-2021-08-09-520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02981210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">End of a black hole’s evaporation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio d'Ambrosio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martin-Dussaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farshid Soltani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (10), pp.106014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.103.106014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations and Panpsychism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Consciousness Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (9-10), pp.32-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.53765/20512201.28.9.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03537472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why Quantum is Relative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New scientist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 249 (3325), pp.36-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0262-4079(21)00426-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progress in a Vacuum Weight Search Experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saverio Avino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Calloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Caprara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina de Laurentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosario de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MDPI Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (1), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/physics2010001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02447864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transitions in Brain Evolution: Space, Time and Entropy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Jeffery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trends in Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 43 (7), pp.467-474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tins.2020.04.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03122863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Possibility of Experimental Detection of the Discreteness of Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2020.00207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03540749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Where was past low-entropy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (5), pp.466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e21050466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01965335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reflections on the Energy of Black Holes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tevian Dray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Modern Physics D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (14), pp.1944004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0218271819440048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02088632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Statistical Mechanics of Life: Schrödinger Revisited</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Jeffery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Pollack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (12), pp.1211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e21121211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02446152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the possibility of laboratory evidence for quantum superposition of geometries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 792, pp.64-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2019.03.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01867262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neither Presentism nor Eternalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Found.Phys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49 (12), pp.1325-1335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-019-00312-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02403773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opinion: Why science needs philosophy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Laplane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Mantovani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralph Adolphs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasok Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Mantovani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (10), pp.3948-3952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1900357116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volume Entropy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Astuti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (5), pp.055012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6382/aafec7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Subtle Unphysical Hypothesis of the Firewall Theorem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (9), pp.839. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e21090839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natural discrete differential calculus in physics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Václav Zatloukal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foundations of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 54 (3), pp.28. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10701-024-00765-7⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 49 (7), pp.693-699. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-019-00271-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Back to Reichenbach</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shan Gao: The Meaning of the Wave Function. In Search of the Ontology of Quantum Mechanics.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal for General Philosophy of Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10838-024-09680-x⟩</w:t>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48 (6), pp.747-749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-018-0159-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01771737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physics needs philosophy. Philosophy needs physics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 48 (5), pp.481-491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-018-0167-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01771743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Space is blue and birds fly through it</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Physical and Engineering Sciences (1990–1995)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 376 (2123), pp.2017.0312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2017.0312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01771730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelangelo's Stone: an Argument against Platonism in Mathematics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal for Philosophy of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (2), pp.285-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13194-016-0159-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The boundary is mixed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal M. Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">General Relativity and Gravitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (8), pp.100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10714-017-2263-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory: Anaximander. A re-assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des études anciennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 118, pp. 657- 661</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01771715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum Gravity Effects around Sagittarius A*</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Modern Physics D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (12), pp.1644021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0218271816440211⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Realistic Observable in Background-Free Quantum Gravity: the Planck-Star Tunnelling-Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Christodoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya Vilensky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94 (8)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compact phase space, cosmological constant, discrete time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 91 (8), pp.084037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.91.084037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How big is a black hole?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Howl</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91 (6), pp.064046. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.91.064046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01255167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Curvatures and discrete Gauss-Codazzi equation in (2+1)-dimensional loop quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seramika Ariwahjoedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jusak Sali Kosasih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Zen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Geometric Methods in Modern Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (10), pp.1550112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219887815501121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01258356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How many quanta are there in a quantum spacetime?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seramika Ariwahjoedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jusak Sali Kosasih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Zen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 40 (4), pp.047001. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6382/acb0aa⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 32 (16), pp.165019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/32/16/165019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01255352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Black to white hole tunneling: An exact classical solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systems Research and Behavioral Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/sres.2931⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Modern Physics A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 30 (28n29), pp.1545015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0217751X15450153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Black hole fireworks: quantum-gravity effects outside the horizon spark black to white hole tunneling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal M. Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (10), pp.104020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.92.104020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01255344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Planck star phenomenology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Barrau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 739, pp.405-409 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2014.11.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01239330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast Radio Bursts and White Hole Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Barrau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90, pp.127503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.90.127503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01111674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why Gauge?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (1), pp.91-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-013-9768-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00871554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spacetime thermodynamics without hidden degrees of freedom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goffredo Chirco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Riello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (4), pp.044044. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.90.044044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propagator with positive cosmological constant in the 3D Euclidean quantum gravity toy model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Bunting</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 31 (15), pp.155011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/31/15/155011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why are the effective equations of loop quantum cosmology so accurate?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Wilson-Ewing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90 (2), pp.023538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.90.023538⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01111680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The spin connection of twisted geometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal M. Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Wieland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (2), pp.024038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.87.024038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00765622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum-Reduced Loop-Gravity: Relation with the Full Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Alesci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Cianfrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88, pp.104001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.88.104001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GPS observables in general relativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACTA Futura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7 (4), pp.97-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2420/AF07.2013.97⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spinfoam fermions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muxin Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Magliaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Perini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (23), pp.235023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/30/23/235023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00549653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Death and resurrection of the zeroth principle of thermodynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal M. Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Modern Physics D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (12), pp.1342007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0218271813420078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Death and resurrection of the zeroth principle of thermodynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal M. Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (8), pp.084001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.87.084001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GPS observables in general relativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 65 (4), pp.044017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.65.044017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spinfoam Fermions: PCT Symmetry, Dirac Determinant, and Correlation Functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muxin Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (7), pp.075007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/30/7/075007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00593876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covariant Loop Gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lecture Notes in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Lecture Notes in Physics, 863, pp.57-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-33036-0_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">General relativistic statistical mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (8), pp.084055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.87.084055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">History: Don't glorify Arab astronomy (letter)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 499 (7457), pp.154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/499154a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divergences and Orientation in Spinfoams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marios Christodoulou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miklos Långvik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Riello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Röken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30, pp.055009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/30/5/055009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling and thermal equilibrium in general-covariant systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goffredo Chirco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hal M. Haggard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 88 (8), pp.084027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.88.084027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00877097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In quantum gravity, summing is refining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Smerlak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 29, pp.055004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/29/5/055004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00668680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Book review: &amp;quot;Quantum Gravity&amp;quot; (third edition) by Claus Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 29 (17), pp.179001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/29/17/179001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discrete Symmetries in Covariant LQG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Wilson-Ewing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86, pp.064002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.86.064002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00694396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la gravitation à boucles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Images de la Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.35-43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01258361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to detect an anti-spacetime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marios Christodoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aldo Riello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Modern Physics D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (11), pp.1242014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S021827181242014X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00709684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Euclidean three-point function in loop and perturbative gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingyi Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (17), pp.175010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/28/17/175010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00728902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorentz covariance of loop quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 83 (10), pp.104029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.83.104029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00549648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Generalized Spinfoams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">You Ding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muxin Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 83, pp.124020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00534768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal time and TolmanEhrenfest effect: temperature as the speed of time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Smerlak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (7), pp.75007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/28/7/075007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00686093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local spinfoam expansion in loop quantum cosmology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Henderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Wilson-Ewing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28, pp.025003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/28/2/025003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00524923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new look at loop quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (11), pp.114005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/28/11/114005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00705156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forget time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 41 (9), pp.1475-1490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-011-9561-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00371447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loop quantum gravity: the first 25 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (15), pp.153002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/28/15/153002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00723006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A note on the geometrical interpretation of quantum groups and non-commutative spaces in gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84, pp.027502</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00593880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The physical boundary Hilbert space and volume operator in the Lorentzian new spin-foam theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">You Ding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27, pp.205003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/20/205003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00524921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Triangulated Loop Quantum Cosmology: Bianchi IX and inhomogenous perturbations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Valerio Battisti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonino Marciano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 81 (6), pp.064019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.81.064019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00432290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the spinfoam expansion in cosmology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27 (14), pp.145005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/14/145005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00432781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is dark energy really a mystery?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocky Kolb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 466 (7304), pp.321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/466321a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01258351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the geometry of loop quantum gravity on a graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.Phys.Rev.D82:044018,2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00484465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The face amplitude of spinfoam quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Regoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27, pp.185009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/18/185009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00481190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The volume operator in covariant quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">You Ding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27 (16), pp.165003-165013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/16/165003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00616261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The physical boundary Hilbert space and volume operator in the Lorentzian new spin-foam theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">You Ding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27 (20), pp.205003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/20/205003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00634377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A regularization of the hamiltonian constraint compatible with the spinfoam dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Alesci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82, pp.044007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00481193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The face amplitude of spinfoam quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Regoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27 (18), pp.185009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/18/185009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00625162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards Spinfoam Cosmology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82, pp.084035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.82.084035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00465336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the spinfoam expansion in cosmology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27 (14), pp.145005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/27/14/145005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00610061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LQG propagator: III. The new vertex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Alesci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26, pp.215001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00362079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Self-energy and vertex radiative corrections in LQG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Perini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 682 (1), pp.78 - 84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00350516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Second-order amplitudes in loop quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Mamone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (24), pp.245013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/26/24/245013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00385712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La révolution d'Anaximandre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 431, pp.50-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00403454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What is a particle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Colosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (2), pp.025002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Black holes in full quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill Krasnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26, pp.245009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/26/24/245009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00390459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LQG vertex with finite Immirzi parameter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Engle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etera R. Livine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuclear Physics B - Proceedings Supplements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00263606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stepping out of Homogeneity in Loop Quantum Cosmology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 25 (22), pp.225024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00284932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flipped spinfoam vertex and loop gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Engle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 798 (1-2), pp.251-290</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00166826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical indications on the semiclassical limit of the flipped vertex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Magliaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Perini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 25 (9)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00184266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The complete LQG propagator: II. Asymptotic behavior of the vertex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Alesci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 77 (4), pp.044024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00284891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scholarpedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3 (5), pp.7117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4249/scholarpedia.7117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00281755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loop Quantum Gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Living Reviews in Relativity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 11 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12942/lrr-1998-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00362066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complete LQG propagator: I. Difficulties with the Barrett-Crane vertex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emanuele Alesci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76 (10), pp.104012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.76.104012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00166827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Book Review: The Structural Foundations of Quantum Gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 24 (24), pp.4539-4541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/24/17/B01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00167619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compatibility of radial, Lorenz and harmonic gauges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Magliaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Perini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76 (8), pp.084013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.76.084013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00166831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the perturbative expansion of a quantum field theory around a topological sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">General Relativity and Gravitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 39 (2), pp.167-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10714-006-0378-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00008394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple-event probability in general-relativistic quantum mechanics. II. A discrete model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Mondragon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76 (6), pp.064005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.76.064005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00166830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The loop-quantum-gravity vertex-amplitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Engle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 130 (10), pp.100202. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.130.100202⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 99 (16), pp.161301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.161301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...80 lines deleted...]
-                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00166829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple-event probability in general-relativistic quantum mechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Hellmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Mondragon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 75 (8), pp.084033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.75.084033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00166833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relational EPR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Smerlak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foundations of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 37 (3), pp.427-445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10701-007-9105-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00022537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beyond the screen of time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3, pp.520-521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00264306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graviton propagator in loop quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Modesto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 40 (8), pp.087001. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6382/acc232⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/23/23/024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00022541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A semiclassical tetrahedron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eur.J.Phil.Sci.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Farshid Soltani</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00133319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fluch und Segen spekulativer Theorien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spektrum der Wissenschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00477078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From 3-geometry transition amplitudes to graviton states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Mattei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Testa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nuclear Physics B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 739/1-2, pp.234-253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nuclphysb.2006.01.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00007745v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graviton propagator from background-independent quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 97, pp.151301</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00008395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Particle scattering in loop quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Modesto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 95 (19), pp.191301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.95.191301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Black hole entropy: inside or out?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ted Jacobson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donald Marolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Theoretical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 44, pp.1807-1837</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A theory of everything?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard T Hooft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonard Suskind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed Witten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masataka Fukugita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Randall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 433 (7023), pp.257-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/433257a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00264307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Background independence in a nutshell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Colosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Doplicher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winston Fairbairn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Modesto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 22, pp.2971-2990</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00002673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spinfoam 2d quantum gravity and discrete bundles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Oriti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 22, pp.85-108</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minkowski vacuum in background independent quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Conrady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Doplicher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Oeckl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Testa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 108 (4), pp.044009. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.108.044009⟩</w:t>
+              <w:t xml:space="preserve">, 2004, 69, pp.064019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.69.064019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">John Heilbron</w:t>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Separable Hilbert space in Loop Quantum Gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winston Fairbairn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eur.Phys.J.H</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 45, pp.2802-2814</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Michael Jackson</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00017396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A dialog on quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systems Research and Behavioral Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/sres.2928⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Modern Physics D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 12 (09), pp.1509-1528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0218271803004304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Flaminia Giacomini</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spectra of Length and Area in 2+1 Lorentzian Loop Quantum Gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Freidel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etera R. Livine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22331/q-2023-03-20-958⟩</w:t>
+              <w:t xml:space="preserve">Classical and Quantum Gravity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 20 (8), pp.1463-1478. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0264-9381/20/8/304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...210 lines deleted...]
-                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconcile Planck-scale discreteness and the Lorentz-Fitzgerald contraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (10), pp.104062. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2003, 67, pp.064019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...989 lines deleted...]
-                <w:t xml:space="preserve">Pierre Martin-Dussaud</w:t>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spacetime states and covariant quantum theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Reisenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 104 (6), pp.066015. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.104.066015⟩</w:t>
+              <w:t xml:space="preserve">, 2002, 65 (12), pp.125016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.65.125016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...197 lines deleted...]
-                <w:t xml:space="preserve">Farshid Soltani</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00122423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Partial observables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 103 (10), pp.106014. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.103.106014⟩</w:t>
+              <w:t xml:space="preserve">, 2002, 65 (12), pp.124013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.65.124013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...1908 lines deleted...]
-                <w:t xml:space="preserve">Ilya Vilensky</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00126261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GPS observables in general relativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 94 (8)</w:t>
+              <w:t xml:space="preserve">, 2002, 65, pp.044017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...6434 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00126259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3+1 spinfoam model of quantum gravity with spacelike and timelike components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
-              <w:r>
-[...2213 lines deleted...]
-            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14619,51 +14619,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spinfoams: summing or refining?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Smerlak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Loops 11: Non-Perturbative / Background Independent Quantum Gravity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Madrid, Spain. pp.012053, </w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14775,51 +14775,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observables in quantum gravity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16859,51 +16859,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monde quantique, une question de perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Smerlak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17683,1675 +17683,1675 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01258359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thermally correlated states in Loop Quantum Gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goffredo Chirco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Ruggiero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01255340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Casimir cavities do not fly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo Cerdonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01258357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Paola Ruggiero</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Effective Metric of a Planck Star</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso de Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Pacilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Speziale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">Simone Speziale</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristotle’s Physics: A Physicist’s look</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The strange equation of quantum gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01258352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards weighing the condensation energy to ascertain the Archimedes force of vacuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Calloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina de Laurentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosario de Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Garufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why do we remember the past and not the future? The 'time oriented coarse graining' hypothesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Planck stars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00957704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorentzian Connes Distance, Spectral Graph Distance and Loop Gravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A critical look at strings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00694399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximal acceleration in covariant loop gravity and singularity resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00845517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unruh effect without entanglement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Smerlak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">2014</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00694405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the structure of a background independent quantum theory: Hamilton function, transition amplitudes, classical limit and continuous limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
-[...105 lines deleted...]
-              <w:t xml:space="preserve">2014</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00694404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosmological constant in spinfoam cosmology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Krajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Vidotto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Planck stars</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00558855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why all these prejudices against a constant?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenio Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00459002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Single particle in quantum gravity and BGS entropy of a spin network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Rovelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Vidotto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2014</w:t>
+              <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">2014</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00385768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A note on DSR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00326436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment on &amp;quot;Are the spectra of geometrical operators in Loop Quantum Gravity really discrete?&amp;quot; by B. Dittrich and T. Thiemann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2013</w:t>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00167620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physical effects of the Immirzi parameter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2012</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A simple background-independent hamiltonian quantum model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Colosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...88 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00004791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A note on the foundation of relativistic mechanics. II: Covariant hamiltonian general relativity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00126303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A note on the foundation of relativistic mechanics. I: Relativistic observables and relativistic states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Rovelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
-[...485 lines deleted...]
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00126302v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-00126303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId484"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -19506,51 +19506,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462966v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wolpert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Rovelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Scharnhorst" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e27121227" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462963v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mangano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Allocca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Avino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabras" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caggiu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202531909003" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462970v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911682v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Allocca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saverio Avino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Calloni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Caprara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Carpinelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-024-04920-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480201v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/universe11010006" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728192v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Polino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Polacchi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Poderini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Agresti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Carvacho" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.APN.3.3.036011" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573987v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Don&#224;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hal Haggard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Vidotto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.106016" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911681v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-024-00765-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911679v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10838-024-09680-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736254v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Christodoulou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Biagio" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Howl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/acb0aa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389569v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sres.2931" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584494v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Aspelmeyer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#268;aslav Brukner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.130.100202" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736637v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Kazemian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Pascual" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/acc232" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric G Cavalcanti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13194-023-00551-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174898v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Fazzini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Soltani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.044009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135675v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Heilbron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjh/s13129-023-00056-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389566v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jackson" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sres.2928" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759094v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin-Qing Chen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Giacomini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2023-03-20-958" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612527v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24081022" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612533v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Smerlak" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/d41586-022-00096-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611582v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.104062" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703732v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-022-00579-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612538v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/meta.12589" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436918v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Engle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ac655e" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612531v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-020-00891-3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550153v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlatko Vedral" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devang Naik" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.2.010325" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540839v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-021-00429-w" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541350v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-021-01993-w" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612532v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-021-01214-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540940v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Burderi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sanna" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Di Salvo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amati" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Amelino-Camelia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09745-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239625v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin-Dussaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.066015" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981210v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2021-08-09-520" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953148v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio d'Ambrosio" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.106014" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537472v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53765/20512201.28.9.032" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612537v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0262-4079(21)00426-7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447864v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina de Laurentis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario de Rosa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/physics2010001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122863v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Jeffery" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tins.2020.04.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540749v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.00207" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088632v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tevian Dray" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271819440048" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965335v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e21050466" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446152v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pollack" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e21121211" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867262v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.03.015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403773v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-019-00312-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269657v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Laplane" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Mantovani" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Adolphs" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasok Chang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Mantovani" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1900357116" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476783v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Astuti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/aafec7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051426v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e21090839" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051474v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;clav Zatloukal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-019-00271-1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771743v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-018-0167-y" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771730v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0312" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771737v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-018-0159-y" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476561v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13194-016-0159-8" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845520v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Bianchi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hal M. Haggard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10714-017-2263-2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476558v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271816440211" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476559v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Speziale" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Vilensky" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771715v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476562v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.084037" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255167v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.064046" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258356v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seramika Ariwahjoedi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jusak Sali Kosasih" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Zen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219887815501121" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255352v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/32/16/165019" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612529v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X15450153" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255344v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.104020" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111674v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.127503" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01239330v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.11.020" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871554v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-013-9768-7" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957705v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goffredo Chirco" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Riello" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.044044" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957702v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bunting" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/31/15/155011" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111680v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Wilson-Ewing" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.023538" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957714v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2420/AF07.2013.97" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549653v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muxin Han" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Magliaro" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Perini" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/30/23/235023" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957708v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Alesci" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cianfrani" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.88.104001" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765622v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Wieland" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.87.024038" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845523v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271813420078" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224297v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.87.084001" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957901v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.65.044017" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593876v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/30/7/075007" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957717v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33036-0_3" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845526v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.87.084055" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957716v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/499154a" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845528v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miklos L&#229;ngvik" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R&#246;ken" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/30/5/055009" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877097v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.88.084027" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668680v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/29/5/055004" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957721v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/29/17/179001" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-PLHZNKVJ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694396v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.86.064002" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258361v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709684v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021827181242014X" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534768v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=You Ding" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549648v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.83.104029" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728902v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyi Zhang" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/17/175010" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686093v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/7/075007" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705156v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/11/114005" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524923v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Henderson" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/2/025003" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371447v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-011-9561-4" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723006v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/15/153002" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593880v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432290v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Valerio Battisti" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Marciano" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.81.064019" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432781v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/14/145005" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258351v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocky Kolb" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/466321a" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-09KC3X26-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524921v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/20/205003" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484465v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481190v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Regoli" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/18/185009" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616261v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/16/165003" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634377v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481193v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625162v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465336v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.82.084035" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610061v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350516v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362079v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385712v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Mamone" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/26/24/245013" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403454v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004787v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Colosi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390459v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Krasnov" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/26/24/245009" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284932v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263606v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etera R. Livine" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pereira" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166826v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184266v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284891v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281755v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4249/scholarpedia.7117" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362066v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12942/lrr-1998-1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166827v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.104012" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167619v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/24/17/B01" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166831v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.084013" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166830v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Mondragon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Perez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.064005" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008394v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10714-006-0378-y" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166829v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.161301" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166833v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hellmann" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.75.084033" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022537v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-007-9105-0" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264306v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys690" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022541v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Modesto" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/23/23/024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133319v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477078v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007745v2" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Mattei" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Testa" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2006.01.026" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008395v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004786v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Jacobson" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Marolf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264307v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard T Hooft" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Suskind" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Witten" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Fukugita" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Randall" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/433257a" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-H9M6HM6T-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004785v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.95.191301" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002673v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Doplicher" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winston Fairbairn" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004788v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Oriti" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004790v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Conrady" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Oeckl" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.69.064019" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017396v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004792v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Freidel" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/20/8/304" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004789v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271803004304" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004794v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122423v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Reisenberger" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.65.125016" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126261v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.65.124013" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126259v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130307v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.64.064002" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914517v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Basti" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.325.0020" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461393v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard 'T Hooft" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven B. Giddings" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Nicolini" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Mureika" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461387v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255195v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Caprara" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Esposito" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grilli" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533812v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/360/1/012053" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549650v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4727992" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130309v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612873v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511976889.009" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593877v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477084v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126298v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971696v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781009031806" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111713v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110343304" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258366v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258362v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477069v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017401v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477081v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017398v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017397v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511755804" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612540v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110753707" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613301v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108655705.008" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461384v2" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75726-1_3" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259426v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957706v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989574v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.zwirn.2014.01.0407" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476565v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhay Ashtekar" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Reuter" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022543v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477070v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477074v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-12-512666-2/00055-9" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477077v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1871-1774(06)01002-3" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477075v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-12-512666-2/00340-0" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126306v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362039v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612535v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612528v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612526v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446158v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148273v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771746v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771719v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461395v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Permana Zen" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476560v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258359v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Josset" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258357v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Cerdonio" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255340v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Ruggiero" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114686v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso de Lorenzo" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Pacilio" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957713v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258352v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476563v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957703v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Garufi" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Rosa" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957704v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476566v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694399v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845517v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694405v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558855v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Krajewski" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694404v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459002v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385768v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326436v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167620v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004951v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004791v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126302v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126303v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462966v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wolpert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Rovelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Scharnhorst" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e27121227" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462970v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462963v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mangano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Allocca" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Avino" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabras" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caggiu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202531909003" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911682v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Allocca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saverio Avino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Calloni" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Caprara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Carpinelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-024-04920-x" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480201v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/universe11010006" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728192v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Polino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Polacchi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Poderini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Agresti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Carvacho" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.APN.3.3.036011" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573987v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Don&#224;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hal Haggard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Vidotto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.106016" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911681v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-024-00765-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911679v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10838-024-09680-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389569v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sres.2931" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584494v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marios Christodoulou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Di Biagio" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Aspelmeyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#268;aslav Brukner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.130.100202" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736254v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Howl" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/acb0aa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736637v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Kazemian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Pascual" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/acc232" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04114701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric G Cavalcanti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13194-023-00551-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174898v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Fazzini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshid Soltani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.044009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135675v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Heilbron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjh/s13129-023-00056-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389566v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jackson" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sres.2928" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759094v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin-Qing Chen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flaminia Giacomini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2023-03-20-958" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612533v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Smerlak" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/d41586-022-00096-5" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612527v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e24081022" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611582v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.104062" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703732v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-022-00579-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612538v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/meta.12589" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436918v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Engle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/ac655e" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612531v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41563-020-00891-3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550153v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlatko Vedral" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devang Naik" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.2.010325" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541350v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-021-01993-w" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540839v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-021-00429-w" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612532v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-021-01214-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540940v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Burderi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sanna" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Di Salvo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amati" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Amelino-Camelia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09745-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239625v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martin-Dussaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.066015" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981210v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2021-08-09-520" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953148v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio d'Ambrosio" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.106014" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537472v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53765/20512201.28.9.032" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612537v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0262-4079(21)00426-7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447864v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina de Laurentis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario de Rosa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/physics2010001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122863v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Jeffery" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tins.2020.04.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540749v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.00207" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965335v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e21050466" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088632v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tevian Dray" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271819440048" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446152v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pollack" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e21121211" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867262v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.03.015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403773v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-019-00312-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269657v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Laplane" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Mantovani" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Adolphs" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasok Chang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Mantovani" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1900357116" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476783v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Astuti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6382/aafec7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051426v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e21090839" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051474v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;clav Zatloukal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-019-00271-1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771737v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-018-0159-y" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771743v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-018-0167-y" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771730v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0312" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476561v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13194-016-0159-8" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845520v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Bianchi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hal M. Haggard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10714-017-2263-2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771715v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476558v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271816440211" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476559v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Speziale" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Vilensky" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476562v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.084037" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255167v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.91.064046" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258356v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seramika Ariwahjoedi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jusak Sali Kosasih" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Zen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219887815501121" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255352v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/32/16/165019" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612529v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217751X15450153" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255344v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.92.104020" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01239330v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barrau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.11.020" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111674v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.127503" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00871554v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-013-9768-7" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957705v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goffredo Chirco" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Riello" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.044044" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957702v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Bunting" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/31/15/155011" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111680v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Wilson-Ewing" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.90.023538" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765622v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Wieland" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.87.024038" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957708v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Alesci" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cianfrani" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.88.104001" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957714v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2420/AF07.2013.97" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549653v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muxin Han" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Magliaro" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Perini" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/30/23/235023" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845523v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271813420078" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224297v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.87.084001" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957901v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.65.044017" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593876v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/30/7/075007" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957717v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33036-0_3" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845526v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.87.084055" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957716v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/499154a" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845528v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miklos L&#229;ngvik" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R&#246;ken" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/30/5/055009" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877097v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.88.084027" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668680v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/29/5/055004" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957721v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/29/17/179001" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-PLHZNKVJ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694396v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.86.064002" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258361v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00709684v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S021827181242014X" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728902v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyi Zhang" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/17/175010" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549648v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.83.104029" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00534768v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=You Ding" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686093v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/7/075007" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524923v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Henderson" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/2/025003" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705156v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/11/114005" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371447v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-011-9561-4" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723006v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/28/15/153002" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593880v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00524921v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/20/205003" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432290v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Valerio Battisti" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Marciano" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.81.064019" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432781v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/14/145005" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258351v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocky Kolb" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/466321a" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-09KC3X26-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484465v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481190v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Regoli" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/18/185009" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616261v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/27/16/165003" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00634377v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481193v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625162v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465336v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.82.084035" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610061v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362079v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350516v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385712v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Mamone" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/26/24/245013" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403454v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004787v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Colosi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390459v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Krasnov" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/26/24/245009" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00263606v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etera R. Livine" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pereira" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284932v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166826v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184266v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284891v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281755v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4249/scholarpedia.7117" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362066v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12942/lrr-1998-1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166827v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.104012" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167619v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/24/17/B01" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166831v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.084013" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008394v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10714-006-0378-y" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166830v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Mondragon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Perez" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.76.064005" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166829v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.161301" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166833v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hellmann" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.75.084033" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022537v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10701-007-9105-0" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264306v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys690" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022541v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Modesto" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/23/23/024" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133319v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477078v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007745v2" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Mattei" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Testa" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysb.2006.01.026" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008395v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004785v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.95.191301" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004786v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Jacobson" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Marolf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264307v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard T Hooft" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard Suskind" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Witten" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masataka Fukugita" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Randall" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/433257a" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-H9M6HM6T-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002673v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Doplicher" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winston Fairbairn" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004788v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Oriti" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004790v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Conrady" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Oeckl" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.69.064019" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017396v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004789v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218271803004304" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004792v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Freidel" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0264-9381/20/8/304" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004794v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00122423v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Reisenberger" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.65.125016" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126261v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.65.124013" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126259v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130307v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.64.064002" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914517v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Basti" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.325.0020" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461393v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard 'T Hooft" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven B. Giddings" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Nicolini" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Mureika" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461387v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255195v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Caprara" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Esposito" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grilli" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533812v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/360/1/012053" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549650v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4727992" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130309v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612873v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511976889.009" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593877v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477084v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126298v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971696v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781009031806" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111713v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110343304" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258366v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258362v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477069v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017401v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477081v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017398v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017397v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/CBO9780511755804" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612540v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110753707" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613301v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108655705.008" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461384v2" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75726-1_3" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259426v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957706v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989574v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edmat.zwirn.2014.01.0407" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476565v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhay Ashtekar" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Reuter" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022543v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477070v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477074v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-12-512666-2/00055-9" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477077v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1871-1774(06)01002-3" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477075v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-12-512666-2/00340-0" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126306v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362039v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612535v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612528v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612526v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446158v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148273v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771746v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771719v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461395v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Permana Zen" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476560v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258359v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Josset" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255340v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Ruggiero" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258357v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Cerdonio" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114686v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso de Lorenzo" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Pacilio" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957713v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258352v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957703v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Garufi" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Rosa" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476563v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957704v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476566v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694399v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845517v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694405v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694404v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558855v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Krajewski" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459002v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385768v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326436v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167620v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004951v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004791v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126303v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126302v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>