--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Carlos Ramisch </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">carlos-ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7466-9039</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">170720802</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A French corpus annotated for multiword expressions and named entities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (2), pp.415-479. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15398/jlm.v8i2.265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Compositionality Prediction of Nominal Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 45 (1), pp.1-57. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/coli_a_00341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliciting specialized frames from corpora using argument-structure extraction techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Sanchez Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terminology. International Journal of Theoretical and Applied Issues in Specialized Communication </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (1), pp.1-31. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/term.00026.san⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literal Occurrences of Multiword Expressions: Rare Birds That Cause a Stir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timm Lichte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uxoa Iñurrieta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Prague Bulletin of Mathematical Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/pralin-2019-0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword Expression Processing: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gülşen Eryiğit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonneke van Der Plas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 43 (4), pp.837-892. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/COLI_a_00302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01665254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desenvolvimento de um recurso léxico com papéis semânticos para o português</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Zilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Bocorny Finatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguamática</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (2), pp.23-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identificação de Expressões Multipalavra em Domí­nios Específicos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Machado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena De Medeiros Caseli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Finatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguamática</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (1), pp.15--33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment-based extraction of multiword expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena De Medeiros Caseli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Das Graças Volpe Nunes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Special Issue on Multiword expression: hard going or plain sailing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 44 (1-2), pp.59--77. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10579-009-9097-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (72)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SELEXINI - a large and diverse automatically parsed corpus of French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Scholivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Using Comparable Corpora (BUCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Abu Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the LLM era, Word Sense Induction remains unsolved</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Mosolova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Findings of the Association for Computational Linguistics: ACL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Vienne, Austria. pp.17161-17178, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2025.findings-acl.882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Pretrained Causal Language Models for Synonymy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Ivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Findings of the Association for Computational Linguistics: ACL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Vienna, France. pp.12533-12551, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2025.findings-acl.649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffinage des représentations des tokens dans les modèles de langue pré-entraînés avec l’apprentissage contrastif : une étude entre modèles et entre langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Mosolova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.666-681</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation des connaissances médicales pour les grands modèles de langue : Stratégies et analyse comparative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Belmadani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.50-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Tool for Extracting Specialized Argument Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Sánchez Cárdenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Rienda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Medina Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on “Multilingual digital terminology today. Design, representation formats and management systems” (MDTT) 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Injecting Wiktionary to improve token-level contextual representations using contrastive learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Mosolova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Conference of the European Chapter of the Association for Computational Linguistics (EACL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, St. Julian’s, Malta. pp.34-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UniDive: A COST Action on Universality, Diversity and Idiosyncrasy in Language Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Zeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verginica Barbu Mititelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anabela Barreiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olesea Caftanatov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Annual Meeting of the Special Interest Group on Under-resourced Languages @ LREC-COLING 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Torino, Italy. pp.372-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of MWE Identification Experiments: The Devil is in the Details</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigail Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shiva Taslimipoor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Workshop on Multiword Expressions (MWE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Dubrovnik, Croatia. pp.106-120, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2023.mwe-1.15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mwetoolkit-lib: Adaptation of the mwetoolkit as a Python Library and an Application to MWE-based Document Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Zagatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Augusto de Lima Medeiros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther da Cunha Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Nildaimon dos Santos Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 18th Workshop on Multiword Expressions @LREC2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ELRA, 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification des Expressions Polylexicales dans les Tweets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Zampieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Illina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fohr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECITAL 2022- Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03676506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Multiword Expressions in Tweets for Hate Speech Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Zampieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Illina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fohr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022 - 13th Edition of its Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03676508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMU-EURANOVA at CASE 2021 Task 1: Assessing the stability of multilingual BERT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Bouscarrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Capponi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 4th Workshop on Challenges and Applications of Automated Extraction of Socio-political Events from Text (CASE 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255722v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seen2Unseen at PARSEME Shared Task 2020: All Roads do not Lead to Unseen Verb-Noun VMWEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Multiword Expressions and Electronic Lexicons (MWE-LZX 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verbal Multiword Expression Identification: Do We Need a Sledgehammer to Crack a Nut?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 28th International Conference on Computational Linguistics (COLING-20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03013636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SLICE: Supersense-based Lightweight Interpretable Contextual Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Aloui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Barque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 28th International Conference on Computational Linguistics (COLING 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Barcelona (on line), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual enrichment of disease biomedical ontologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Bouscarrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Capponi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the LREC 2020 Workshop on Multilingual Biomedical Text Processing (MultilingualBIO 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.21-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition 1.2 of the PARSEME Shared Task on Semi-supervised Identification of Verbal Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Waszczuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Multiword Expressions and Electronic Lexicons (MWE-LEX 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typological Features for Multilingual Delexicalised Dependency Parsing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Scholivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 Conference of the North American Chapter of the Association for Computational Linguistics: Human Language Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Minneapolis, United States. pp.3919-3930, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/N19-1393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Without lexicons, multiword expression identification will never fly: A position statement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Ricardo Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Multiword Expressions and WordNet (MWE-WN 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Florence, Italy. pp.79 - 91, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W19-5110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Word Representations on Sequential Neural MWE Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Zampieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Damnati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Multiword Expressions and WordNet (MWE-WN 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Florence, Italy. pp.169 - 175, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W19-5121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Variability Measure for Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 16th Annual Conference of the North American Chapter of the Association for Computational Linguistics: Human Language Technologies (NAACL 2018) - Short papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If you've seen some, you've seen them all: Identifying variants of multiword expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VarIDE at PARSEME Shared Task 2018: Are Variants Really as Alike as Two Peas in a Pod?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING Workshop on Linguistic Annotation, Multiword Expressions and Constructions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veyn at PARSEME Shared Task 2018: Recurrent Neural Networks for VMWE Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Zampieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Scholivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Favre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Linguistic Annotation, Multiword Expressions and Constructions (LAW-MWE-CxG-2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Santa Fe, NM, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in Multiword Expression Identification for the Italian language: The PARSEME shared task edition 1.1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Sangati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth Italian Conference on Computational Linguistics (CLiC-it 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition 1.1 of the PARSEME Shared Task on Automatic Identification of Verbal Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Vincze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verginica Barbu Mititelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Joint Workshop on Linguistic Annotation, Multiword Expressions and Constructions (LAW-MWE-CxG-2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States. pp.222 - 240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexSubNC: a Dataset of Lexical Substitution for Nominal Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Wilkens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Zilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe S F Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 12th International Conference on Computational Semantics (IWCS 2017) - Short papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering Light Verb Constructions and their Translations from Parallel Corpora without Word Alignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Caseli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th Workshop on Multiword Expressions (MWE 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Valencia, Spain. pp.91 - 96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting the Horses before the Cart: Identifying Multiword Expressions before Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Corpus-Based Phraseology - Second International Conference, Europhras 2017, London, UK, November 13-14, 2017, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, London, United Kingdom. pp.69 - 84, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-69805-2_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The PARSEME Shared Task on Automatic Identification of Verbal Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Ricardo Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Sangati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Vincze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MWE 2017 - Proceedings of the 13th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Valencia, Spain. pp.31 - 47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01504624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Ambiguous Multiword Expressions Using Sequence Models and Lexical Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Scholivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th Workshop on Multiword Expressions (MWE 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Valencia, Spain. pp.167 - 175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation d’expressions polylexicales verbales en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting the Compositionality of Nominal Compounds: Giving Word Embeddings a Hard Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 54th Annual Meeting of the Association for Computational Linguistics (Volume 1: Long Papers)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Berlin, Germany. pp.1986--1997, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/P16-1187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DeQue: A Lexicon of Complex Prepositions and Conjunctions in French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Valli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Deulofeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference (LREC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Portoroz, Slovenia. pp.2293-2298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFRGS&LIF at SemEval-2016 Task 10: Rule-Based MWE Identification and Predominant-Supersense Tagging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 10th International Workshop on Semantic Evaluation (SemEval-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, San Diego, CA, USA, Unknown Region. pp.910--917</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtering and Measuring the Intrinsic Quality of Human Compositionality Judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Berlin, Germany. pp.32--37, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W16-1804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nominal Compound Compositionality: A Multilingual Lexicon and Predictive Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th PARSEME General Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MWE-aware corpus processing with the mwetoolkit and word embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the PROPOR 2016 Workshop on Corpora and Tools for Processing Corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Tomar, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Naked is the Naked Truth? A Multilingual Lexicon of Nominal Compound Compositionality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Zilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 54th Annual Meeting of the Association for Computational Linguistics (Volume 2: Short Papers)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Berlin, Germany. pp.156--161, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/P16-2026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mwetoolkit+sem: Integrating Word Embeddings in the mwetoolkit for Semantic MWE Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Tenth International Conference on Language Resources and Evaluation (LREC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Portorož, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Dependency Parsing and Multiword Expression Tokenization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Deulofeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Valli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 53rd Annual Meeting of the Association for Computational Linguistics and the 7th International Joint Conference on Natural Language Processing (Volume 1: Long Papers)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Beijing, China. pp.1116-1126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Never-Ending Multiword Expressions Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Rondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Caseli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Denver, Colorado, Unknown Region. pp.45--53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Dependency Parsing and Multiword Expression Tokenisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Deulofeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Valli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Annual Meeting of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Dependency Parsing and Multiword Expression Tokenisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Deulofeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Valli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Beijing, China. pp.1116 - 1126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nothing like Good Old Frequency: Studying Context Filters for Distributional Thesauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muntsa Padró</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Conference on Empirical Methods in Natural Language Processing (EMNLP 2014) - short papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Doha, Qatar</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Similarity Measures for Distributional Thesauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muntsa Padró</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Ninth International Conference on Language Resources and Evaluation (LREC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing the Quality of Focused Crawlers and of the Translation Resources Obtained from them</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Laranjeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Finatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Ninth International Conference on Language Resources and Evaluation (LREC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Pronominal Verbs: Towards Automatic Disambiguation of the Clitic 'se' in Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Evaristo Scarton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Maria Aluísio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Atlanta, Georgia, United States. pp.93--100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How hard is it to automatically translate phrasal verbs from English to French?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kobzar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MT Summit 2013 Workshop on Multi-word Units in Machine Translation and Translation Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Nice, France. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Pronominal Verbs: Towards Automatic Disambiguation of the Clitic 'se' in Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Evaristo Scarton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Maria Aluísio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Atlanta, Georgia, United States. pp.93--100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Serious Lexical Game for Building a Portuguese Lexical-Semantic Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Mangeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the ACL 2012 3rd Workshop on The People's Web Meets NLP: Collaboratively Constructed Semantic Resources and their Applications to NLP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Get out but don't fall down: verb-particle constructions in child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beracah Yankama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Computational Models of Language Acquisition and Loss</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Avignon, France. pp.43--50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Broad Evaluation of Techniques for Automatic Acquisition of Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of ACL 2012 Student Research Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Jeju Island, Korea, pp.1--6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une plate-forme générique et ouverte pour le traitement des expressions polylexicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de 14e Rencontres des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Grenoble, France. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparable Corpus Based on Aligned Multilingual Ontologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Granada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucelene Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renata Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the ACL 2012 First Workshop on Multilingual Modeling (MM 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Jeju, Republic of Korea, pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Generic Framework for Multiword Expressions Treatment: from Acquisition to Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the ACL 2012 Student Research Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Jeju, Republic of Korea, pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and Flexible MWE Candidate Generation with the mwetoolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Multiword Expressions: from Parsing and Generation to the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Portland, OR, United States. pp.134--136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and Flexible MWE Candidate Generation with the mwetoolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Multiword Expressions: from Parsing and Generation to the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Portland, Oregon, United States. pp.134--136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do you feel? Investigating lexical-syntactic patterns in sentiment expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Corpus Linguistics 2011: Discourse and Corpus Linguistics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Birmingham, UK, pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying and Analyzing Brazilian Portuguese Complex Predicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Maria Aluísio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Multiword Expressions: from Parsing and Generation to the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Portland, OR, United States. pp.74--82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying and Analyzing Brazilian Portuguese Complex Predicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Maria Aluísio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Multiword Expressions: from Parsing and Generation to the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Portland, OR, United States. pp.74--82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do you feel? Investigating lexical-syntactic patterns in sentiment expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Corpus Linguistics 2011: Discourse and Corpus Linguistics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Birmingham, UK, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword Expressions in the wild? The mwetoolkit comes in handy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 23rd International Conference on Computational Linguistics (COLING 2010) ―- Demonstrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Beijing, China. pp.57--60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mwetoolkit: a Framework for Multiword Expression Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seventh International Conference on Language Resources and Evaluation (LREC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Valetta, Malta. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Construction of Language Resources for Greek Multiword Expressions: Extraction and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evita Linardaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggeliki Fotopoulou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the LREC Workshop on Exploitation of multilingual resources and tools for Central and (South) Eastern European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Valetta, Malta. pp.31--40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web-based and combined language models: a case study on noun compound identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 23rd International Conference on Computational Linguistics (COLING 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Beijing, China. pp.1041--1049</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Approach for Multiword Expression Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena De Medeiros Caseli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Machado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Finatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th International Conference on Computational Processing of Portuguese Language (PROPOR 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Porto Alegre, RS, Brazil. pp.65--74, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-12320-7_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Higher Quality Internal and Outside Multilingualization of Web Sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bellynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Mangeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ONII-08 (Summer Workshop on Ontology, NLP, Personalization and IE/IR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Mumbai, India. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picking them up and Figuring them out: Verb-Particle Constructions, Noise and Idiomaticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Moura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Twelfth Conference on Natural Language Learning (CoNLL 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Manchester, UK, Unknown Region. pp.49--56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Evaluation of Methods for the Extraction of Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Schreiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the LREC Workshop Towards a Shared Task for Multiword Expressions (MWE 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Marrakech, Morocco. pp.50--53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation and Evaluation of Automatically Acquired Multiword Expressions for Grammar Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valia Kordoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2007 Joint Conference on Empirical Methods in Natural Language Processing and Computational Natural Language Learning (EMNLP-CoNLL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Prague, Czech Republic. pp.1034--1043</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VarIDE at PARSEME Shared Task 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING Joint Workshop on Linguistic Annotation, Multiword Expressions and Constructions (LAW-MWE-CxG-2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying variants of multiword expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 17th Workshop on Multiword Expressions (MWE 2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cook</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jelena Mitrović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Parra Escartín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashwini Vaidya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petya Osenova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association for Computational Linguistics. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword expressions at length and in depth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stella Markanotonatou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Vincze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Language Science Press, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword Expressions Acquisition: A Generic and Open Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, XIV, pp.230, 2015, Theory and Applications of Natural Language Processing, 978-3-319-09206-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th Workshop on Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valia Kordoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kordoni, Valia and Ramisch, Carlos and Villavicencio, Aline. Association for Computational Linguistics, pp.x-x, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the ACL Workshop on Multiword Expressions: from Parsing and Generation to the Real World (MWE 2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valia Kordoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kordoni, Valia and Ramisch, Carlos and Villavicencio, Aline. Association for Computational Linguistics, pp.x-x, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressões multipalavras: fogo de palha ou osso duro de roer?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renata Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caseli, H. M.; Nunes, M. G. V. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Processamento de Linguagem Natural: Conceitos, Técnicas e Aplicações em Português</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2024, 978-65-01-20581-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction, exploitation et exploration de ressources linguistiques pour le traitement automatique des expressions polylexicales en français : le projet PARSEME-FR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lidia Becker; Julia Kuhn; Christina Ossenkop; Claudia Polzin-Haumann; Elton Prifti. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digitale romanistische Sprachwissenschaft: Stand und Perspektiven</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narr Francke Attempto Verlag GmbH + Co. KG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.219-250, 2023, Romanistisches Kolloquium, 978-3-8233-8506-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04995189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational phraseology discovery in corpora with the MWETOOLKIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gloria Corpas Pastor; Jean-Pierre Colson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Phraseology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24, John Benjamins, pp.111-134, 2020, IVITRA Research in Linguistics and Literature, 9789027205353. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/ivitra.24.06ram⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical MWE-aware parsing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gülşen Eryiğit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Rosner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerold Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yannick Parmentier; Jakub Waszczuk. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Representation and parsing of multiword expressions: Current trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Language Science Press, pp.147-182, 2019, Phraseology and Multiword Expressons, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.2579043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational Treatment of Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ruslan Mitkov. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Computational Linguistics 2nd edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press; Oxford University Press, 2018, 9780199573691. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780199573691.013.56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARSEME multilingual corpus of verbal multiword expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verginica Barbu Mititelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Bejček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Cap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiword expressions at length and in depth: Extended papers from the MWE 2017 workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grande aventure du traitement automatique des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Dependencies 2.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joakim Nivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitchell Abrams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Željko Agić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Ahrenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lene Antonsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01930733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CareMedEval dataset: Evaluating Critical Appraisal and Reasoning in the Biomedical Field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doria Bonzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Guiggi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Béchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Favre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To Be or Not To Be a Verbal Multiword Expression: A Quest for Discriminating Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Labroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic and open framework for multiword expressions treatment: from acquisition to applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Computer Science [cs]. Université de Grenoble (France); Universidade Federal do Rio Grande do Sul (Brazil), 2012. English. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01200602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un environnement générique et ouvert pour le traitement des expressions polylexicales : de l'acquisition aux applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Université de Grenoble; Universidade Federal do Rio Grande do Sul (Porto Alegre, Brésil), 2012. Français. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012GRENM059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00741147v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword expressions in computational linguistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Computer Science [cs]. Aix Marseille Université (AMU), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04216223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId247"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Carlos Ramisch </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">carlos-ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7466-9039</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">170720802</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A French corpus annotated for multiword expressions and named entities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (2), pp.415-479. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15398/jlm.v8i2.265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03016721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliciting specialized frames from corpora using argument-structure extraction techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Sanchez Cardenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Terminology. International Journal of Theoretical and Applied Issues in Specialized Communication </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (1), pp.1-31. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/term.00026.san⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Literal Occurrences of Multiword Expressions: Rare Birds That Cause a Stir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timm Lichte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uxoa Iñurrieta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Prague Bulletin of Mathematical Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/pralin-2019-0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Compositionality Prediction of Nominal Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 45 (1), pp.1-57. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/coli_a_00341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword Expression Processing: A Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gülşen Eryiğit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonneke van Der Plas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 43 (4), pp.837-892. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/COLI_a_00302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01665254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desenvolvimento de um recurso léxico com papéis semânticos para o português</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Zilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Bocorny Finatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguamática</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (2), pp.23-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment-based extraction of multiword expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena De Medeiros Caseli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Das Graças Volpe Nunes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Special Issue on Multiword expression: hard going or plain sailing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 44 (1-2), pp.59--77. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10579-009-9097-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identificação de Expressões Multipalavra em Domí­nios Específicos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Machado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena De Medeiros Caseli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Finatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguamática</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (1), pp.15--33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (72)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SELEXINI - a large and diverse automatically parsed corpus of French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Scholivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Building and Using Comparable Corpora (BUCC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Abu Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04978746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In the LLM era, Word Sense Induction remains unsolved</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Mosolova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Findings of the Association for Computational Linguistics: ACL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Vienne, Austria. pp.17161-17178, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2025.findings-acl.882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffinage des représentations des tokens dans les modèles de langue pré-entraînés avec l’apprentissage contrastif : une étude entre modèles et entre langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Mosolova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.666-681</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating Pretrained Causal Language Models for Synonymy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Ivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Findings of the Association for Computational Linguistics: ACL 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Vienna, France. pp.12533-12551, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2025.findings-acl.649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Tool for Extracting Specialized Argument Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatriz Sánchez Cárdenas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Rienda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuria Medina Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on “Multilingual digital terminology today. Design, representation formats and management systems” (MDTT) 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Thessaloniki, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation des connaissances médicales pour les grands modèles de langue : Stratégies et analyse comparative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ikram Belmadani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bechet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.50-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UniDive: A COST Action on Universality, Diversity and Idiosyncrasy in Language Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Zeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verginica Barbu Mititelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anabela Barreiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olesea Caftanatov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Annual Meeting of the Special Interest Group on Under-resourced Languages @ LREC-COLING 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Torino, Italy. pp.372-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04667545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Injecting Wiktionary to improve token-level contextual representations using contrastive learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Mosolova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Conference of the European Chapter of the Association for Computational Linguistics (EACL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, St. Julian’s, Malta. pp.34-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of MWE Identification Experiments: The Devil is in the Details</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abigail Walsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shiva Taslimipoor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Workshop on Multiword Expressions (MWE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Dubrovnik, Croatia. pp.106-120, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2023.mwe-1.15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mwetoolkit-lib: Adaptation of the mwetoolkit as a Python Library and an Application to MWE-based Document Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Zagatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Augusto de Lima Medeiros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esther da Cunha Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Nildaimon dos Santos Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 18th Workshop on Multiword Expressions @LREC2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ELRA, 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification des Expressions Polylexicales dans les Tweets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Zampieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Illina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fohr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECITAL 2022- Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03676506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Multiword Expressions in Tweets for Hate Speech Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Zampieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irina Illina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fohr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022 - 13th Edition of its Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03676508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AMU-EURANOVA at CASE 2021 Task 1: Assessing the stability of multilingual BERT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Bouscarrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Capponi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 4th Workshop on Challenges and Applications of Automated Extraction of Socio-political Events from Text (CASE 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255722v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verbal Multiword Expression Identification: Do We Need a Sledgehammer to Crack a Nut?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 28th International Conference on Computational Linguistics (COLING-20)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03013636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seen2Unseen at PARSEME Shared Task 2020: All Roads do not Lead to Unseen Verb-Noun VMWEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Multiword Expressions and Electronic Lexicons (MWE-LZX 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual enrichment of disease biomedical ontologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Bouscarrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Capponi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the LREC 2020 Workshop on Multilingual Biomedical Text Processing (MultilingualBIO 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.21-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SLICE: Supersense-based Lightweight Interpretable Contextual Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Aloui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Barque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 28th International Conference on Computational Linguistics (COLING 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Barcelona (on line), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition 1.2 of the PARSEME Shared Task on Semi-supervised Identification of Verbal Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Waszczuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Multiword Expressions and Electronic Lexicons (MWE-LEX 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Word Representations on Sequential Neural MWE Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Zampieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine Damnati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Multiword Expressions and WordNet (MWE-WN 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Florence, Italy. pp.169 - 175, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W19-5121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Without lexicons, multiword expression identification will never fly: A position statement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Ricardo Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Multiword Expressions and WordNet (MWE-WN 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Florence, Italy. pp.79 - 91, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W19-5110⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typological Features for Multilingual Delexicalised Dependency Parsing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Scholivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 Conference of the North American Chapter of the Association for Computational Linguistics: Human Language Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Minneapolis, United States. pp.3919-3930, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/N19-1393⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02278897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">If you've seen some, you've seen them all: Identifying variants of multiword expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VarIDE at PARSEME Shared Task 2018: Are Variants Really as Alike as Two Peas in a Pod?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING Workshop on Linguistic Annotation, Multiword Expressions and Constructions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veyn at PARSEME Shared Task 2018: Recurrent Neural Networks for VMWE Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Zampieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Scholivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Favre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Workshop on Linguistic Annotation, Multiword Expressions and Constructions (LAW-MWE-CxG-2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Santa Fe, NM, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edition 1.1 of the PARSEME Shared Task on Automatic Identification of Verbal Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Vincze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verginica Barbu Mititelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Joint Workshop on Linguistic Annotation, Multiword Expressions and Constructions (LAW-MWE-CxG-2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States. pp.222 - 240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01865575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in Multiword Expression Identification for the Italian language: The PARSEME shared task edition 1.1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Monti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Sangati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fifth Italian Conference on Computational Linguistics (CLiC-it 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Variability Measure for Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 16th Annual Conference of the North American Chapter of the Association for Computational Linguistics: Human Language Technologies (NAACL 2018) - Short papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering Light Verb Constructions and their Translations from Parallel Corpora without Word Alignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalie Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Caseli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th Workshop on Multiword Expressions (MWE 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Valencia, Spain. pp.91 - 96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting the Horses before the Cart: Identifying Multiword Expressions before Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Corpus-Based Phraseology - Second International Conference, Europhras 2017, London, UK, November 13-14, 2017, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, London, United Kingdom. pp.69 - 84, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-69805-2_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The PARSEME Shared Task on Automatic Identification of Verbal Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Ricardo Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Sangati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Vincze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MWE 2017 - Proceedings of the 13th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Valencia, Spain. pp.31 - 47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01504624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Ambiguous Multiword Expressions Using Sequence Models and Lexical Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Scholivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 13th Workshop on Multiword Expressions (MWE 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Valencia, Spain. pp.167 - 175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation d’expressions polylexicales verbales en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LexSubNC: a Dataset of Lexical Substitution for Nominal Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Wilkens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Zilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe S F Paula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 12th International Conference on Computational Semantics (IWCS 2017) - Short papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFRGS&LIF at SemEval-2016 Task 10: Rule-Based MWE Identification and Predominant-Supersense Tagging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 10th International Workshop on Semantic Evaluation (SemEval-2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, San Diego, CA, USA, Unknown Region. pp.910--917</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DeQue: A Lexicon of Complex Prepositions and Conjunctions in French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Valli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Deulofeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference (LREC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Portoroz, Slovenia. pp.2293-2298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filtering and Measuring the Intrinsic Quality of Human Compositionality Judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Berlin, Germany. pp.32--37, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/W16-1804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nominal Compound Compositionality: A Multilingual Lexicon and Predictive Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 7th PARSEME General Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MWE-aware corpus processing with the mwetoolkit and word embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the PROPOR 2016 Workshop on Corpora and Tools for Processing Corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Tomar, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Naked is the Naked Truth? A Multilingual Lexicon of Nominal Compound Compositionality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Zilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 54th Annual Meeting of the Association for Computational Linguistics (Volume 2: Short Papers)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Berlin, Germany. pp.156--161, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/P16-2026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mwetoolkit+sem: Integrating Word Embeddings in the mwetoolkit for Semantic MWE Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Tenth International Conference on Language Resources and Evaluation (LREC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Portorož, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting the Compositionality of Nominal Compounds: Giving Word Embeddings a Hard Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Cordeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 54th Annual Meeting of the Association for Computational Linguistics (Volume 1: Long Papers)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Berlin, Germany. pp.1986--1997, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/P16-1187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Dependency Parsing and Multiword Expression Tokenization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Deulofeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Valli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 53rd Annual Meeting of the Association for Computational Linguistics and the 7th International Joint Conference on Natural Language Processing (Volume 1: Long Papers)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Beijing, China. pp.1116-1126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Never-Ending Multiword Expressions Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Rondon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Caseli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Denver, Colorado, Unknown Region. pp.45--53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01459940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Dependency Parsing and Multiword Expression Tokenisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Deulofeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Valli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Annual Meeting of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01194859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Dependency Parsing and Multiword Expression Tokenisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Deulofeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Valli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the Association for Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Beijing, China. pp.1116 - 1126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Similarity Measures for Distributional Thesauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muntsa Padró</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Ninth International Conference on Language Resources and Evaluation (LREC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing the Quality of Focused Crawlers and of the Translation Resources Obtained from them</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Laranjeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viviane Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Finatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Ninth International Conference on Language Resources and Evaluation (LREC 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Reykjavik, Iceland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nothing like Good Old Frequency: Studying Context Filters for Distributional Thesauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muntsa Padró</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Conference on Empirical Methods in Natural Language Processing (EMNLP 2014) - short papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Doha, Qatar</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How hard is it to automatically translate phrasal verbs from English to French?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Kobzar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MT Summit 2013 Workshop on Multi-word Units in Machine Translation and Translation Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Nice, France. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Pronominal Verbs: Towards Automatic Disambiguation of the Clitic 'se' in Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Evaristo Scarton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Maria Aluísio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Atlanta, Georgia, United States. pp.93--100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying Pronominal Verbs: Towards Automatic Disambiguation of the Clitic 'se' in Portuguese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolina Evaristo Scarton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Maria Aluísio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th Workshop on Multiword Expressions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Atlanta, Georgia, United States. pp.93--100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Get out but don't fall down: verb-particle constructions in child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beracah Yankama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Computational Models of Language Acquisition and Loss</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Avignon, France. pp.43--50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Serious Lexical Game for Building a Portuguese Lexical-Semantic Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Mangeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the ACL 2012 3rd Workshop on The People's Web Meets NLP: Collaboratively Constructed Semantic Resources and their Applications to NLP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Jeju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Broad Evaluation of Techniques for Automatic Acquisition of Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of ACL 2012 Student Research Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Jeju Island, Korea, pp.1--6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une plate-forme générique et ouverte pour le traitement des expressions polylexicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de 14e Rencontres des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Grenoble, France. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparable Corpus Based on Aligned Multilingual Ontologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Granada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucelene Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassia Trojahn dos Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renata Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the ACL 2012 First Workshop on Multilingual Modeling (MM 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Jeju, Republic of Korea, pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Generic Framework for Multiword Expressions Treatment: from Acquisition to Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the ACL 2012 Student Research Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Jeju, Republic of Korea, pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00954212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and Flexible MWE Candidate Generation with the mwetoolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Multiword Expressions: from Parsing and Generation to the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Portland, Oregon, United States. pp.134--136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying and Analyzing Brazilian Portuguese Complex Predicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Maria Aluísio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Multiword Expressions: from Parsing and Generation to the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Portland, OR, United States. pp.74--82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do you feel? Investigating lexical-syntactic patterns in sentiment expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Corpus Linguistics 2011: Discourse and Corpus Linguistics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Birmingham, UK, pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying and Analyzing Brazilian Portuguese Complex Predicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Maria Aluísio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Multiword Expressions: from Parsing and Generation to the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Portland, OR, United States. pp.74--82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do you feel? Investigating lexical-syntactic patterns in sentiment expression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Sanches Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Corpus Linguistics 2011: Discourse and Corpus Linguistics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Birmingham, UK, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and Flexible MWE Candidate Generation with the mwetoolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitor de Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Workshop on Multiword Expressions: from Parsing and Generation to the Real World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Portland, OR, United States. pp.134--136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword Expressions in the wild? The mwetoolkit comes in handy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 23rd International Conference on Computational Linguistics (COLING 2010) ―- Demonstrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Beijing, China. pp.57--60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mwetoolkit: a Framework for Multiword Expression Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seventh International Conference on Language Resources and Evaluation (LREC 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Valetta, Malta. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Web-based and combined language models: a case study on noun compound identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 23rd International Conference on Computational Linguistics (COLING 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Beijing, China. pp.1041--1049</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01002431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Construction of Language Resources for Greek Multiword Expressions: Extraction and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evita Linardaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggeliki Fotopoulou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the LREC Workshop on Exploitation of multilingual resources and tools for Central and (South) Eastern European Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Valetta, Malta. pp.31--40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Approach for Multiword Expression Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena De Medeiros Caseli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Machado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria José Finatto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th International Conference on Computational Processing of Portuguese Language (PROPOR 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Porto Alegre, RS, Brazil. pp.65--74, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-12320-7_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Higher Quality Internal and Outside Multilingualization of Web Sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bellynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Mangeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ONII-08 (Summer Workshop on Ontology, NLP, Personalization and IE/IR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Mumbai, India. pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00968752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picking them up and Figuring them out: Verb-Particle Constructions, Noise and Idiomaticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Moura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Twelfth Conference on Natural Language Learning (CoNLL 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Manchester, UK, Unknown Region. pp.49--56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Evaluation of Methods for the Extraction of Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Schreiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the LREC Workshop Towards a Shared Task for Multiword Expressions (MWE 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Marrakech, Morocco. pp.50--53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation and Evaluation of Automatically Acquired Multiword Expressions for Grammar Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valia Kordoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yi Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Idiart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2007 Joint Conference on Empirical Methods in Natural Language Processing and Computational Natural Language Learning (EMNLP-CoNLL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Prague, Czech Republic. pp.1034--1043</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VarIDE at PARSEME Shared Task 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING Joint Workshop on Linguistic Annotation, Multiword Expressions and Constructions (LAW-MWE-CxG-2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying variants of multiword expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 17th Workshop on Multiword Expressions (MWE 2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cook</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jelena Mitrović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Parra Escartín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashwini Vaidya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petya Osenova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association for Computational Linguistics. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword expressions at length and in depth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stella Markanotonatou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronika Vincze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Language Science Press, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword Expressions Acquisition: A Generic and Open Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, XIV, pp.230, 2015, Theory and Applications of Natural Language Processing, 978-3-319-09206-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01199863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 9th Workshop on Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valia Kordoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kordoni, Valia and Ramisch, Carlos and Villavicencio, Aline. Association for Computational Linguistics, pp.x-x, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the ACL Workshop on Multiword Expressions: from Parsing and Generation to the Real World (MWE 2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valia Kordoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kordoni, Valia and Ramisch, Carlos and Villavicencio, Aline. Association for Computational Linguistics, pp.x-x, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressões multipalavras: fogo de palha ou osso duro de roer?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renata Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caseli, H. M.; Nunes, M. G. V. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Processamento de Linguagem Natural: Conceitos, Técnicas e Aplicações em Português</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2024, 978-65-01-20581-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction, exploitation et exploration de ressources linguistiques pour le traitement automatique des expressions polylexicales en français : le projet PARSEME-FR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lidia Becker; Julia Kuhn; Christina Ossenkop; Claudia Polzin-Haumann; Elton Prifti. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digitale romanistische Sprachwissenschaft: Stand und Perspektiven</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narr Francke Attempto Verlag GmbH + Co. KG</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.219-250, 2023, Romanistisches Kolloquium, 978-3-8233-8506-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04995189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational phraseology discovery in corpora with the MWETOOLKIT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gloria Corpas Pastor; Jean-Pierre Colson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Phraseology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24, John Benjamins, pp.111-134, 2020, IVITRA Research in Linguistics and Literature, 9789027205353. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/ivitra.24.06ram⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical MWE-aware parsing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gülşen Eryiğit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Rosner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerold Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yannick Parmentier; Jakub Waszczuk. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Representation and parsing of multiword expressions: Current trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Language Science Press, pp.147-182, 2019, Phraseology and Multiword Expressons, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.2579043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02318231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational Treatment of Multiword Expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Villavicencio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ruslan Mitkov. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Oxford Handbook of Computational Linguistics 2nd edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press; Oxford University Press, 2018, 9780199573691. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/oxfordhb/9780199573691.013.56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARSEME multilingual corpus of verbal multiword expressions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Candito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verginica Barbu Mititelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduard Bejček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Cap</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiword expressions at length and in depth: Extended papers from the MWE 2017 workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grande aventure du traitement automatique des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, pp.12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Dependencies 2.2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joakim Nivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitchell Abrams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Željko Agić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Ahrenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lene Antonsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01930733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CareMedEval dataset: Evaluating Critical Appraisal and Reasoning in the Biomedical Field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doria Bonzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Guiggi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Béchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Favre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To Be or Not To Be a Verbal Multiword Expression: A Quest for Discriminating Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agata Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Antoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Labroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic and open framework for multiword expressions treatment: from acquisition to applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Computer Science [cs]. Université de Grenoble (France); Universidade Federal do Rio Grande do Sul (Brazil), 2012. English. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01200602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un environnement générique et ouvert pour le traitement des expressions polylexicales : de l'acquisition aux applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Université de Grenoble; Universidade Federal do Rio Grande do Sul (Porto Alegre, Brésil), 2012. Français. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012GRENM059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00741147v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiword expressions in computational linguistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Ramisch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Computer Science [cs]. Aix Marseille Université (AMU), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04216223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId247"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="52E66A85"/>
+    <w:nsid w:val="6B7B79B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carlos-ramisch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7466-9039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170720802" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016721v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Candito" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Constant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ramisch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Savary" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillaume" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15398/jlm.v8i2.265" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318196v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Cordeiro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Villavicencio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Idiart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/coli_a_00341" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318280v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Sanchez Cardenas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/term.00026.san" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106263v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timm Lichte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uxoa I&#241;urrieta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/pralin-2019-0001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01665254v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;l&#351;en Eryi&#287;it" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Monti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lonneke van Der Plas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/COLI_a_00302" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Zilio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Bocorny Finatto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200609v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Machado" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena De Medeiros Caseli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Finatto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953701v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Das Gra&#231;as Volpe Nunes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-009-9097-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CPFBD65F-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978746v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Scholivet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Est&#232;ve" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214704v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mosolova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.findings-acl.882" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377958v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Ivan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Nasr" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.findings-acl.649" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330638v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330629v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Belmadani" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Favre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bechet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377948v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz S&#225;nchez C&#225;rdenas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rienda" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Medina Medina" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637014v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667545v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zeman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verginica Barbu Mititelu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabela Barreiro" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olesea Caftanatov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380508v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Walsh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Taslimipoor" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.mwe-1.15" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380115v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Zagatti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Augusto de Lima Medeiros" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther da Cunha Soares" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Nildaimon dos Santos Silva" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676506v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Zampieri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Illina" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fohr" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676508v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255722v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bouscarrat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefoy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Capponi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014867v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pasquer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Antoine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013636v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017741v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Aloui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barque" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531140v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014927v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Waszczuk" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278897v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dary" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/N19-1393" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318241v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ricardo Cordeiro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W19-5110" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318287v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Damnati" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W19-5121" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802238v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866345v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866364v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619093v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152557v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Sangati" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865575v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Vincze" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795956v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Wilkens" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe S F Paula" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01795904v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Vargas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Caseli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795985v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69805-2_6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504624v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01795903v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537880v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Parmentier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459914v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P16-1187" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464822v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Valli" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Deulofeu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459909v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459913v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W16-1804" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459915v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459910v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459911v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P16-2026" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459907v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199865v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459940v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rondon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194859v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464872v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200592v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muntsa Padr&#243;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200593v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200594v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Laranjeira" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Moreira" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200598v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Sanches Duran" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Evaristo Scarton" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Maria Alu&#237;sio" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953775v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kobzar" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953805v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954214v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mangeot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954204v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor de Araujo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beracah Yankama" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954205v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959236v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954213v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Granada" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucelene Lopes" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Trojahn dos Santos" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Vieira" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954212v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200606v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959163v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959162v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200607v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959161v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200605v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959176v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boitet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959174v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959198v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evita Linardaki" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aggeliki Fotopoulou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002431v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959199v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12320-7_9" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-1D4ZNWF6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968752v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bellynck" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200612v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Moura" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200613v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Schreiner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200614v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valia Kordoni" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zhang" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866366v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866353v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320983v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cook" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Mitrovi&#263;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Parra Escart&#237;n" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwini Vaidya" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petya Osenova" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917075v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Markanotonatou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199863v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959239v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959248v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380529v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Ramisch" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995189v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.narr.de/digitale-romanistische-sprachwissenschaft-stand-und-perspektiven-18506/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02739265v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ivitra.24.06ram" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318231v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rosner" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerold Schneider" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.2579043" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679941v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780199573691.013.56" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917174v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Bej&#269;ek" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Cap" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134978v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cluzel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930733v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joakim Nivre" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchell Abrams" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#381;eljko Agi&#263;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ahrenberg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Antonsen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376617v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doria Bonzi" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guiggi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric B&#233;chet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905874v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labroche" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01200602v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00741147v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GRENM059" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04216223v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carlos-ramisch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7466-9039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170720802" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016721v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Candito" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Constant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ramisch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Savary" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillaume" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15398/jlm.v8i2.265" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318280v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Sanchez Cardenas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/term.00026.san" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106263v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Cordeiro" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timm Lichte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uxoa I&#241;urrieta" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/pralin-2019-0001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318196v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Villavicencio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Idiart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/coli_a_00341" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01665254v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;l&#351;en Eryi&#287;it" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Monti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lonneke van Der Plas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/COLI_a_00302" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200597v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Zilio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Bocorny Finatto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953701v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena De Medeiros Caseli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Das Gra&#231;as Volpe Nunes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-009-9097-9" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CPFBD65F-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200609v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Machado" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Finatto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978746v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Scholivet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Est&#232;ve" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214704v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Mosolova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.findings-acl.882" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330638v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377958v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Ivan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Nasr" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.findings-acl.649" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377948v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz S&#225;nchez C&#225;rdenas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rienda" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Medina Medina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330629v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Belmadani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Favre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bechet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667545v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zeman" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verginica Barbu Mititelu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabela Barreiro" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olesea Caftanatov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637014v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380508v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Walsh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blanchard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Taslimipoor" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.mwe-1.15" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380115v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Zagatti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Augusto de Lima Medeiros" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther da Cunha Soares" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Nildaimon dos Santos Silva" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676506v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Zampieri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Illina" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fohr" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676508v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255722v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bouscarrat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnefoy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Capponi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013636v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pasquer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Antoine" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014867v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531140v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017741v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Aloui" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barque" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014927v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Waszczuk" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318287v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Damnati" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W19-5121" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318241v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Ricardo Cordeiro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W19-5110" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278897v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dary" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/N19-1393" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866345v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866364v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619093v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865575v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Vincze" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152557v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Sangati" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802238v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01795904v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Vargas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Caseli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795985v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-69805-2_6" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504624v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01795903v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537880v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Parmentier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795956v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Wilkens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe S F Paula" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459909v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464822v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Valli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Deulofeu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459913v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/W16-1804" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459915v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459910v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459911v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P16-2026" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459907v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459914v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/P16-1187" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199865v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01459940v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rondon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194859v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464872v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200593v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muntsa Padr&#243;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200594v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Laranjeira" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Moreira" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200592v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953775v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kobzar" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953805v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Sanches Duran" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Evaristo Scarton" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Maria Alu&#237;sio" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200598v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954204v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor de Araujo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beracah Yankama" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954214v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mangeot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954205v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959236v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954213v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Granada" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucelene Lopes" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Trojahn dos Santos" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Vieira" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00954212v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959163v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200607v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959162v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959161v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200605v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200606v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959176v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boitet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959174v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01002431v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959198v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evita Linardaki" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aggeliki Fotopoulou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959199v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-12320-7_9" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-1D4ZNWF6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968752v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bellynck" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200612v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Moura" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200613v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Schreiner" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200614v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valia Kordoni" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zhang" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866366v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866353v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320983v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cook" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Mitrovi&#263;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Parra Escart&#237;n" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwini Vaidya" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petya Osenova" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917075v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Markanotonatou" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01199863v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959239v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959248v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380529v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Ramisch" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995189v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.narr.de/digitale-romanistische-sprachwissenschaft-stand-und-perspektiven-18506/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02739265v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/ivitra.24.06ram" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318231v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rosner" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerold Schneider" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.2579043" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679941v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780199573691.013.56" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917174v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Bej&#269;ek" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Cap" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134978v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cluzel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930733v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joakim Nivre" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchell Abrams" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#381;eljko Agi&#263;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ahrenberg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Antonsen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376617v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doria Bonzi" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Guiggi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric B&#233;chet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905874v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Labroche" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01200602v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00741147v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012GRENM059" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04216223v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>