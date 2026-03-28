--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Carlotta Figliola </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Carlotta FigliolaCNRS researcherICPEES-UMR7515CNRS/Université de Strasbourg</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">carlotta-figliola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7299-1083</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253126274</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into the structure‐property relationship of difluoro boron dipyridomethene derivatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Papineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhotoChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cptc.202400395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031161v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Heavy-Atom Free Dipyridomethene Boron Complexes for Singlet Oxygen Emission with Induced Chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Oppé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilian Estaque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 62 (6), pp.1919-1922. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5CC06879G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05416931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A toolbox for enzymatic modification of nucleic acids with photosensitizers for photodynamic therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Niogret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Levi-Acobas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.841-852. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4cb00103f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653532v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difluoro Dipyridomethene Boron Complexes: Synthesis, Characterization, and Ab Initio Calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Sutter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Papineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.joc.3c02491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lysosomes targeting pH activable imaging‐guided photodynamic agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halina Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sutter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Sutter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (2), </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbic.202300139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glutathione peroxidase mimics based on conformationally-restricted, peri-like, 4,5-disubstituted fluorene dichalcogenides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kesar Jagdev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damiano Tanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jack Lownes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Male</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (48), pp.10565-10569. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D1OB02153B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Click and Bio-Orthogonal Reactions with Mesoionic Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Porte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Riomet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Audisio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Taran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 121 (12), pp.6718-6743. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.chemrev.0c00806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A step-wise synthetic approach is necessary to access γ-conjugates of folate: folate-conjugated prodigiosenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brandon Groves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (25), pp.14078-14092. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9RA01435G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly diastereoselective preparation of chiral NHC-boranes stereogenic at the boron atom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Aupic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Abdou Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Nava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beátrice Tuccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (26), pp.6524-6530. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9SC01454C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photo-induced anticancer activity and singlet oxygen production of prodigiosenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huguette Savoie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bry W. Crabbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geniece L. Hallett-Tapley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8PP00060C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decarboxylative arylation of substituted pyrroles N-protected with 2-(trimethylsilyl)ethoxymethyl (SEM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Greening</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connor Lamont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandon R. Groves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjc-2017-0402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regioselective substituent effects upon the synthesis of dipyrrins from 2-formyl pyrroles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael H. R. Beh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate-Lyn A. R. Lund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra K. Kajetanowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann E. Johnsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjc-2017-0662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric Dipyrrin and F-BODIPYs Conjugated to Terminal Alkynes and Alkenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katherine N Robertson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Greening</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 82 (13), pp.7059-7064. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.joc.7b01129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and anticancer activity of prodigiosenes bearing C-ring esters and amides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate-Lyn A. R. Lund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra K. Kajetanowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (30), pp.18617-8627. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7ra01628j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic & Biomolecular Chemistry Prodigiosenes conjugated to tamoxifen and estradiol †</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 15 (25), pp.5410-5410. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7ob00943g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the hydrolytic reactivity of 2-difluoromethyl pyrroles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer A. Melanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborah A. Smithen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra K. Kajetanowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (1), pp.144-152. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6OB01441K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N-Derivatives of peri-Substituted Dichalcogenide [FeFe]-Hydrogenase Mimics: Towards Photocatalytic Dyads for Hydrogen Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise L Male</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah S Horswell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard S Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (19), pp.3146-3156. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejic.201500355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[FeFe]-Hydrogenase Synthetic Mimics Based on Peri-Substituted Dichalcogenides Terms of Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise L Male</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter N Horton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateusz B Pitak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon S Coles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organometallics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 33 (17), pp.4449 - 4460. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/om500683p⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioluminiscent BODIPY-conjugated nanomaterials: towards the activation of PDT in deep tissue and during radiation therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mans Broekgaarden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaging of diagnostic and therapeutic biomarkers in Oncology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Le Bono, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioluminescent nanomaterials: towards deep tissue PDT activation during radiation therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mans Broekgaarden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 ESP-IUPB World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioluminiscent BODIPY-conjugated nanomaterials: towards the activation of PDT in deep tissue and during radiation therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mans Broekgaarden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Dyes &amp; Pigments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Sevilla, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId102"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Carlotta Figliola </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Carlotta FigliolaCNRS researcherICPEES-UMR7515CNRS/Université de Strasbourg</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">carlotta-figliola</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7299-1083</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">253126274</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Heavy-Atom Free Dipyridomethene Boron Complexes for Singlet Oxygen Emission with Induced Chirality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Oppé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lilian Estaque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 62 (6), pp.1919-1922. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5CC06879G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05416931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into the structure‐property relationship of difluoro boron dipyridomethene derivatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Papineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemPhotoChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cptc.202400395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031161v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A toolbox for enzymatic modification of nucleic acids with photosensitizers for photodynamic therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Niogret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Levi-Acobas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Chemical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.841-852. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4cb00103f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04653532v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difluoro Dipyridomethene Boron Complexes: Synthesis, Characterization, and Ab Initio Calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Sutter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Papineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Retailleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.joc.3c02491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lysosomes targeting pH activable imaging‐guided photodynamic agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halina Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sutter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Chériaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Sutter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (2), </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbic.202300139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glutathione peroxidase mimics based on conformationally-restricted, peri-like, 4,5-disubstituted fluorene dichalcogenides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kesar Jagdev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damiano Tanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jack Lownes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Male</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (48), pp.10565-10569. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D1OB02153B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Click and Bio-Orthogonal Reactions with Mesoionic Compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Porte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Riomet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Audisio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Taran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 121 (12), pp.6718-6743. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.chemrev.0c00806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03423192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly diastereoselective preparation of chiral NHC-boranes stereogenic at the boron atom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Aupic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Abdou Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Nava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beátrice Tuccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (26), pp.6524-6530. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9SC01454C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A step-wise synthetic approach is necessary to access γ-conjugates of folate: folate-conjugated prodigiosenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brandon Groves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (25), pp.14078-14092. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9RA01435G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decarboxylative arylation of substituted pyrroles N-protected with 2-(trimethylsilyl)ethoxymethyl (SEM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Greening</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connor Lamont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandon R. Groves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjc-2017-0402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photo-induced anticancer activity and singlet oxygen production of prodigiosenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huguette Savoie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bry W. Crabbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geniece L. Hallett-Tapley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photochemical &amp; Photobiological Sciences </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8PP00060C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regioselective substituent effects upon the synthesis of dipyrrins from 2-formyl pyrroles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael H. R. Beh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate-Lyn A. R. Lund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra K. Kajetanowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann E. Johnsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/cjc-2017-0662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and anticancer activity of prodigiosenes bearing C-ring esters and amides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate-Lyn A. R. Lund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra K. Kajetanowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (30), pp.18617-8627. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7ra01628j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic & Biomolecular Chemistry Prodigiosenes conjugated to tamoxifen and estradiol †</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Marchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 15 (25), pp.5410-5410. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7ob00943g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric Dipyrrin and F-BODIPYs Conjugated to Terminal Alkynes and Alkenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katherine N Robertson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Greening</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 82 (13), pp.7059-7064. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.joc.7b01129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the hydrolytic reactivity of 2-difluoromethyl pyrroles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer A. Melanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborah A. Smithen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra K. Kajetanowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Thompson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (1), pp.144-152. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6OB01441K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N-Derivatives of peri-Substituted Dichalcogenide [FeFe]-Hydrogenase Mimics: Towards Photocatalytic Dyads for Hydrogen Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise L Male</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah S Horswell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard S Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015 (19), pp.3146-3156. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejic.201500355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[FeFe]-Hydrogenase Synthetic Mimics Based on Peri-Substituted Dichalcogenides Terms of Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise L Male</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter N Horton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mateusz B Pitak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon S Coles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organometallics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 33 (17), pp.4449 - 4460. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/om500683p⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioluminiscent BODIPY-conjugated nanomaterials: towards the activation of PDT in deep tissue and during radiation therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mans Broekgaarden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Dyes &amp; Pigments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Sevilla, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioluminescent nanomaterials: towards deep tissue PDT activation during radiation therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mans Broekgaarden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 ESP-IUPB World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioluminiscent BODIPY-conjugated nanomaterials: towards the activation of PDT in deep tissue and during radiation therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlotta Figliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fréderic Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mans Broekgaarden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaging of diagnostic and therapeutic biomarkers in Oncology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Le Bono, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId102"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="18976C76"/>
+    <w:nsid w:val="F9CE4FAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carlotta-figliola" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7299-1083" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253126274" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031161v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ch&#233;riaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Papineau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Figliola" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquemin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.202400395" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416931v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Opp&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Estaque" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC06879G" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653532v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Niogret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonhomme" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Levi-Acobas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cb00103f" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467302v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Sutter" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.3c02491" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011885v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halina Anton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sutter" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202300139" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517979v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kesar Jagdev" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiano Tanini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Lownes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Male" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1OB02153B" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423192v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Porte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Riomet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Audisio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.0c00806" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149390v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Marchal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Groves" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Thompson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA01435G" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149393v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Aupic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Abdou Mohamed" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nava" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Be&#225;trice Tuccio" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SC01454C" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950232v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Savoie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bry W. Crabbe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geniece L. Hallett-Tapley" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PP00060C" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950253v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Greening" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Lamont" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bandon R. Groves" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjc-2017-0402" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950271v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H. R. Beh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate-Lyn A. R. Lund" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra K. Kajetanowicz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann E. Johnsen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjc-2017-0662" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588477v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine N Robertson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.7b01129" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588468v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ra01628j" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588473v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ob00943g" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588447v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A. Melanson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah A. Smithen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB01441K" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588252v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise L Male" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah S Horswell" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard S Grainger" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500355" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JC7G91ZT-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588328v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter N Horton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz B Pitak" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S Coles" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om500683p" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521752v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bulin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mans Broekgaarden" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gateau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521808v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284555v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carlotta-figliola" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7299-1083" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253126274" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416931v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Figliola" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ch&#233;riaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Opp&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Estaque" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Retailleau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC06879G" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031161v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Papineau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquemin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cptc.202400395" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653532v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Niogret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonhomme" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Levi-Acobas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cb00103f" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467302v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Sutter" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.3c02491" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011885v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halina Anton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sutter" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202300139" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517979v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kesar Jagdev" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damiano Tanini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Lownes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Male" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1OB02153B" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423192v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Porte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Riomet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Audisio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.0c00806" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149393v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Aupic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Abdou Mohamed" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nava" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Be&#225;trice Tuccio" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9SC01454C" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149390v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Marchal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Groves" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Thompson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA01435G" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950253v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Greening" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Lamont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bandon R. Groves" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjc-2017-0402" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950232v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Savoie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bry W. Crabbe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geniece L. Hallett-Tapley" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8PP00060C" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950271v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael H. R. Beh" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate-Lyn A. R. Lund" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra K. Kajetanowicz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann E. Johnsen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/cjc-2017-0662" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588468v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ra01628j" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588473v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ob00943g" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588477v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine N Robertson" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.7b01129" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588447v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A. Melanson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah A. Smithen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB01441K" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588252v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise L Male" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah S Horswell" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard S Grainger" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500355" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JC7G91ZT-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588328v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter N Horton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz B Pitak" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S Coles" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om500683p" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284555v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Chaput" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bulin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mans Broekgaarden" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gateau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521808v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521752v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>