--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -181,459 +181,459 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CD44 in myEloid cells is a major driver of liver inflammation and injury in alcohol-related liver disease</w:t>
+                <w:t xml:space="preserve">CD44 in Group 1 Innate Lymphoid Cells Impacts the Development and Progression of Steatohepatitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Manon Bourinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Déborah Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Bourinet</w:t>
+                <w:t xml:space="preserve">Fréderic Soysouvanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Liver International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 45 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/HEP.0000000000001232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/liv.70299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05117653v1</w:t>
+                <w:t xml:space="preserve">hal-05234859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A ganglioside-based immune checkpoint enables senescent cells to evade immunosurveillance during aging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CD44 in myEloid cells is a major driver of liver inflammation and injury in alcohol-related liver disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Iltis</w:t>
+                <w:t xml:space="preserve">Frédéric Soysouvanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iryna Moskalevska</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christina Fissoun</w:t>
+                <w:t xml:space="preserve">Dorian Sarrail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Aging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43587-024-00776-z⟩</w:t>
+              <w:t xml:space="preserve">Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HEP.0000000000001232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949697v3</w:t>
+                <w:t xml:space="preserve">hal-05117653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CD44 in Group 1 Innate Lymphoid Cells Impacts the Development and Progression of Steatohepatitis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Bourinet</w:t>
+                <w:t xml:space="preserve">A ganglioside-based immune checkpoint enables senescent cells to evade immunosurveillance during aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Iltis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iryna Moskalevska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Debiesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Vieira</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
+                <w:t xml:space="preserve">Laetitia Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréderic Soysouvanh</w:t>
+                <w:t xml:space="preserve">Christina Fissoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liver International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 45 (9), </w:t>
+              <w:t xml:space="preserve">Nature Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.219-236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/liv.70299⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43587-024-00776-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05234859v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949697v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roles of innate lymphoid cells in metabolic and alcohol-associated liver diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Anty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -834,347 +834,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osteopontin‐driven T‐cell accumulation and function in adipose tissue and liver promoted insulin resistance and MAFLD</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Manon Bourinet</w:t>
+                <w:t xml:space="preserve">Editorial: Innate lymphoid cells: characterization and classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmelo Luci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axelle Strazzulla</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rachel Golub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Jancic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obesity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/oby.23868⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1338463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1338463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495884v1</w:t>
+                <w:t xml:space="preserve">pasteur-04428160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Innate lymphoid cells: characterization and classification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rachel Golub</w:t>
+                <w:t xml:space="preserve">Osteopontin‐driven T‐cell accumulation and function in adipose tissue and liver promoted insulin resistance and MAFLD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Soysouvanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Jancic</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Axelle Strazzulla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, pp.1338463. </w:t>
+              <w:t xml:space="preserve">Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (10), pp.2568-2582. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1338463⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/oby.23868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04428160v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SYK-3BP2 Pathway Activity in Parenchymal and Myeloid Cells Is a Key Pathogenic Factor in Metabolic Steatohepatitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Luci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Vieira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular and Molecular Gastroenterology and Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (1), pp.173-191. </w:t>
@@ -1340,909 +1340,909 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03368175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tumor-Associated Neutrophils Dampen Adaptive Immunity and Promote Cutaneous Squamous Cell Carcinoma Development</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chronic Inflammation in Non-Alcoholic Steatohepatitis: Molecular Mechanisms and Therapeutic Strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Luci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Bihl</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aida Meghraoui-Kheddar</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Anty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gual</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (7), pp.1860. </w:t>
+              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.597648. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers12071860⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fendo.2020.597648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02902444v1</w:t>
+                <w:t xml:space="preserve">hal-04496339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MCD diet-induced steatohepatitis generates a diurnal rhythm of associated biomarkers and worsens liver injury in Klf10 deficient mice</w:t>
+                <w:t xml:space="preserve">Hepatic FNDC5 is a potential local protective factor against Non-Alcoholic Fatty Liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Leclère</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Clémence Canivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Patouraux</w:t>
+                <w:t xml:space="preserve">Pierre Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Guérin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
+                <w:t xml:space="preserve">Sandra Lacas-Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.12139. </w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1866 (5), pp.165705. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-69085-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2020.165705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02909860v1</w:t>
+                <w:t xml:space="preserve">hal-03014517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic FNDC5 is a potential local protective factor against Non-Alcoholic Fatty Liver</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MCD diet-induced steatohepatitis generates a diurnal rhythm of associated biomarkers and worsens liver injury in Klf10 deficient mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Canivet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Stéphanie Patouraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandra Lacas-Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2020.165705⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.12139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-69085-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03014517v1</w:t>
+                <w:t xml:space="preserve">hal-02909860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MCD diet-induced steatohepatitis generates a diurnal rhythm of associated biomarkers and worsens liver injury in Klf10 deficient mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
+                <w:t xml:space="preserve">Tumor-Associated Neutrophils Dampen Adaptive Immunity and Promote Cutaneous Squamous Cell Carcinoma Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sokchea Khou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Popa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmelo Luci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bihl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aida Meghraoui-Kheddar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-69085-w⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (7), pp.1860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers12071860⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04496680v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02902444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic FNDC5 is a potential local protective factor against Non-Alcoholic Fatty Liver</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MCD diet-induced steatohepatitis generates a diurnal rhythm of associated biomarkers and worsens liver injury in Klf10 deficient mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Canivet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Stéphanie Patouraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandra Lacas-Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2020.165705⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.12139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-69085-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04496685v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic Inflammation in Non-Alcoholic Steatohepatitis: Molecular Mechanisms and Therapeutic Strategies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hepatic FNDC5 is a potential local protective factor against Non-Alcoholic Fatty Liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Leclère</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clémence Canivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Leclere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Lacas-Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1866 (5), pp.165705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbadis.2020.165705⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fendo.2020.597648⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04496339v1</w:t>
+                <w:t xml:space="preserve">hal-04496685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Differential Expression of Cide Family Members is Associated with Nafld Progression from Steatosis to Steatohepatitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Patouraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Canivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (1), pp.7501. </w:t>
@@ -2293,90 +2293,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural Killer Cells and Type 1 Innate Lymphoid Cells Are New Actors in Non-alcoholic Fatty Liver Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Luci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Vieira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Perchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Golub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (eCollection 2019), pp.1192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2570,77 +2570,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Lebeaupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Patouraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 68 (2), pp.515-532. </w:t>
@@ -2678,77 +2678,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CD44 is a key player in non-alcoholic steatohepatitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Patouraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Lebeaupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3784,51 +3784,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Luci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Kissenpfennig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4019,295 +4019,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00403251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Requirement for Daxx in mature T-cell proliferation and activation.</w:t>
+                <w:t xml:space="preserve">The trafficking of natural killer cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Leal-Sanchez</w:t>
+                <w:t xml:space="preserve">Claude Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Couzinet</w:t>
+                <w:t xml:space="preserve">Lionel Chasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmelo Luci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rossin</w:t>
+                <w:t xml:space="preserve">Elena Tomasello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Abdel-Sater</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Chakrabandhu</w:t>
+                <w:t xml:space="preserve">Frédéric Geissmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death and Differentiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.cdd.4402056⟩</w:t>
+              <w:t xml:space="preserve">Immunological Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 220, pp.169-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-065X.2007.00563.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00318990v1</w:t>
+                <w:t xml:space="preserve">hal-00297259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The trafficking of natural killer cells.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Requirement for Daxx in mature T-cell proliferation and activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Leal-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Grégoire</w:t>
+                <w:t xml:space="preserve">A. Couzinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Chasson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carmelo Luci</w:t>
+                <w:t xml:space="preserve">A. Rossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Tomasello</w:t>
+                <w:t xml:space="preserve">F. Abdel-Sater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Geissmann</w:t>
+                <w:t xml:space="preserve">K. Chakrabandhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunological Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 220, pp.169-82. </w:t>
+              <w:t xml:space="preserve">Cell Death and Differentiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 14 (4), pp.795-806. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1600-065X.2007.00563.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/sj.cdd.4402056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00297259v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00318990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId152"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4383,51 +4383,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1B4276D3"/>
+    <w:nsid w:val="7F4952DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4614,51 +4614,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carmelo-luci" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9687-4164" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/111783488" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117653v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Rousseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnafous" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Soysouvanh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Sarrail" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bourinet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HEP.0000000000001232" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949697v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Iltis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Moskalevska" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Debiesse" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Seguin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Fissoun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43587-024-00776-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234859v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vieira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Soysouvanh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/liv.70299" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495843v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Anty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gual" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Luci" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhepr.2023.100962" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625448v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Blanc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Habbouche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Xiao" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Lebeaupin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Janona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-024-06701-x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495884v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Strazzulla" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oby.23868" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04428160v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Golub" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Jancic" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1338463" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496274v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmgh.2021.08.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368175v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bihl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourdely" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokchea Khou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Popa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2021.03.018" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902444v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Meghraoui-Kheddar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12071860" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909860v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecl&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Patouraux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-69085-w" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014517v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Canivet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leclere" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lacas-Gervais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2020.165705" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496680v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496685v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496339v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2020.597648" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496701v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sans" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-43928-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02169269v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Perchet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.01192" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269093v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Zarif" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nicolas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Guyot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Hosseiny" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lazzari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2017.11.016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014370v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Vall&#233;e" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.29847" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496710v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2017.03.003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02437895v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Bekri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dereuddre-Bosquet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Su" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2017.00063" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953716v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143224" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01219225v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamady Diabate" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Munro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Garcia" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jacquel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Michel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1004732.s007" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526205v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hervouet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Luci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bekri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Juhel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bihl" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mi.2013.45" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724226v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Anju&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bekri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Braud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cuburu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2012.03995.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724236v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Germain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique M Braud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-011-0796-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545804v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hervouet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cuburu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Cremel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2010.06.033" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSDP8LBJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553213v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rol" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kissenpfennig" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0901695" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403251v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Reynders" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaylo I Ivanov" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cognet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chiche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.1681" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-LT1TMP3T-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318990v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leal-Sanchez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couzinet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rossin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Abdel-Sater" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chakrabandhu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.cdd.4402056" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297259v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gr&#233;goire" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Chasson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tomasello" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geissmann" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-065X.2007.00563.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carmelo-luci" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9687-4164" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/111783488" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234859v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bourinet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vieira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Rousseau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnafous" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Soysouvanh" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/liv.70299" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117653v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Soysouvanh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Sarrail" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HEP.0000000000001232" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949697v3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Iltis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iryna Moskalevska" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Debiesse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Seguin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Fissoun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43587-024-00776-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495843v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Anty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gual" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Luci" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhepr.2023.100962" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625448v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Blanc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Habbouche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Xiao" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Lebeaupin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Janona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-024-06701-x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04428160v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Golub" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Jancic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1338463" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495884v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Strazzulla" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oby.23868" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496274v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmgh.2021.08.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368175v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bihl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourdely" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokchea Khou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Popa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2021.03.018" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496339v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecl&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2020.597648" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014517v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Canivet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leclere" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lacas-Gervais" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2020.165705" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909860v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Patouraux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;rin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-69085-w" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902444v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Meghraoui-Kheddar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12071860" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496680v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496685v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496701v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sans" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-43928-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02169269v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Perchet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.01192" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269093v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Zarif" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Nicolas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Guyot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Hosseiny" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lazzari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2017.11.016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014370v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Vall&#233;e" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.29847" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496710v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2017.03.003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02437895v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Bekri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dereuddre-Bosquet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Su" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2017.00063" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953716v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Pini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143224" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01219225v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamady Diabate" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Munro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Garcia" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jacquel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Michel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1004732.s007" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526205v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hervouet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Luci" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bekri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Juhel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bihl" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mi.2013.45" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724226v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Anju&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bekri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Braud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cuburu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2012.03995.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724236v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Germain" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique M Braud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-011-0796-1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545804v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hervouet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cuburu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Cremel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2010.06.033" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSDP8LBJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553213v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rol" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kissenpfennig" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0901695" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403251v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Reynders" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaylo I Ivanov" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Cognet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chiche" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.1681" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-LT1TMP3T-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00297259v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gr&#233;goire" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Chasson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Tomasello" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geissmann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-065X.2007.00563.x" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00318990v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Leal-Sanchez" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couzinet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rossin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Abdel-Sater" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chakrabandhu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.cdd.4402056" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>