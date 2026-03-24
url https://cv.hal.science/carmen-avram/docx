--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -432,213 +432,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation de stratégies d'acculturation d'étudiants étrangers dans le cadre d'un dispositif FOU à l'Université de Caen</w:t>
+                <w:t xml:space="preserve">Diversité linguistique et apprentissage d’une L3 : représentations des étudiants norvégiens futurs enseignants et enseignants de français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Avram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Prunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Le Roch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Action Didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4, http://univ-bejaia.dz/action-didactique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04085984v1</w:t>
+                <w:t xml:space="preserve">hal-04129699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité linguistique et apprentissage d’une L3 : représentations des étudiants norvégiens futurs enseignants et enseignants de français</w:t>
+                <w:t xml:space="preserve">Observation de stratégies d'acculturation d'étudiants étrangers dans le cadre d'un dispositif FOU à l'Université de Caen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Avram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Prunet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chantal Le Roch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Action Didactique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Travaux de didactique du français langue étrangère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34745/numerev_1391⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04129699v1</w:t>
+                <w:t xml:space="preserve">hal-04085984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cultural Codes in Writing Politeness Formulas. A Study in French as a Foreign Language</w:t>
               </w:r>
@@ -1159,441 +1159,441 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexité des profils et offre de formation en DU FLE : un passe-partout entre formation initiale et continue ?</w:t>
+                <w:t xml:space="preserve">Insécurité langagière et formation linguistique des migrants adultes à Pau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Avram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Complexité(s) (journée d'études internationale)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers, FoReLLIS, Nov 2025, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Cours d'été transfrontaliers. Politiques linguistiques et éducatives pour l'inclusion : singularités et perspectives transfrontalières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université du Pays Basque - directeur du cours: Valeria Villa-Perez, Jun 2025, Bayonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377680v1</w:t>
+                <w:t xml:space="preserve">hal-05146121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The language of schooling and support systems for welcoming allophone students in France</w:t>
+                <w:t xml:space="preserve">La mémoire des murs : mythes et sacrifices. Réflexions autour d’une légende roumaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Avram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glocal event WELCOMING ALLOPHONE MIGRANT STUDENTS: BRIDGING RESEARCH AND APPLICATIONS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CommuniKite, Université de Poitiers, Nov 2025, Poitiers ( visio ), France</w:t>
+              <w:t xml:space="preserve">Les formes de la mémoire (colloque international)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire ALTER, Université de Pau, Nov 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377674v1</w:t>
+                <w:t xml:space="preserve">hal-05367540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprendre, comprendre et agir différemment : représentations de futurs enseignants de FLE sur l'enseignement/apprentissage de la grammaire</w:t>
+                <w:t xml:space="preserve">Les adverbes d’énonciation dans des corpus académiques en français. Approche comparative L1 et L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Avram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grammaire et didactique, Quelles ressources linguistiques pour l’enseignement / apprentissage du français et des langues ? Transposition, médiation, contextualisation, appropriation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Savoirs, textes, langage (STL), UMR 8163, Université de Lille; Laboratoire Langages, Littératures, Sociétés Etudes Transfrontalières et Internationales (LLSETI), Université Savoie Mont Blanc; Réseau Grammaires et contextualisation (GreC); Laboratoire Méthodal OpenLab, Université de Chypre, Oct 2023, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">Corpus d’apprenants et corpus académiques en français et en espagnol. Nouvelles approches pour l’étude de la L2 et de la L1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Navarre, Feb 2025, Pampelune, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316262v1</w:t>
+                <w:t xml:space="preserve">hal-05145855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insécurité langagière et formation linguistique des migrants adultes à Pau</w:t>
+                <w:t xml:space="preserve">Apprendre, comprendre et agir différemment : représentations de futurs enseignants de FLE sur l'enseignement/apprentissage de la grammaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Avram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cours d'été transfrontaliers. Politiques linguistiques et éducatives pour l'inclusion : singularités et perspectives transfrontalières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université du Pays Basque - directeur du cours: Valeria Villa-Perez, Jun 2025, Bayonne, France</w:t>
+              <w:t xml:space="preserve">Grammaire et didactique, Quelles ressources linguistiques pour l’enseignement / apprentissage du français et des langues ? Transposition, médiation, contextualisation, appropriation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Savoirs, textes, langage (STL), UMR 8163, Université de Lille; Laboratoire Langages, Littératures, Sociétés Etudes Transfrontalières et Internationales (LLSETI), Université Savoie Mont Blanc; Réseau Grammaires et contextualisation (GreC); Laboratoire Méthodal OpenLab, Université de Chypre, Oct 2023, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05146121v1</w:t>
+                <w:t xml:space="preserve">hal-05316262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mémoire des murs : mythes et sacrifices. Réflexions autour d’une légende roumaine</w:t>
+                <w:t xml:space="preserve">Complexité des profils et offre de formation en DU FLE : un passe-partout entre formation initiale et continue ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Avram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les formes de la mémoire (colloque international)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire ALTER, Université de Pau, Nov 2025, Pau (France), France</w:t>
+              <w:t xml:space="preserve">Complexité(s) (journée d'études internationale)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, FoReLLIS, Nov 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05367540v1</w:t>
+                <w:t xml:space="preserve">hal-05377680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les adverbes d’énonciation dans des corpus académiques en français. Approche comparative L1 et L2</w:t>
+                <w:t xml:space="preserve">The language of schooling and support systems for welcoming allophonestudents in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Avram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corpus d’apprenants et corpus académiques en français et en espagnol. Nouvelles approches pour l’étude de la L2 et de la L1</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Navarre, Feb 2025, Pampelune, Espagne</w:t>
+              <w:t xml:space="preserve">Glocal event WELCOMING ALLOPHONE MIGRANT STUDENTS: BRIDGING RESEARCH AND APPLICATIONS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CommuniKite, Université de Poitiers, Nov 2025, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05145855v1</w:t>
+                <w:t xml:space="preserve">hal-05377674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositifs pour l’alphabétisation et la formation linguistique des adultes migrants</w:t>
               </w:r>
@@ -2890,51 +2890,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alter.univ-pau.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527762v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Avram" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Constantin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527778v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436697v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Blanvillain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Prunet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Foucher Stenkl&#248;v" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085984v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1391" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129699v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Le Roch" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389203v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620869v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389206v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01943503v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Salinas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389205v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389210v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389211v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377680v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377674v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05316262v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146121v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367540v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145855v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145876v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620872v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443639v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Hidden" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389214v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860732v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Causa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cortier Claude" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Totozani Marine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388445v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larriv&#233;e" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847812v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388454v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01949219v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389187v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01949210v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388478v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05057894v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alter.univ-pau.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527762v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Avram" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Constantin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527778v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436697v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Blanvillain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Prunet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Foucher Stenkl&#248;v" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129699v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Le Roch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085984v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1391" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389203v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620869v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389206v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01943503v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Salinas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389205v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389210v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389211v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146121v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367540v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145855v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05316262v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377680v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377674v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145876v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620872v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443639v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Hidden" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389214v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860732v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Causa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cortier Claude" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Totozani Marine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388445v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larriv&#233;e" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847812v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388454v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01949219v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389187v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01949210v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388478v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05057894v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>