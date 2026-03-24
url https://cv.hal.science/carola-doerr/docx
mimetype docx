--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -555,274 +555,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric Learning in Black-Box Optimization: A GNN Framework for Algorithm Performance Prediction</w:t>
+                <w:t xml:space="preserve">Synergies of Deep and Classical Exploratory Landscape Features for Automated Algorithm Selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Kostovska</w:t>
+                <w:t xml:space="preserve">Moritz Seiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban Skvorc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panče Panov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tome Eftimov</w:t>
+                <w:t xml:space="preserve">Heike Trautmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. of the Genetic and Evolutionary Computation Conference (GECCO 2025, Companion material)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3712255.3726696⟩</w:t>
+              <w:t xml:space="preserve">The 18th Learning and Intelligent OptimizatioN Conference (LION 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Ischia, Italy. pp.361-376, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-75623-8_29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05171405v1</w:t>
+                <w:t xml:space="preserve">hal-04613225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergies of Deep and Classical Exploratory Landscape Features for Automated Algorithm Selection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geometric Learning in Black-Box Optimization: A GNN Framework for Algorithm Performance Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Kostovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moritz Seiler</w:t>
+                <w:t xml:space="preserve">Sašo Džeroski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban Skvorc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carola Doerr</w:t>
+                <w:t xml:space="preserve">Panče Panov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heike Trautmann</w:t>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 18th Learning and Intelligent OptimizatioN Conference (LION 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Ischia, Italy. pp.361-376, </w:t>
+              <w:t xml:space="preserve">Proc. of the Genetic and Evolutionary Computation Conference (GECCO 2025, Companion material)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM, Jul 2025, Malaga, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-75623-8_29⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3712255.3726696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04613225v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05171405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cascading CMA-ES Instances for Generating Input-diverse Solution Batches</w:t>
               </w:r>
@@ -1166,274 +1166,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Training Instance Selection on Automated Algorithm Selection Models for Numerical Black-box Optimization</w:t>
+                <w:t xml:space="preserve">Quantifying Individual and Joint Module Impact in Modular Optimization Frameworks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantin Dietrich</w:t>
+                <w:t xml:space="preserve">Ana Nikolikj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Kostovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Kerschke</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO '24: Proceedings of the Genetic and Evolutionary Computation Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3638529.3654100⟩</w:t>
+              <w:t xml:space="preserve">2024 IEEE Congress on Evolutionary Computation (CEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2024, Yokohama, Japan. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CEC60901.2024.10611779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04580570v1</w:t>
+                <w:t xml:space="preserve">hal-04580579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalization Ability of Feature-based Performance Prediction Models: A Statistical Analysis across Benchmarks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large-scale Benchmarking of Metaphor-based Optimization Heuristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Nikolikj</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ana Kostovska</w:t>
+                <w:t xml:space="preserve">Anna Kononova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tome Eftimov</w:t>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE Congress on Evolutionary Computation (CEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.1-8, </w:t>
+              <w:t xml:space="preserve">GECCO '24: Proceedings of the Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Melbourne, Australia. pp.41 - 49, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CEC60901.2024.10611952⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3638529.3654122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04580601v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empirical Analysis of the Dynamic Binary Value Problem with IOHprofiler</w:t>
               </w:r>
@@ -1458,619 +1471,606 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Lengler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Rusin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Parallel Problem Solving from Nature – PPSN XVIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Hagenberg, Austria. pp.20-35, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-70068-2_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04759433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learned Features vs. Classical ELA on Affine BBOB Functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moritz Seiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban Škvorc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban Škvorc</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Trautmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVIII (PPSN 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Hagenberg, Austria. pp.137-153, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-70068-2_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04759437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridizing Target-and SHAP-encoded Features for Algorithm Selection in Mixed-variable Black-box Optimization</w:t>
+                <w:t xml:space="preserve">Generalization Ability of Feature-based Performance Prediction Models: A Statistical Analysis across Benchmarks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantin Dietrich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Raphael Patrick Prager</w:t>
+                <w:t xml:space="preserve">Ana Nikolikj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Kostovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heike Trautmann</w:t>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVIII (PPSN 2024)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-70068-2_10⟩</w:t>
+              <w:t xml:space="preserve">2024 IEEE Congress on Evolutionary Computation (CEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Yokohama, Japan. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CEC60901.2024.10611952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759439v1</w:t>
+                <w:t xml:space="preserve">hal-04580601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale Benchmarking of Metaphor-based Optimization Heuristics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of Training Instance Selection on Automated Algorithm Selection Models for Numerical Black-box Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantin Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hao Wang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bäck</w:t>
+                <w:t xml:space="preserve">Pascal Kerschke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '24: Proceedings of the Genetic and Evolutionary Computation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2024, Melbourne, Australia. pp.41 - 49, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3638529.3654122⟩</w:t>
+              <w:t xml:space="preserve">, ACM, Jul 2024, Melbourne, Australia. pp.1007 - 1016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3638529.3654100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04580572v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying Individual and Joint Module Impact in Modular Optimization Frameworks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+                <w:t xml:space="preserve">Hybridizing Target-and SHAP-encoded Features for Algorithm Selection in Mixed-variable Black-box Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantin Dietrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Patrick Prager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tome Eftimov</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Trautmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE Congress on Evolutionary Computation (CEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Jun 2024, Yokohama, Japan. pp.1-8, </w:t>
+              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVIII (PPSN 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Hagenberg, Austria. pp.154-169, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CEC60901.2024.10611779⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-70068-2_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04580579v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selecting Pre-trained Models for Transfer Learning with Data-centric Meta-features</w:t>
               </w:r>
@@ -2268,103 +2268,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PS-AAS: Portfolio Selection for Automated Algorithm Selection in Black-Box Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Kostovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Nikolikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Automated Machine Learning (AutoML 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Potsdam, Germany</w:t>
@@ -2387,1230 +2387,1230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04242084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Affine Combinations of BBOB Problems for Performance Assessment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+                <w:t xml:space="preserve">Explainable Model-specific Algorithm Selection for Multi-Label Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Kostovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Furong Ye</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Saso Dzeroski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragi Kocev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pance Panov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO '23: Genetic and Evolutionary Computation Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3583131.3590412⟩</w:t>
+              <w:t xml:space="preserve">2022 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Singapore, Singapore. pp.39-46, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSCI51031.2022.10022177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180579v1</w:t>
+                <w:t xml:space="preserve">hal-04003128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Analysis of RF+clust for Leave-One-Problem-Out Performance Prediction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michal Pluháček</w:t>
+                <w:t xml:space="preserve">MA-BBOB: Many-Affine Combinations of BBOB Functions for Evaluating AutoML Approaches in Noiseless Numerical Black-Box Optimization Contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Furong Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE Congress on Evolutionary Computation (CEC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Automated Machine Learning (AutoML 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Potsdam, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04242051v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Automated Algorithm Configuration for Parameter Control</w:t>
+                <w:t xml:space="preserve">Self-Adjusting Weighted Expected Improvement for Bayesian Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deyao Chen</w:t>
+                <w:t xml:space="preserve">Carolin Benjamins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Raponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nguyen Dang</w:t>
+                <w:t xml:space="preserve">Marius Lindauer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FOGA '23: Foundations of Genetic Algorithms XVII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Automated Machine Learning (AutoML 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Potsdam, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180594v1</w:t>
+                <w:t xml:space="preserve">hal-04242077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RF+clust for Leave-One-Problem-Out Performance Prediction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana Nikolikj</w:t>
+                <w:t xml:space="preserve">Comparison of Bayesian Optimization Algorithms for BBOB Problems in Dimensions 10 and 60</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Laura Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Raponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato de Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applications of Evolutionary Computation (EvoApplications 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Brno, Czech Republic. pp.285-301, </w:t>
+              <w:t xml:space="preserve">GECCO '23 Companion: Companion Conference on Genetic and Evolutionary Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM, Jul 2023, Lisbon, Portugal. pp.2390-2393, </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-30229-9_19⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3583133.3596314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180591v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithm Instance Footprint: Separating Easily Solvable and Challenging Problem Instances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Sensitivity Analysis of RF+clust for Leave-One-Problem-Out Performance Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Nikolikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Andrés Muñoz</w:t>
+                <w:t xml:space="preserve">Michal Pluháček</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Korošec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO '23: Genetic and Evolutionary Computation Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3583131.3590424⟩</w:t>
+              <w:t xml:space="preserve">2023 IEEE Congress on Evolutionary Computation (CEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Chicago, IL, United States. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CEC53210.2023.10254146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04180584v1</w:t>
+                <w:t xml:space="preserve">hal-04242051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking and analyzing iterative optimization heuristics with IOHprofiler</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using Affine Combinations of BBOB Problems for Performance Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Furong Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO '23 Companion: Companion Conference on Genetic and Evolutionary Computation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GECCO '23: Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lisbon, Portugal. pp.873-881, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3583131.3590412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3583133.3595057⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04185070v1</w:t>
+                <w:t xml:space="preserve">hal-04180579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MA-BBOB: Many-Affine Combinations of BBOB Functions for Evaluating AutoML Approaches in Noiseless Numerical Black-Box Optimization Contexts</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bäck</w:t>
+                <w:t xml:space="preserve">Using Automated Algorithm Configuration for Parameter Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deyao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Dang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Automated Machine Learning (AutoML 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FOGA '23: Foundations of Genetic Algorithms XVII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Potsdam, Germany. pp.38-49, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3594805.3607127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04242054v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Adjusting Weighted Expected Improvement for Bayesian Optimization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anja Jankovic</w:t>
+                <w:t xml:space="preserve">RF+clust for Leave-One-Problem-Out Performance Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Nikolikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marius Lindauer</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Automated Machine Learning (AutoML 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applications of Evolutionary Computation (EvoApplications 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Brno, Czech Republic. pp.285-301, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-30229-9_19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04242077v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explainable Model-specific Algorithm Selection for Multi-Label Classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana Kostovska</w:t>
+                <w:t xml:space="preserve">Algorithm Instance Footprint: Separating Easily Solvable and Challenging Problem Instances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Nikolikj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sašo Džeroski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Andrés Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pance Panov</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Korošec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SSCI51031.2022.10022177⟩</w:t>
+              <w:t xml:space="preserve">GECCO '23: Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lisbon, Portugal. pp.529-537, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3583131.3590424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04003128v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04180584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Bayesian Optimization Algorithms for BBOB Problems in Dimensions 10 and 60</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benchmarking and analyzing iterative optimization heuristics with IOHprofiler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob de Nobel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '23 Companion: Companion Conference on Genetic and Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ACM, Jul 2023, Lisbon, Portugal. pp.2390-2393, </w:t>
+              <w:t xml:space="preserve">, Jul 2023, Lisbon, Portugal. pp.938-945, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3583133.3596314⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3583133.3595057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04184969v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04185070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing Star Discrepancies with Numerical Black-Box Optimization Algorithms</w:t>
               </w:r>
@@ -3730,103 +3730,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Knowledge Graphs for Performance Prediction of Modular Optimization Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Kostovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sašo Džeroski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panče Panov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applications of Evolutionary Computation (EvoApplications 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Brno, Czech Republic. pp.253-268, </w:t>
@@ -3864,103 +3864,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DynamoRep: Trajectory-Based Population Dynamics for Classification of Black-box Optimization Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gašper Petelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Korošec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '23: Genetic and Evolutionary Computation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lisbon, Portugal. pp.813-821, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3988,1212 +3988,1212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04180581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory-inspired Parameter Control Benchmarks for Dynamic Algorithm Configuration</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast Re-Optimization of LeadingOnes with Frequent Changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Krejca</w:t>
+                <w:t xml:space="preserve">Nina Bulanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Hutter</w:t>
+                <w:t xml:space="preserve">Arina Buzdalova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO '22: Genetic and Evolutionary Computation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Boston, United States. pp.766--775, </w:t>
+              <w:t xml:space="preserve">2022 IEEE Congress on Evolutionary Computation (CEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Padua, Italy. pp.1-8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3512290.3528846⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CEC55065.2022.9870400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03646966v1</w:t>
+                <w:t xml:space="preserve">hal-03774168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectory-based Algorithm Selection with Warm-starting</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tome Eftimov</w:t>
+                <w:t xml:space="preserve">SELECTOR: Selecting a Representative Benchmark Suite for Reproducible Statistical Comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Dieter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andries Petrus Engelbrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Korošec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE Congress on Evolutionary Computation (CEC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CEC55065.2022.9870222⟩</w:t>
+              <w:t xml:space="preserve">GECCO '22: Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Boston, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3512290.3528809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03774161v1</w:t>
+                <w:t xml:space="preserve">hal-03718885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Re-Optimization of LeadingOnes with Frequent Changes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arina Buzdalova</w:t>
+                <w:t xml:space="preserve">High Dimensional Bayesian Optimization with Kernel Principal Component Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill Antonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Raponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE Congress on Evolutionary Computation (CEC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CEC55065.2022.9870400⟩</w:t>
+              <w:t xml:space="preserve">17th Proceedings of Parallel Problem Solving from Nature - (PPSN) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Dortmund, Germany. pp.118-131, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-14714-2_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03774168v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Dimensional Bayesian Optimization with Kernel Principal Component Analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hao Wang</w:t>
+                <w:t xml:space="preserve">Theory-inspired Parameter Control Benchmarks for Dynamic Algorithm Configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Biedenkapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Krejca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Hutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Proceedings of Parallel Problem Solving from Nature - (PPSN) 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-14714-2_9⟩</w:t>
+              <w:t xml:space="preserve">GECCO '22: Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Boston, United States. pp.766--775, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3512290.3528846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03740759v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03646966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SELECTOR: Selecting a Representative Benchmark Suite for Reproducible Statistical Comparison</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Peter Korošec</w:t>
+                <w:t xml:space="preserve">Trajectory-based Algorithm Selection with Warm-starting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Kostovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob de Nobel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO '22: Genetic and Evolutionary Computation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Boston, United States. </w:t>
+              <w:t xml:space="preserve">2022 IEEE Congress on Evolutionary Computation (CEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Padua, Italy. pp.1-8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3512290.3528809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CEC55065.2022.9870222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03718885v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Per-run Algorithm Selection with Warm-starting using Trajectory-based Features</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana Kostovska</w:t>
+                <w:t xml:space="preserve">Towards Automated Design of Bayesian Optimization via Exploratory Landscape Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolin Benjamins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hao Wang</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Raponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koen van der Blom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Lindauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Proceedings of Parallel Problem Solving from Nature - (PPSN) 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th Workshop on Meta-Learning at NeurIPS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, New Orleans, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03740760v1</w:t>
+                <w:t xml:space="preserve">hal-03861124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Elitist Selection Can Improve the Performance of Irace</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Furong Ye</w:t>
+                <w:t xml:space="preserve">The Importance of Landscape Features for Performance Prediction of Modular CMA-ES Variants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Kostovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sašo Džeroski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Korosec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Proceedings of Parallel Problem Solving from Nature - (PPSN) 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-14714-2_3⟩</w:t>
+              <w:t xml:space="preserve">GECCO '22: Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Boston, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3512290.3528832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03740761v1</w:t>
+                <w:t xml:space="preserve">hal-03718887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Importance of Landscape Features for Performance Prediction of Modular CMA-ES Variants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Per-run Algorithm Selection with Warm-starting using Trajectory-based Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Kostovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Peter Korosec</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob de Nobel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO '22: Genetic and Evolutionary Computation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Boston, United States. </w:t>
+              <w:t xml:space="preserve">17th Proceedings of Parallel Problem Solving from Nature - (PPSN) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Dortmund, Germany. pp.46-60, </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3512290.3528832⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-14714-2_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03718887v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Automated Design of Bayesian Optimization via Exploratory Landscape Analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-Elitist Selection Can Improve the Performance of Irace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Furong Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Workshop on Meta-Learning at NeurIPS 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th Proceedings of Parallel Problem Solving from Nature - (PPSN) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Dortmund, Germany. pp.32-45, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-14714-2_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03861124v1</w:t>
+                <w:t xml:space="preserve">hal-03740761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Nevergrad's Algorithm Selection Wizard NGOpt through Automated Algorithm Configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risto Trajanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Nikolikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Teytaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5257,90 +5257,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PI is back! Switching Acquisition Functions in Bayesian Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolin Benjamins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Raponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koen van der Blom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Laura Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5395,90 +5395,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing the Impact of Undersampling on the Benchmarking and Configuration of Evolutionary Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel López-Ibañez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '22: Genetic and Evolutionary Computation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Boston, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5763,77 +5763,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blending Dynamic Programming with Monte Carlo Simulation for Bounding the Running Time of Evolutionary Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirill Antonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxim Buzdalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arina Buzdalova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5871,77 +5871,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leveraging Benchmarking Data for Informed One-Shot Dynamic Algorithm Selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Furong Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021, Companion Material)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Lille, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6103,733 +6103,733 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Static Mutation Strength Distributions for the (1 + λ) Evolutionary Algorithm on OneMax</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
+                <w:t xml:space="preserve">Personalizing Performance Regression Models to Black-Box Optimization Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gorjan Popovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Korošec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2021, Lille, France. pp.660-668, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3449639.3459389⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2021, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3449639.3459407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03233796v1</w:t>
+                <w:t xml:space="preserve">hal-03233825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personalizing Performance Regression Models to Black-Box Optimization Problems</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gorjan Popovski</w:t>
+                <w:t xml:space="preserve">Tuning as a Means of Assessing the Benefits of New Ideas in Interplay with Existing Algorithmic Modules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob de Nobel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Peter Korošec</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille, France. </w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021, Companion Material, Workshop)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille (en ligne), France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3449639.3459407⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3449726.3463167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03233825v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03233951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning as a Means of Assessing the Benefits of New Ideas in Interplay with Existing Algorithmic Modules</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hao Wang</w:t>
+                <w:t xml:space="preserve">Optimal Static Mutation Strength Distributions for the (1 + λ) Evolutionary Algorithm on OneMax</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021, Companion Material, Workshop)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille (en ligne), France. </w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille, France. pp.660-668, </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3449726.3463167⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3449639.3459389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03233951v1</w:t>
+                <w:t xml:space="preserve">hal-03233796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Hyper-Parameter Tuning for Landscape-Aware Performance Regression and Algorithm Selection</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tome Eftimov</w:t>
+                <w:t xml:space="preserve">OPTION: OPTImization Algorithm Benchmarking ONtology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Kostovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saso Dzeroski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panče Panov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille, France. pp.687-696, </w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021, Companion Material)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille (on line), France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3449639.3459406⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3449726.3459579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03233811v1</w:t>
+                <w:t xml:space="preserve">hal-03233907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OPTION: OPTImization Algorithm Benchmarking ONtology</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+                <w:t xml:space="preserve">Towards Feature-Based Performance Regression Using Trajectory Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021, Companion Material)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Lille (on line), France. </w:t>
+              <w:t xml:space="preserve">Applications of Evolutionary Computation (EvoApplications 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Sevilla (on line), Spain. pp.601-617, </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3449726.3459579⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-72699-7_38⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03233907v1</w:t>
+                <w:t xml:space="preserve">hal-03233699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Feature-Based Performance Regression Using Trajectory Data</w:t>
+                <w:t xml:space="preserve">The Impact of Hyper-Parameter Tuning for Landscape-Aware Performance Regression and Algorithm Selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gorjan Popovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applications of Evolutionary Computation (EvoApplications 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Sevilla (on line), Spain. pp.601-617, </w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lille, France. pp.687-696, </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-72699-7_38⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3449639.3459406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03233699v1</w:t>
+                <w:t xml:space="preserve">hal-03233811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Large Scale Automated Algorithm Design by Integrating Modular Benchmarking Frameworks</w:t>
               </w:r>
@@ -6913,261 +6913,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Dynamic Algorithm Selection for Numerical Black-Box Optimization: Investigating BBOB as a Use Case</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bäck</w:t>
+                <w:t xml:space="preserve">Exploratory Landscape Analysis is Strongly Sensitive to the Sampling Strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Renau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Dreo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO'20)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Cancun, Mexico. </w:t>
+              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.139-153, </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3377930.3390189⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58115-2_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02871952v1</w:t>
+                <w:t xml:space="preserve">hal-02935385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploratory Landscape Analysis is Strongly Sensitive to the Sampling Strategy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Renau</w:t>
+                <w:t xml:space="preserve">Towards Dynamic Algorithm Selection for Numerical Black-Box Optimization: Investigating BBOB as a Use Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.139-153, </w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO'20)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Cancun, Mexico. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-58115-2_10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3377930.3390189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02935385v1</w:t>
+                <w:t xml:space="preserve">hal-02871952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic control parameter choices in evolutionary computation</w:t>
               </w:r>
@@ -7238,1534 +7238,1534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear Matrix Factorization Embeddings for Single-objective Optimization Landscapes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Peter Korošec</w:t>
+                <w:t xml:space="preserve">Optimal Mutation Rates for the $(1+\lambda )$ EA on OneMax</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Canberra, Australia. pp.775-782, </w:t>
+              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.574-587, </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SSCI47803.2020.9308180⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58115-2_40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03117158v1</w:t>
+                <w:t xml:space="preserve">hal-02935402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutation Rate Control in the (1 + λ) Evolutionary Algorithm with a Self-adjusting Lower Bound</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arina Buzdalova</w:t>
+                <w:t xml:space="preserve">High Dimensional Bayesian Optimization Assisted by Principal Component Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Raponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariusz Bujny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simonetta Boria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Optimization Theory and Operations Research (MOTOR 2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-58657-7_25⟩</w:t>
+              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.169-183, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58112-1_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02948754v1</w:t>
+                <w:t xml:space="preserve">hal-02935397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Mutation Rates for the $(1+\lambda )$ EA on OneMax</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
+                <w:t xml:space="preserve">Variance Reduction for Better Sampling in Continuous Domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Teytaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.574-587, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-58115-2_40⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.154-168, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58112-1_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02935402v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02935395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variance Reduction for Better Sampling in Continuous Domains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Meunier</w:t>
+                <w:t xml:space="preserve">Linear Matrix Factorization Embeddings for Single-objective Optimization Landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tome Eftimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gorjan Popovski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Renau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Korošec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Teytaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-58112-1_11⟩</w:t>
+              <w:t xml:space="preserve">2020 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Canberra, Australia. pp.775-782, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSCI47803.2020.9308180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02935395v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03117158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Dimensional Bayesian Optimization Assisted by Principal Component Analysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Simonetta Boria</w:t>
+                <w:t xml:space="preserve">Mutation Rate Control in the (1 + λ) Evolutionary Algorithm with a Self-adjusting Lower Bound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill Antonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arina Buzdalova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.169-183, </w:t>
+              <w:t xml:space="preserve">Mathematical Optimization Theory and Operations Research (MOTOR 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Novosibirsk, Russia. pp.305-319, </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-58112-1_12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58657-7_25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02935397v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02948754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fixed-Target Runtime Analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+                <w:t xml:space="preserve">Benchmarking and analyzing iterative optimization heuristics with IOHprofiler (GECCO'20 tutorial)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Vinokurov</w:t>
+                <w:t xml:space="preserve">Ofer Shir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO 2020 - The Genetic and Evolutionary Computation Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proc. of Genetic and Evolutionary Computation Conference (GECCO'20, Companion material)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Cancún, Mexico. pp.1043-1054, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3377929.3389879⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02871956v1</w:t>
+                <w:t xml:space="preserve">hal-02949725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initial Design Strategies and their Effects on Sequential Model-Based Optimization An Exploratory Case Study Based on BBOB</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jakob Bossek</w:t>
+                <w:t xml:space="preserve">Integrated vs. Sequential Approaches for Selecting and Tuning CMA-ES Variants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Kerschke</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO'20)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3377930.3390155⟩</w:t>
+              <w:t xml:space="preserve">ACM Genetic and Evolutionary Computation Conference (GECCO'20)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM, Jul 2020, Cancun, Mexico. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3377930.3389831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02871959v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02871963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated vs. Sequential Approaches for Selecting and Tuning CMA-ES Variants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hao Wang</w:t>
+                <w:t xml:space="preserve">Fixed-Target Runtime Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Back</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Vinokurov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Genetic and Evolutionary Computation Conference (GECCO'20)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GECCO 2020 - The Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Cancun, Mexico</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02871963v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02871956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape-Aware Fixed-Budget Performance Regression and Algorithm Selection for Modular CMA-ES Variants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anja Jankovic</w:t>
+                <w:t xml:space="preserve">Initial Design Strategies and their Effects on Sequential Model-Based Optimization An Exploratory Case Study Based on BBOB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob Bossek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kerschke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Genetic and Evolutionary Computation Conference (GECCO'20)</w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference (GECCO'20)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Cancun, Mexico. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3377930.3390183⟩</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3377930.3390155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02872816v1</w:t>
+                <w:t xml:space="preserve">hal-02871959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking and analyzing iterative optimization heuristics with IOHprofiler (GECCO'20 tutorial)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hao Wang</w:t>
+                <w:t xml:space="preserve">Landscape-Aware Fixed-Budget Performance Regression and Algorithm Selection for Modular CMA-ES Variants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. of Genetic and Evolutionary Computation Conference (GECCO'20, Companion material)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Cancún, Mexico. pp.1043-1054, </w:t>
+              <w:t xml:space="preserve">ACM Genetic and Evolutionary Computation Conference (GECCO'20)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Cancun, Mexico. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3377929.3389879⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3377930.3390183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02949725v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolving Sampling Strategies for One-Shot Optimization Tasks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jakob Bossek</w:t>
+                <w:t xml:space="preserve">Benchmarking a $$(\mu +\lambda )$$ Genetic Algorithm with Configurable Crossover Probability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Furong Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frank Neumann</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.111-124, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-58112-1_8⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.699-713, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58115-2_49⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02935380v1</w:t>
+                <w:t xml:space="preserve">hal-02931254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of Chance-Constrained Submodular Functions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+                <w:t xml:space="preserve">Evolving Sampling Strategies for One-Shot Optimization Tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob Bossek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kerschke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aneta Neumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Neumann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrew M Sutton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAAI-20 Thirty-Fourth AAAI Conference on Artificial Intelligence</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. pp.111-124, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58112-1_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02871943v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02935380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking a $$(\mu +\lambda )$$ Genetic Algorithm with Configurable Crossover Probability</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hao Wang</w:t>
+                <w:t xml:space="preserve">Optimization of Chance-Constrained Submodular Functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Back</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew M Sutton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVI (PPSN 2020)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AAAI-20 Thirty-Fourth AAAI Conference on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, New York, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02931254v1</w:t>
+                <w:t xml:space="preserve">hal-02871943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybridizing the 1/5-th Success Rule with Q-Learning for Controlling the Mutation Rate of an Evolutionary Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arina Buzdalova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8819,1140 +8819,1140 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02935399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast re-optimization via structural diversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+                <w:t xml:space="preserve">Interpolating Local and Global Search by Controlling the Variance of Standard Bit Mutation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Furong Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frank Neumann</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Genetic and Evolutionary Computation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.233-241, </w:t>
+              <w:t xml:space="preserve">2019 IEEE Congress on Evolutionary Computation (CEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Wellington, New Zealand. pp.2292-2299, </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3321707.3321731⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/CEC.2019.8790107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02175763v1</w:t>
+                <w:t xml:space="preserve">hal-02298570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illustrating the trade-off between time, quality, and success probability in heuristic search</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Making a case for (Hyper-)parameter tuning as benchmark problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Dréo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kerschke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.1807-1812, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3319619.3326895⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.1755-1764, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3319619.3326857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02179607v1</w:t>
+                <w:t xml:space="preserve">hal-02179587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmarking discrete optimization heuristics with IOHprofiler</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Offspring Population Size Matters when Comparing Evolutionary Algorithms with Self-Adjusting Mutation Rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Rodionova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill Antonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arina Buzdalova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3319619.3326810⟩</w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.855-863, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3321707.3321827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179605v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02439392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian performance analysis for black-box optimization benchmarking</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Josu Ceberio</w:t>
+                <w:t xml:space="preserve">Illustrating the trade-off between time, quality, and success probability in heuristic search</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Ignashov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arina Buzdalova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference GECCO 2019</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3319619.3326888⟩</w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.1807-1812, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3319619.3326895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179609v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02179607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fixed-target runtime analysis of the (1 + 1) EA with resampling (student workshop paper)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bayesian performance analysis for black-box optimization benchmarking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Borja Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dmitry Vinokurov</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+                <w:t xml:space="preserve">Ofer Shir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josu Ceberio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3319619.3326906⟩</w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference GECCO 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.1789-1797, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3319619.3326888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179611v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02179609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximizing drift is not optimal for solving OneMax</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathan Buskulic</w:t>
+                <w:t xml:space="preserve">Fast re-optimization via structural diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Neumann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3319619.3321952⟩</w:t>
+              <w:t xml:space="preserve">The Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.233-241, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3321707.3321731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179613v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic parameter choices in evolutionary computation (tutorial at GECCO 2019)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fixed-target runtime analysis of the (1 + 1) EA with resampling (student workshop paper)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Vinokurov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arina Buzdalov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.890-922, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3319619.3323372⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.2068-2071, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3319619.3326906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179606v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02179611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offspring Population Size Matters when Comparing Evolutionary Algorithms with Self-Adjusting Mutation Rates</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benchmarking discrete optimization heuristics with IOHprofiler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Furong Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naama Horesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofer Shir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3321707.3321827⟩</w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.1798-1806, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3319619.3326810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02439392v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02179605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpolating Local and Global Search by Controlling the Variance of Standard Bit Mutation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic parameter choices in evolutionary computation (tutorial at GECCO 2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE Congress on Evolutionary Computation (CEC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CEC.2019.8790107⟩</w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.890-922, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3319619.3323372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02298570v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02179606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making a case for (Hyper-)parameter tuning as benchmark problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maximizing drift is not optimal for solving OneMax</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Buskulic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Kerschke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.1755-1764, </w:t>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.425-426, </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3319619.3326857⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3319619.3321952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02179587v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02179613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expressiveness and robustness of landscape features (student workshop paper)</w:t>
               </w:r>
@@ -10049,222 +10049,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02179612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling the design of benchmark with algorithm in landscape-aware solver design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Johann Dréo</w:t>
+                <w:t xml:space="preserve">Hyper-parameter tuning for the (1 + ( λ, λ )) GA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nguyen Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Semet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.1419-1420, </w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.889-897, </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3319619.3326821⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3321707.3321725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02179604v1</w:t>
+                <w:t xml:space="preserve">hal-02175766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyper-parameter tuning for the (1 + ( λ, λ )) GA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nguyen Dang</w:t>
+                <w:t xml:space="preserve">Coupling the design of benchmark with algorithm in landscape-aware solver design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Dréo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Semet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.889-897, </w:t>
+              <w:t xml:space="preserve">Genetic and Evolutionary Computation Conference, Companion Material</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.1419-1420, </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3321707.3321725⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3319619.3326821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02175766v1</w:t>
+                <w:t xml:space="preserve">hal-02179604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-adjusting mutation rates with provably optimal success rules</w:t>
               </w:r>
@@ -10380,51 +10380,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander van Rijn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Back</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10588,51 +10588,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander van Rijn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XV. PPSN 2018.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Coimbra, Portugal. pp.54-65, </w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10848,90 +10848,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrepancy-based evolutionary diversity optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aneta Neumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wanru Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Neumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Wagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10991,90 +10991,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a theory-guided benchmarking suite for discrete black-box optimization heuristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Furong Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander van Rijn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '18 - Genetic and Evolutionary Computation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Kyoto, France. pp.951-958, </w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11277,77 +11277,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compiling a benchmarking test-suite for combinatorial black-box optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofer Shir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '18 - Genetic and Evolutionary Computation Conference Companion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Kyoto, Japan. pp.1753-1760, </w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11639,147 +11639,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01668274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Parameter Choices via Precise Black-Box Analysis</w:t>
+                <w:t xml:space="preserve">Provably Optimal Self-Adjusting Step Sizes for Multi-Valued Decision Variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jing Yang</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Kötzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GECCO 2016 - Genetic and Evolutionary Computation Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XIV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. pp.782-791</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01363930v1</w:t>
+                <w:t xml:space="preserve">hal-01363911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Right Mutation Strength for Multi-Valued Decision Variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11798,305 +11789,314 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Kötzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO 2016 - Genetic and Evolutionary Computation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Denver, United States. pp.1115-1122, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/2908812.2908891⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01363932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tutorials at PPSN 2016</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal Parameter Choices via Precise Black-Box Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Yang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PPSN 2016 - 14th International Conference on Parallel Problem Solving from Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-45823-6_95⟩</w:t>
+              <w:t xml:space="preserve">GECCO 2016 - Genetic and Evolutionary Computation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Denver, United States. pp.1123-1130, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2908812.2908950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605625v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01363930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Provably Optimal Self-Adjusting Step Sizes for Multi-Valued Decision Variables</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tutorials at PPSN 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bredeche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Alba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bartz-Beielstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimo Brockhoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XIV</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PPSN 2016 - 14th International Conference on Parallel Problem Solving from Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. pp.1012-1022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-45823-6_95⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01363911v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">$k$-Bit Mutation with Self-Adjusting $k$ Outperforms Standard Bit Mutation</w:t>
               </w:r>
@@ -12108,51 +12108,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XIV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. pp.824-834</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12444,222 +12444,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01272869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving Problems with Unknown Solution Length at (Almost) No Extra Cost</w:t>
+                <w:t xml:space="preserve">Optimal Parameter Choices Through Self-Adjustment: Applying the 1/5-th Rule in Discrete Settings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Timo Kötzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '15 - 2015 Annual Conference on Genetic and Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain. pp.831-838, </w:t>
+              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain. pp.1335-1342, </w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2739480.2754681⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2739480.2754684⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01272866v1</w:t>
+                <w:t xml:space="preserve">hal-01272868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Parameter Choices Through Self-Adjustment: Applying the 1/5-th Rule in Discrete Settings</w:t>
+                <w:t xml:space="preserve">Solving Problems with Unknown Solution Length at (Almost) No Extra Cost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Kötzing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '15 - 2015 Annual Conference on Genetic and Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain. pp.1335-1342, </w:t>
+              <w:t xml:space="preserve">, Jul 2015, Madrid, Spain. pp.831-838, </w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2739480.2754684⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2739480.2754681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01272868v1</w:t>
+                <w:t xml:space="preserve">hal-01272866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Money for Nothing: Speeding Up Evolutionary Algorithms Through Better Initialization</w:t>
               </w:r>
@@ -13029,347 +13029,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01086528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constructing low star discrepancy point sets with genetic algorithms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diffusion probabiliste dans les réseaux dynamiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrea Clementi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fraigniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceeding of the fifteenth annual conference on Genetic and evolutionary computation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Pornic, France. pp.1-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01797912v1</w:t>
+                <w:t xml:space="preserve">hal-00818369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion probabiliste dans les réseaux dynamiques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
+                <w:t xml:space="preserve">Lessons from the black-box: fast crossover-based genetic algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Fraigniaud</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Franziska Ebel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications (AlgoTel)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceeding of the fifteenth annual conference on Genetic and Evolutionary Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Amsterdam, Netherlands. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2463372.2463480⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00818369v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01797913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lessons from the black-box: fast crossover-based genetic algorithms</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Constructing low star discrepancy point sets with genetic algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franziska Ebel</w:t>
+                <w:t xml:space="preserve">François-Michel de Rainville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceeding of the fifteenth annual conference on Genetic and Evolutionary Computation</w:t>
+              <w:t xml:space="preserve">Proceeding of the fifteenth annual conference on Genetic and evolutionary computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Amsterdam, Netherlands. </w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2463372.2463480⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2463372.2463469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01797913v1</w:t>
+                <w:t xml:space="preserve">hal-01797912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Playing mastermind with many colors</w:t>
               </w:r>
@@ -13567,77 +13567,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumor Spreading in Random Evolving Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Clementi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fraigniaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Isopi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14048,103 +14048,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond Landscape Analysis: DynamoRep Features For Capturing Algorithm-Problem Interaction In Single-Objective Continuous Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gašper Petelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Korošec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14172,629 +14172,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illuminating the Diversity-Fitness Trade-Off in Black-Box Optimization</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MA-BBOB: A Problem Generator for Black-Box Optimization Using Affine Combinations and Shifts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Furong Ye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-21. </w:t>
+              <w:t xml:space="preserve">ACM Transactions on Evolutionary Learning and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/evco.a.28⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3673908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05171411v1</w:t>
+                <w:t xml:space="preserve">hal-04759417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MA-BBOB: A Problem Generator for Black-Box Optimization Using Affine Combinations and Shifts</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Illuminating the Diversity-Fitness Trade-Off in Black-Box Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Laura Santoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Raponi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aneta Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Evolutionary Learning and Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (1), pp.1-19. </w:t>
+              <w:t xml:space="preserve">Evolutionary Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3673908⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/evco.a.28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759417v1</w:t>
+                <w:t xml:space="preserve">hal-05171411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the Empirical Attainment Function for Analyzing Single-objective Black-box Optimization Algorithms</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Johann Dreo</w:t>
+                <w:t xml:space="preserve">Towards the genome-scale discovery of bivariate monotonic classifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Fourquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin S Krejca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benno Schwikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Evolutionary Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TEVC.2024.3462758⟩</w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12859-025-06253-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759430v1</w:t>
+                <w:t xml:space="preserve">hal-05533939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constructing Optimal Star Discrepancy Sets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Klamroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Paquete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the American Mathematical Society, Series B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 12 (7), pp.78-90. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1090/bproc/254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the genome-scale discovery of bivariate monotonic classifiers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martin S Krejca</w:t>
+                <w:t xml:space="preserve">Using the Empirical Attainment Function for Analyzing Single-objective Black-box Optimization Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel López-Ibáñez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Dreo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benno Schwikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (1), pp.228. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Evolutionary Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (5), pp.1774-1782. </w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12859-025-06253-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TEVC.2024.3462758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05533939v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching permutations for constructing uniformly distributed point sets</w:t>
               </w:r>
@@ -14806,51 +14806,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Klamroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Paquete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14891,161 +14891,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05171402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Machine Learning Methods to Assess Module Performance Contribution in Modular Optimization Frameworks</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sašo Džeroski</w:t>
+                <w:t xml:space="preserve">Heuristic approaches to obtain low-discrepancy point sets via subset selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Paquete</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, pp.1-28. </w:t>
+              <w:t xml:space="preserve">Journal of Complexity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 83, pp.101852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/evco_a_00356⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jco.2024.101852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04759425v1</w:t>
+                <w:t xml:space="preserve">hal-04580559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tight Runtime Bounds for Static Unary Unbiased Evolutionary Algorithms on Linear Functions</w:t>
               </w:r>
@@ -15129,131 +15099,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04759426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heuristic approaches to obtain low-discrepancy point sets via subset selection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Clément</w:t>
+                <w:t xml:space="preserve">Using Machine Learning Methods to Assess Module Performance Contribution in Modular Optimization Frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Kostovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederick Vermetten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Korošec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sašo Džeroski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Complexity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 83, pp.101852. </w:t>
+              <w:t xml:space="preserve">Evolutionary Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jco.2024.101852⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/evco_a_00356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04580559v1</w:t>
+                <w:t xml:space="preserve">hal-04759425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of High-Dimensional Bayesian Optimization Algorithms on BBOB</w:t>
               </w:r>
@@ -15265,51 +15265,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Laura Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Raponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato de Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15360,77 +15360,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IOHexperimenter: Benchmarking Platform for Iterative Optimization Heuristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob de Nobel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Furong Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15572,103 +15572,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OPTION: OPTImization Algorithm Benchmarking ONtology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Kostovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saso Dzeroski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 27 (6), pp.1618-1632. </w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
@@ -15702,90 +15702,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated Configuration of Genetic Algorithms by Tuning for Anytime Performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Furong Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 26 (6), pp.1526 - 1538. </w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
@@ -15813,177 +15813,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03614648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Black-Box Optimization Revisited: Improving Algorithm Selection Wizards through Massive Benchmarking</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fixed-Target Runtime Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxim Buzdalov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Vinokurov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Evolutionary Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TEVC.2021.3108185⟩</w:t>
+              <w:t xml:space="preserve">Algorithmica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 84 (6), pp.1762--1793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00453-021-00881-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03154019v1</w:t>
+                <w:t xml:space="preserve">hal-03377095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Star Discrepancy Subset Selection: Problem Formulation and Efficient Approaches for Low Dimensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16002,275 +15985,292 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Paquete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Complexity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 70, pp.101645. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jco.2022.101645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03520656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fixed-Target Runtime Analysis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Black-Box Optimization Revisited: Improving Algorithm Selection Wizards through Massive Benchmarking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herilalaina Rakotoarison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pak Kan Wong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Roziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algorithmica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 84 (6), pp.1762--1793. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Evolutionary Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (3), pp.490-500. </w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00453-021-00881-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TEVC.2021.3108185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03377095v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IOHanalyzer: Detailed Performance Analyses for Iterative Optimization Heuristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Furong Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Evolutionary Learning and Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (1), pp.3:1--3:29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
@@ -16304,51 +16304,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guest Editorial Special Issue on Benchmarking Sampling-Based Optimization Heuristics: Methodology and Software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16525,51 +16525,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximizing Drift is Not Optimal for Solving OneMax</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Buskulic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16759,51 +16759,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jing Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 801, pp.1-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
@@ -16850,90 +16850,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarking discrete optimization heuristics with IOHprofiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Furong Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naama Horesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofer Shir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Soft Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 88, pp.106027. </w:t>
@@ -17069,252 +17069,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01921042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preface to the Special Issue on Theory of Genetic and Evolutionary Computation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The query complexity of a permutation-based variant of Mastermind</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peyman Afshani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manindra Agrawal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kasper Green Larsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algorithmica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00453-018-00543-8⟩</w:t>
+              <w:t xml:space="preserve">Discrete Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dam.2019.01.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03286701v1</w:t>
+                <w:t xml:space="preserve">hal-02077639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The query complexity of a permutation-based variant of Mastermind</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preface to the Special Issue on Theory of Genetic and Evolutionary Computation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kasper Green Larsen</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dirk Sudholt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Applied Mathematics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Algorithmica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 81 (2), pp.589-592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dam.2019.01.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00453-018-00543-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02077639v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Static and Self-Adjusting Parameter Choices for the ( 1 + ( λ , λ ) ) Genetic Algorithm</w:t>
               </w:r>
@@ -17879,252 +17879,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01363845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rumor Spreading in Random Evolving Graphs</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Impact of Random Initialization on the Runtime of Randomized Search Heuristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Random Structures and Algorithms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 48 (2), pp.290-312. </w:t>
+              <w:t xml:space="preserve">Algorithmica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 75, pp.529-553. </w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rsa.20586⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00453-015-0019-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01390133v1</w:t>
+                <w:t xml:space="preserve">hal-01363851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Random Initialization on the Runtime of Randomized Search Heuristics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rumor Spreading in Random Evolving Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Clementi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Crescenzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fraigniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Algorithmica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 75, pp.529-553. </w:t>
+              <w:t xml:space="preserve">Random Structures and Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (2), pp.290-312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00453-015-0019-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rsa.20586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01363851v1</w:t>
+                <w:t xml:space="preserve">hal-01390133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Playing Mastermind with Many Colors</w:t>
               </w:r>
@@ -18253,51 +18253,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Ebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 567, pp.87-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18420,131 +18420,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01272855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing Minimum Cycle Bases in Weighted Partial 2-Trees in Linear Time</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Playing Mastermind with Constant-Size Memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Ramakrishna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Graph Algorithms and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 18, pp.325-346. </w:t>
+              <w:t xml:space="preserve">Theory of Computing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 55, pp.658-684. </w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7155/jgaa.00325⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00224-012-9438-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01086511v1</w:t>
+                <w:t xml:space="preserve">hal-01086513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranking-Based Black-Box Complexity</w:t>
               </w:r>
@@ -18615,118 +18602,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01086508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Playing Mastermind with Constant-Size Memory</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Computing Minimum Cycle Bases in Weighted Partial 2-Trees in Linear Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens M. Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ramakrishna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory of Computing Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 55, pp.658-684. </w:t>
+              <w:t xml:space="preserve">Journal of Graph Algorithms and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18, pp.325-346. </w:t>
             </w:r>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00224-012-9438-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7155/jgaa.00325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01086513v1</w:t>
+                <w:t xml:space="preserve">hal-01086511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Price of Anarchy for Selfish Ring Routing is Two</w:t>
               </w:r>
@@ -19067,51 +19067,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Sudholt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Winzen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19905,103 +19905,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the Generalizability of a Performance Predictive Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Nikolikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gjorgjina Cenikj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gordana Ispirova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryan Dieter Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '23 Companion: Companion Conference on Genetic and Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lisbon, Portugal. ACM, GECCO '23 Companion: Proceedings of the Companion Conference on Genetic and Evolutionary Computation, pp.311-314, 2023, </w:t>
@@ -20039,51 +20039,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Self-Adjusting Weighted Expected Improvement for Bayesian Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolin Benjamins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Raponi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20091,51 +20091,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Lindauer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '23 Companion: Companion Conference on Genetic and Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lisbon, Portugal. ACM, GECCO '23 Companion: Proceedings of the Companion Conference on Genetic and Evolutionary Computation, pp.483-486, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
@@ -20169,103 +20169,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing Algorithm Selection Approaches on Black-Box Optimization Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Kostovska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anja Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sašo Džeroski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tome Eftimov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GECCO '23 Companion: Companion Conference on Genetic and Evolutionary Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lisbon, Portugal. ACM, GECCO '23 Companion: Proceedings of the Companion Conference on Genetic and Evolutionary Computation, pp.495-498, 2023, </w:t>
@@ -20443,90 +20443,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast Identification of Optimal Monotonic Classifiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Fourquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Krejca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benno Schwikowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20589,77 +20589,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarking and analyzing iterative optimization heuristics with IOHprofiler (GECCO'22 tutorial slides)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bäck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob de Nobel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21158,844 +21158,844 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/2598394.2605352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01086524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theory of Parameter Control for Discrete Black-Box Optimization: Provable Performance Gains Through Dynamic Parameter Choices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theory of Evolutionary Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.271-321, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-29414-4_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complexity Theory for Discrete Black-Box Optimization Heuristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theory of Evolutionary Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.133-212, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-29414-4_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probabilistic Lower Discrepancy Bounds for Latin Hypercube Samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gnewuch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contemporary Computational Mathematics - A Celebration of the 80th Birthday of Ian Sloan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 978-3-319-72455-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calculation of Discrepancy Measures and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gnewuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magnus Wahlström</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Panorama of Discrepancy Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.621-678, 2014, 978-3-319-04695-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-04696-9_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01086555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parallel Problem Solving from Nature - PPSN XVI - 16th International Conference, PPSN 2020, Leiden, The Netherlands, September 5-9, 2020, Proceedings, Part I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Deutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PPSN XVI - 16th International Conference on Parallel Problem Solving from Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. 12269, Springer, 2020, Lecture Notes in Computer Science, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58112-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parallel Problem Solving from Nature - PPSN XVI - 16th International Conference, PPSN 2020, Leiden, The Netherlands, September 5-9, 2020, Proceedings, Part II</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bäck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike Preuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Deutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Doerr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PPSN XVI - 16th International Conference on Parallel Problem Solving from Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Leiden, Netherlands. 12270, Springer, 2020, Lecture Notes in Computer Science, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-58115-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theory of Iterative Optimization Heuristics: From Black-Box Complexity over Algorithm Design to Parameter Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Doerr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neural and Evolutionary Computing [cs.NE]. Sorbonne Université, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03168778v1</w:t>
-              </w:r>
-[...698 lines deleted...]
-                <w:t xml:space="preserve">hal-01086555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -22200,51 +22200,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C411A51C"/>
+    <w:nsid w:val="B41007C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22431,51 +22431,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carola-doerr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4981-3227" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/232603383" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05121863v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel L&#243;pez-Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederick Vermetten" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Dreo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Doerr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712255.3734242" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05171396v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tai Nguyen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phong Le" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Dang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3729878.3746703" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171387v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Rook" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Preu&#223;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob de Nobel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-3506-1_17" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171405v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Kostovska" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;o D&#382;eroski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan&#269;e Panov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tome Eftimov" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712255.3726696" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04613225v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Seiler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urban Skvorc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Trautmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-75623-8_29" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171403v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Santoni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph D&#252;rr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Preuss" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Raponi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712255.3734304" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171390v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Biedenkapp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712256.3726395" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05157741v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Covini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Antipov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3729878.3746633" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580570v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Dietrich" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kerschke" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3638529.3654100" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580601v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Nikolikj" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gjorgjina Cenikj" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC60901.2024.10611952" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759433v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Lengler" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Rusin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#228;ck" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70068-2_2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759437v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urban &#352;kvorc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70068-2_9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759439v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Patrick Prager" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70068-2_10" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580572v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kononova" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3638529.3654122" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580579v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC60901.2024.10611779" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759450v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt van den Nieuwenhuijzen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan N van Rijn" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Gouk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180577v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duri Andrea Janett" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590482" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242084v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Jankovic" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180579v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Furong Ye" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590412" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242051v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Pluh&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Koro&#353;ec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC53210.2023.10254146" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180594v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deyao Chen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Buzdalov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3594805.3607127" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180591v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30229-9_19" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180584v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Andr&#233;s Mu&#241;oz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590424" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04185070v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3595057" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242054v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242077v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Benjamins" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Lindauer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04003128v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saso Dzeroski" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragi Kocev" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pance Panov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI51031.2022.10022177" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04184969v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato de Leone" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3596314" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180578v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cl&#233;ment" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre D. Jesus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Paquete" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590456" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180586v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30229-9_17" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180581v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#353;per Petelin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590401" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646966v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Krejca" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hutter" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528846" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03774161v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC55065.2022.9870222" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03774168v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Bulanova" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arina Buzdalova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC55065.2022.9870400" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03740759v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Antonov" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14714-2_9" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718885v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Dieter Lang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andries Petrus Engelbrecht" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528809" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03740760v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14714-2_4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03740761v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14714-2_3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718887v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Korosec" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528832" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03861124v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen van der Blom" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03740762v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto Trajanov" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Teytaud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Videau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14714-2_2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03861120v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718886v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel L&#243;pez-Iba&#241;ez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528799" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718883v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Renau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Peres" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Semet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528825" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233676v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Dr&#233;o" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doerr" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72699-7_2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233843v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233915v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449726.3459578" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233689v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Yafrani" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Scoczynski" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inkyung Sung" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Wagner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72904-2_4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233796v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449639.3459389" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233825v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorjan Popovski" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449639.3459407" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233951v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449726.3463167" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233811v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449639.3459406" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233907v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449726.3459579" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233699v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72699-7_38" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233932v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Aziz-Alaoui" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449726.3463155" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871952v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377930.3390189" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935385v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_10" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02949721v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Papa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377929.3389876" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03117158v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI47803.2020.9308180" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02948754v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58657-7_25" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935402v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_40" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935395v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meunier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Rapin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teytaud" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58112-1_11" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935397v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Bujny" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta Boria" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58112-1_12" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871956v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Vinokurov" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871959v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Bossek" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377930.3390155" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871963v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Back" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377930.3389831" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02872816v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377930.3390183" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02949725v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Shir" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377929.3389879" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935380v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Neumann" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Neumann" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58112-1_8" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871943v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M Sutton" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02931254v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_49" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935399v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rodionova" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_34" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175763v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321731" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179607v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Ignashov" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326895" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179605v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naama Horesh" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326810" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179609v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Calvo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu Ceberio" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326888" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179611v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arina Buzdalov" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326906" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179613v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Buskulic" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3321952" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179606v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3323372" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02439392v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321827" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298570v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC.2019.8790107" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179587v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326857" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179612v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326913" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179604v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326821" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175766v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321725" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175768v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321733" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175767v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander van Rijn" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321803" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179610v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Jankovi&#263;" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326905" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921060v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99253-2_5" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921055v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99259-4_29" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921063v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Carvalho Pinto" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99259-4_3" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921073v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanru Gao" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205455.3205532" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921076v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205455.3205621" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921081v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205651.3207851" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921078v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205455.3205560" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921068v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205651.3208251" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921088v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3067695.3067707" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668270v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo K&#246;tzing" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3071178.3071233" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668274v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363930v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yang" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908812.2908950" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363932v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908812.2908891" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605625v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bredeche" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Alba" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bartz-Beielstein" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimo Brockhoff" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45823-6_95" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363911v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363906v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363923v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908812.2908922" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272867v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754654" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272869v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754683" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272866v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754681" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272868v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754684" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272863v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel de Perthuis de Laillevault" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754760" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272873v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754678" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086535v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2576768.2598359" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086528v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Koetzing" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2576768.2598341" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797912v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Michel de Rainville" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2463372.2463469" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818369v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrea Clementi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Crescenzi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fraigniaud" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pasquale" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797913v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Ebel" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2463372.2463480" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797914v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reto Spoehel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Henning" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Winzen" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921119v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2464576.2482680" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922696v2" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Clementi" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Isopi" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40450-4_28" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086546v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens M. Schmidt" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ramakrishna" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-45043-3_20" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-PQXFH8VL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678182v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04370224v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Carraz Rakotonirina" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rapin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2023.3346788" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171409v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco_a_00370" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171411v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco.a.28" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759417v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673908" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759430v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2024.3462758" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171399v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Klamroth" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/bproc/254" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533939v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Fourquet" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin S Krejca" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benno Schwikowski" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-025-06253-7" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171402v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2424464122" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759425v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco_a_00356" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759426v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-024-01258-9" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580559v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2024.101852" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580556v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180576v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco_a_00342" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904182v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin S. Krejca" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3216349" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180573v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3232844" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03614648v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3159087" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03154019v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herilalaina Rakotoarison" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pak Kan Wong" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Roziere" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2021.3108185" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520656v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2022.101645" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03377095v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-021-00881-0" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520666v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3510426" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180572v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Sendhoff" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas St&#252;tzle" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3223292" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03377092v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-021-00854-3" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233719v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco_a_00290" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03006416v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fonseca" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Friedrich" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Yao" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/DagRep.9.10.61" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175769v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2019.06.014" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02436287v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asoc.2019.106027" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921042v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-018-0477-7" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286701v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Sudholt" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-018-00543-8" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02077639v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Afshani" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manindra Agrawal" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Green Larsen" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2019.01.007" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668262v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-017-0354-9" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668264v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-017-0304-6" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668260v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-017-0341-1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669706v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Igel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lothar Thiele" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/DagRep.7.5.22" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668255v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Chicano" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-017-0280-x" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363845v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-016-0168-1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01390133v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rsa.20586" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363851v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-015-0019-5" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481969v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Thomas" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2987372" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272858v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272855v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/EVCO_a_00158" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086511v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7155/jgaa.00325" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086508v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-012-9684-9" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086513v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-012-9438-8" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086519v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xujin Chen" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Hu" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Weidong" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2548545" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086516v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2013.05.004" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086507v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2014.07.009" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086549v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jansen" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Zarges" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/EVCO_a_00055" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086551v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2012.10.039" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086550v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipl.2013.09.006" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797910v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipl.2011.10.004" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797908v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Johannsen" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-012-9622-x" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797907v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gnewuch" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Wahlstr&#246;m" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110833865" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797909v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2012.01.048" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797911v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Srivastav" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2008.10.001" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180600v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordana Ispirova" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3590617" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180598v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3590753" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180599v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3590697" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110704v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Zheng" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04611370v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718889v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3520304.3533665" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921103v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363950v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Handl" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Hart" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ochoa" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarda Shehu" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908961.2931744" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363939v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908961.2926982" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086538v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Una-May O'Reilly" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Esparcia-Alcazar" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Auger" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniko Ekart" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2598394.2611386" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086524v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2598394.2605352" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/tel-03168778v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02931252v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Deutz" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58112-1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02931251v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02436293v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29414-4_6" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02436290v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29414-4_3" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668257v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086555v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04696-9_10" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298571v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk V. Arnold" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3299904" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carola-doerr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4981-3227" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/232603383" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05121863v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel L&#243;pez-Ib&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederick Vermetten" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Dreo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Doerr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712255.3734242" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05171396v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tai Nguyen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phong Le" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Dang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3729878.3746703" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171387v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Rook" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Preu&#223;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob de Nobel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-3506-1_17" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04613225v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Seiler" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urban Skvorc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Trautmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-75623-8_29" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171405v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Kostovska" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;o D&#382;eroski" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan&#269;e Panov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tome Eftimov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712255.3726696" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171403v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Santoni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph D&#252;rr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Preuss" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Raponi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712255.3734304" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171390v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Biedenkapp" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3712256.3726395" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05157741v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Covini" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Antipov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3729878.3746633" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580579v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Nikolikj" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC60901.2024.10611779" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580572v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kononova" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#228;ck" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3638529.3654122" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759433v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Lengler" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Rusin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70068-2_2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759437v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urban &#352;kvorc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gjorgjina Cenikj" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70068-2_9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580601v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC60901.2024.10611952" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580570v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Dietrich" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kerschke" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3638529.3654100" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759439v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Patrick Prager" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-70068-2_10" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759450v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt van den Nieuwenhuijzen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan N van Rijn" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Gouk" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180577v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duri Andrea Janett" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590482" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242084v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Jankovic" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04003128v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saso Dzeroski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragi Kocev" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pance Panov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI51031.2022.10022177" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242054v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Furong Ye" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242077v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolin Benjamins" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Lindauer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04184969v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato de Leone" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3596314" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242051v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Pluh&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Koro&#353;ec" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC53210.2023.10254146" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180579v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590412" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180594v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deyao Chen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Buzdalov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3594805.3607127" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180591v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30229-9_19" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180584v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Andr&#233;s Mu&#241;oz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590424" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04185070v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3595057" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180578v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cl&#233;ment" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre D. Jesus" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Paquete" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590456" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180586v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-30229-9_17" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180581v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#353;per Petelin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583131.3590401" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03774168v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Bulanova" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arina Buzdalova" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC55065.2022.9870400" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718885v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Dieter Lang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andries Petrus Engelbrecht" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528809" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03740759v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Antonov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14714-2_9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646966v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Krejca" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Hutter" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528846" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03774161v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC55065.2022.9870222" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03861124v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen van der Blom" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718887v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Korosec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528832" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03740760v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14714-2_4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03740761v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14714-2_3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03740762v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto Trajanov" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Teytaud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathurin Videau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14714-2_2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03861120v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718886v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel L&#243;pez-Iba&#241;ez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528799" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718883v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Renau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Peres" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Semet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3512290.3528825" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233676v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Dr&#233;o" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Doerr" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72699-7_2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233843v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233915v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449726.3459578" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233689v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Yafrani" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcella Scoczynski" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inkyung Sung" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Wagner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72904-2_4" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233825v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorjan Popovski" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449639.3459407" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233951v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449726.3463167" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233796v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449639.3459389" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233907v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449726.3459579" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233699v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72699-7_38" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233811v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449639.3459406" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233932v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Aziz-Alaoui" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449726.3463155" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935385v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_10" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871952v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377930.3390189" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02949721v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Papa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377929.3389876" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935402v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_40" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935397v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Bujny" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta Boria" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58112-1_12" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935395v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Meunier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Rapin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teytaud" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58112-1_11" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03117158v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI47803.2020.9308180" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02948754v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58657-7_25" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02949725v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofer Shir" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377929.3389879" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871963v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Back" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377930.3389831" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871956v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Vinokurov" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871959v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Bossek" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377930.3390155" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02872816v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3377930.3390183" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02931254v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_49" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935380v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aneta Neumann" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Neumann" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58112-1_8" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02871943v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M Sutton" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935399v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rodionova" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2_34" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298570v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC.2019.8790107" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179587v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326857" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02439392v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321827" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179607v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Ignashov" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326895" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179609v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Calvo" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu Ceberio" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326888" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175763v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321731" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179611v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arina Buzdalov" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326906" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179605v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naama Horesh" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326810" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179606v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3323372" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179613v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Buskulic" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3321952" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179612v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326913" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175766v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321725" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179604v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326821" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175768v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321733" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175767v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander van Rijn" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3321707.3321803" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02179610v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Jankovi&#263;" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3326905" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921060v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99253-2_5" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921055v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99259-4_29" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921063v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Carvalho Pinto" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99259-4_3" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921073v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanru Gao" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205455.3205532" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921076v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205455.3205621" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921081v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205651.3207851" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921078v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205455.3205560" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921068v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3205651.3208251" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921088v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3067695.3067707" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668270v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo K&#246;tzing" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3071178.3071233" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668274v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363911v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363932v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908812.2908891" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363930v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Yang" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908812.2908950" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605625v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bredeche" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Alba" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bartz-Beielstein" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimo Brockhoff" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45823-6_95" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363906v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363923v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908812.2908922" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272867v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754654" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272869v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754683" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272868v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754684" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272866v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754681" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272863v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel de Perthuis de Laillevault" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754760" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272873v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2739480.2754678" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086535v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2576768.2598359" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086528v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Koetzing" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2576768.2598341" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818369v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrea Clementi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Crescenzi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fraigniaud" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Pasquale" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797913v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Ebel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2463372.2463480" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797912v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Michel de Rainville" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2463372.2463469" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797914v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reto Spoehel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Henning" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Winzen" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921119v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2464576.2482680" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922696v2" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Clementi" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Isopi" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40450-4_28" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086546v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens M. Schmidt" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ramakrishna" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-45043-3_20" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-PQXFH8VL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678182v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04370224v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Carraz Rakotonirina" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rapin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2023.3346788" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171409v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco_a_00370" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759417v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673908" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171411v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco.a.28" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533939v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Fourquet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin S Krejca" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benno Schwikowski" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-025-06253-7" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171399v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Klamroth" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/bproc/254" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759430v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2024.3462758" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05171402v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2424464122" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580559v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2024.101852" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759426v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-024-01258-9" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04759425v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco_a_00356" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04580556v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180576v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco_a_00342" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904182v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin S. Krejca" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3216349" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180573v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3232844" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03614648v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3159087" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03377095v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-021-00881-0" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520656v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2022.101645" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03154019v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herilalaina Rakotoarison" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pak Kan Wong" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Roziere" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2021.3108185" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520666v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3510426" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180572v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Sendhoff" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas St&#252;tzle" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3223292" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03377092v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-021-00854-3" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03233719v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/evco_a_00290" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03006416v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fonseca" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Friedrich" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Yao" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/DagRep.9.10.61" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02175769v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2019.06.014" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02436287v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asoc.2019.106027" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921042v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-018-0477-7" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02077639v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Afshani" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manindra Agrawal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Green Larsen" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2019.01.007" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286701v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Sudholt" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-018-00543-8" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668262v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-017-0354-9" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668264v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-017-0304-6" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668260v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-017-0341-1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669706v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Igel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lothar Thiele" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/DagRep.7.5.22" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668255v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Chicano" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-017-0280-x" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363845v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-016-0168-1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363851v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-015-0019-5" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01390133v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rsa.20586" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481969v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning Thomas" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2987372" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272858v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272855v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/EVCO_a_00158" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086513v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-012-9438-8" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086508v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-012-9684-9" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086511v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7155/jgaa.00325" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086519v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xujin Chen" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Hu" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Weidong" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2548545" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086516v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2013.05.004" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086507v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2014.07.009" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086549v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jansen" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Zarges" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/EVCO_a_00055" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086551v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2012.10.039" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086550v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipl.2013.09.006" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797910v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipl.2011.10.004" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797908v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Johannsen" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-012-9622-x" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797907v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gnewuch" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Wahlstr&#246;m" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110833865" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797909v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2012.01.048" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01797911v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Srivastav" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jco.2008.10.001" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180600v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordana Ispirova" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3590617" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180598v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3590753" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04180599v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3583133.3590697" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110704v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Zheng" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04611370v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718889v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3520304.3533665" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01921103v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363950v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Handl" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Hart" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ochoa" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarda Shehu" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908961.2931744" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363939v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2908961.2926982" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086538v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Una-May O'Reilly" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Esparcia-Alcazar" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Auger" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniko Ekart" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2598394.2611386" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086524v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2598394.2605352" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02436293v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29414-4_6" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02436290v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29414-4_3" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668257v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01086555v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04696-9_10" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02931252v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Deutz" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58112-1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02931251v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58115-2" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/tel-03168778v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298571v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk V. Arnold" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3299904" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>