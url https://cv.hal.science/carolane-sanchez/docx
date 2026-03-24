--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -755,165 +755,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Déjouer les stéréotypes. Vers une poétique périphérique du flamenco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolane Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">journées d’études itinérantes et internationales AU-DELÀ DE L’OLÉ. Pratique, transmission et méthodologie expérimentale depuis le flamenco / MAS ALLÁ DEL OLÉ Práctica, transmisión y metodología experimental desde el flamenco (fr./esp.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Festival Flamenco de Nîmes / ELLIADD, Jan 2025, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05161012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Podcats en ethnoscénologie : faire résonner les trajectoires, donner corps aux processus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30E ANNIVERSAIRE DE L’ETHNOSCÉNOLOGIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maison des cultures du monde/MSH PARIS-NORD/SOFETH, Jun 2025, Paris MSH Paris Nord, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05161032v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05161012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explorer les imaginaires du monde par la danse : enjeux pédagogiques d’une recherche appliquée</w:t>
               </w:r>
@@ -962,316 +962,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05161025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pratiques et espaces en arts de la scène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolane Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ARIA 2024 Atelier de recherche en arts. Espaces de partage : recherche et création en arts et design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Université, Feb 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lecture somatique du corps flamenco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lulla Chourlin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journées d’études itinérantes et internationales AU-DELÀ DE L’OLÉ. Pratique, transmission et méthodologie expérimentale depuis le flamenco / MAS ALLÁ DEL OLÉ Práctica, transmisión y metodología experimental desde el flamenco (fr./esp.), volet 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Carolane Sanchez ; Fernando Lopez ; Université de Franche-Comté et MA scène nationale - Pays de Montbéliard, Mar 2024, Montbéliard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Pratiques et espaces en arts de la scène</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flamenco et Patrimoine Culturel Immatériel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARIA 2024 Atelier de recherche en arts. Espaces de partage : recherche et création en arts et design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sorbonne Université, Feb 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Danse en résistance – 19ème édition de la Journée du Patrimoine et Culturel Immatériel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des Cultures du Monde, Jun 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’enquête de terrain à la création filmique : documenter le Flamenco Empirique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AU-DELÀ DE L’OLÉ. Pratique, transmission et méthodologie expérimentale depuis le flamenco / MAS ALLÁ DEL OLÉ Práctica, transmisión y metodología experimental desde el flamenco (fr./esp.), volet 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Carolane Sanchez; Fernando Lopez, Jun 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649038v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04649044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire hybride Patrimoine vivant en ethnoscénologie # Volet 1, Introduction, accessible au lien : https://on.soundcloud.com/JKgU8</w:t>
               </w:r>
@@ -1527,165 +1527,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ritualités créatives : la gestation en exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolane Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtre de la naissance et poétiques de l’accouchement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sandrine Le Pors ; Amandine Mercier, Nov 2022, Université d'Artois (Arras), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04051992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tócame las palmas : improvisación y experimentación artística dentro del Festival Flamenco empírico</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">III Congreso de Flamencología y Pedagogía Flamenca</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Festival Ciudad abierta, Flamenco mediterráneo, Oct 2022, Barcelone (Espagne), España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052099v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04051992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnoscénologie : histoire d’une discipline nouvelle, de sa fondation à son essor</w:t>
               </w:r>
@@ -1734,372 +1734,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pour une archéologie du geste flamenco en recherche-création</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolane Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le flamenco dans tous ses états : de la scène à la page, du pas à l’image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Xavier Escudero, Lise Demeyer, Nov 2019, Université Littoral Côte d’Opale, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04052051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Itinérance, enquête et création à partir du flamenco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire anthropologique des arts nomades</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pierre Philippe-Meden, Tiziana Leucci, Nov 2021, EHESS Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Pour une archéologie du geste flamenco en recherche-création</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habiter le temps, dans la ville du temps, lorsque le temps s’arrête. Dispositif pédagogique en recherche-création</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le flamenco dans tous ses états : de la scène à la page, du pas à l’image</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Xavier Escudero, Lise Demeyer, Nov 2019, Université Littoral Côte d’Opale, France</w:t>
+              <w:t xml:space="preserve">Dérèglements du temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les doctorant.e.s du laboratoire Litt&amp;Arts, May 2021, Université de Grenoble Alpes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04052103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques, créations et savoirs tacites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolane Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parcours de recherche et d’enseignement en ethnoscénologie (bilan et perspectives). Fondements épistémologiques et méthodologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pierre-Philippe Meden et Arianna de Sanctis, Dec 2020, Maison des sciences de l'Homme Paris Nord, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04052115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À propos d’une expérience de transmission à Guanghzou (chine)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnoscénologie et Recherche-création. Laboratoires itinérants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jean-François Dusigne Paris 8, May 2021, Université Paris 8 - Vincennes Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052109v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04052115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juerga Flamenca</w:t>
               </w:r>
@@ -2355,165 +2355,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04000992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le jeu dans l’esthétique flamenco, performer les mémoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolane Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque international Performances et Scènes du réel #2 : Performer, jouer, exister ?,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aurore Després, Barba Formis, Sandrine Ferret, Apr 2018, Université de Franche-Comté, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04052130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Corps-palimpsestes flamenco : la catégorie du contemporain par une archéologie des mémoires. Réévaluation de l’héritage de Vicente Escudero chez Andrés Marín et Israel Galván</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Images de la Danse. Fonctions, usages, discours,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paule Gioffredi, Axelle Locatelli, Claudia Palazzolo, Sep 2018, Université Lumière, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052122v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04052130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche de Chris Marker pour penser l'esthétique des mémoires, en lien avec la présentation du document d’étude &amp;quot;Mémoire(s) : les corps flamenco empiriques</w:t>
               </w:r>
@@ -2631,165 +2631,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Carmen, ou la spectacularisation de l'autre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolane Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La femme fatale, de ses origines à ses métamorphoses plastiques, littéraires et médiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03167550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cartographie Flamenca : espaces et mutations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La désacralisation de l’espace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre National des Arts Dramatiques et Scéniques de Kairouan et l’Unité de recherche de l’Institut Supérieur des Beaux-arts de Sousse, Mar 2017, Keirouan, Tunisie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04052137v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03167550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie d'un geste : la frappe dans le bharatanatyam et le flamenco</w:t>
               </w:r>
@@ -3045,165 +3045,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Réévaluation de l'usage du concept de &amp;quot;déconstruction&amp;quot; au sein de l'esthétique flamenco »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolane Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Flamenco, nouveaux discours critiques et artistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Département des Hispanistes - Université Grenoble Alpes, Dec 2016, Université Grenoble Alpes (UGA) - Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04052144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le corps-palimpseste de Juan Carlos Lérida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolane Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le corps : la dimension cachée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Guy Freixe (org.), Université de Franche-Comté, Mar 2016, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649037v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04052144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4796,51 +4796,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6AD804D1"/>
+    <w:nsid w:val="CF0FBB27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5027,51 +5027,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carolane-sanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carolane-sanchez.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648988v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolane Sanchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649003v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051917v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chambefort" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051936v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649030v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174466v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Despr&#233;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Freixe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Peslier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164748v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161032v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161012v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161025v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649041v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lulla Chourlin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649042v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649038v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649044v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650648v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649045v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649043v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649033v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052099v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051992v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052087v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052097v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052051v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052109v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052103v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052115v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052101v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051999v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052118v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000992v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052122v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052130v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052135v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167545v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052137v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167550v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167546v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167553v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167554v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167549v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649037v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052144v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161005v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650652v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650655v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650654v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Locatelli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=claudia palazzolo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650650v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/dialogues-sur-les-enjeux-de-la-recherche-creation-pour-les-sciences-humaines-francoise-chambefort" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648994v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648998v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648999v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051829v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://llibreria.diba.cat/es/libro/el-metodo-flamenco-empirico_67671" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052077v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052065v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051963v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162341v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051979v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649005v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos L&#233;rida" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051842v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carolane-sanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carolane-sanchez.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648988v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolane Sanchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649003v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051917v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chambefort" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051936v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649030v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174466v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Despr&#233;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Freixe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Peslier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164748v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161012v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161032v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161025v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649042v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649041v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lulla Chourlin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649044v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649038v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650648v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649045v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649043v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649033v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051992v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052099v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052087v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052051v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052097v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052103v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052115v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052109v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052101v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051999v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052118v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000992v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052130v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052122v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052135v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167545v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167550v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052137v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167546v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167553v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167554v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167549v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052144v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649037v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05161005v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650652v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650655v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650654v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Locatelli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=claudia palazzolo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650650v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300029v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/dialogues-sur-les-enjeux-de-la-recherche-creation-pour-les-sciences-humaines-francoise-chambefort" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648994v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648998v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648999v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051829v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://llibreria.diba.cat/es/libro/el-metodo-flamenco-empirico_67671" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052077v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04052065v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051963v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162341v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051979v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649005v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos L&#233;rida" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051842v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-04051883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>