--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (37)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,4847 +234,4990 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05479809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of a physical activity and endometriosis-based education program delivered by videoconference on endometriosis symptoms: the CRESCENDO program (inCRease physical Exercise and Sport to Combat ENDOmetriosis) protocol study</w:t>
+                <w:t xml:space="preserve">SIRT1 mediates brain metabolic and developmental consequences of methionine synthase deficiency in inborn errors of cobalamin metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Escriva-Boulley</w:t>
+                <w:t xml:space="preserve">Karim Matmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles-André Philip</w:t>
+                <w:t xml:space="preserve">Ziad Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Warembourg</w:t>
+                <w:t xml:space="preserve">Grégory Pourié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Lenôtre</w:t>
+                <w:t xml:space="preserve">Yaser Atlasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Flore</w:t>
+                <w:t xml:space="preserve">Snehaa Vivienne Seal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (1), pp.759. </w:t>
+              <w:t xml:space="preserve">Cell Reports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.102643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13063-023-07792-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.xcrm.2026.102643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04365506v1</w:t>
+                <w:t xml:space="preserve">hal-05553661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive Impairment Is Associated with AMPAR Glutamatergic Dysfunction in a Mouse Model of Neuronal Methionine Synthase Deficiency</w:t>
+                <w:t xml:space="preserve">Effects of a physical activity and endometriosis-based education program delivered by videoconference on endometriosis symptoms: the CRESCENDO program (inCRease physical Exercise and Sport to Combat ENDOmetriosis) protocol study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ziad Hassan</w:t>
+                <w:t xml:space="preserve">Géraldine Escriva-Boulley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Coelho</w:t>
+                <w:t xml:space="preserve">Charles-André Philip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Bossenmeyer-Pourié</w:t>
+                <w:t xml:space="preserve">Sophie Warembourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Matmat</w:t>
+                <w:t xml:space="preserve">Lionel Lenôtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Arnold</w:t>
+                <w:t xml:space="preserve">Patrice Flore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12 (9), pp.1267. </w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.759. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells12091267⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13063-023-07792-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04089824v1</w:t>
+                <w:t xml:space="preserve">hal-04365506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euclid: Modelling massive neutrinos in cosmology – a code comparison</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cognitive Impairment Is Associated with AMPAR Glutamatergic Dysfunction in a Mouse Model of Neuronal Methionine Synthase Deficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziad Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Adamek</w:t>
+                <w:t xml:space="preserve">David Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.E. Angulo</w:t>
+                <w:t xml:space="preserve">Carine Bossenmeyer-Pourié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Matmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Arnold</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Biagetti</w:t>
+                <w:t xml:space="preserve">Carole Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCAP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2023/06/035⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (9), pp.1267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells12091267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03892198v1</w:t>
+                <w:t xml:space="preserve">hal-04089824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic use of inhaled corticosteroids in patients admitted for respiratory virus infections: a 6-year prospective multicenter study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Euclid: Modelling massive neutrinos in cosmology – a code comparison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Adamek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.E. Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Luque-Paz</w:t>
+                <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Tattevin</w:t>
+                <w:t xml:space="preserve">M. Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Loubet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Thibault</w:t>
+                <w:t xml:space="preserve">M. Biagetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-08089-0⟩</w:t>
+              <w:t xml:space="preserve">JCAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 06, pp.035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2023/06/035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03607627v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to optimize high-order harmonic generation in gases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronic use of inhaled corticosteroids in patients admitted for respiratory virus infections: a 6-year prospective multicenter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Luque-Paz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Tattevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Weissenbilder</w:t>
+                <w:t xml:space="preserve">Paul Loubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Carlström</w:t>
+                <w:t xml:space="preserve">François Bénézit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Rego</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Heyl</w:t>
+                <w:t xml:space="preserve">Vincent Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42254-022-00522-7⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.4199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-08089-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848223v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03607627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attosecond photoionization dynamics in the vicinity of the Cooper minima in argon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How to optimize high-order harmonic generation in gases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Weissenbilder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Carlström</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Alexandridi</w:t>
+                <w:t xml:space="preserve">L. Rego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Platzer</w:t>
+                <w:t xml:space="preserve">C. Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Barreau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Zhong</w:t>
+                <w:t xml:space="preserve">C. Heyl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.3.L012012⟩</w:t>
+              <w:t xml:space="preserve">Nature Reviews Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (11), pp.713-722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42254-022-00522-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03439614v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre‐exposure prophylaxis for HIV infection and new sexually transmitted infections among men who have sex with men: real‐life experience from three sexual health clinics in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attosecond photoionization dynamics in the vicinity of the Cooper minima in argon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alexandridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Platzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Colas</w:t>
+                <w:t xml:space="preserve">L. Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Vanhaecke</w:t>
+                <w:t xml:space="preserve">D. Busto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Courtieu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Lihoreau</w:t>
+                <w:t xml:space="preserve">S. Zhong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Academy of Dermatology and Venereology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jdv.16832⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.L012012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.3.L012012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434327v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03439614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-auxetic/auxetic transitions inducing modifications of the magnetic anisotropy in CoFe2O4 thin films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pre‐exposure prophylaxis for HIV infection and new sexually transmitted infections among men who have sex with men: real‐life experience from three sexual health clinics in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vanhaecke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Martin</w:t>
+                <w:t xml:space="preserve">C. Courtieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Roulland</w:t>
+                <w:t xml:space="preserve">D. Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Grenier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean Juraszek</w:t>
+                <w:t xml:space="preserve">T. Lihoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.155425⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Academy of Dermatology and Venereology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jdv.16832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02563078v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin–orbit-resolved spectral phase measurements around a Fano resonance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-auxetic/auxetic transitions inducing modifications of the magnetic anisotropy in CoFe2O4 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Roulland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Turconi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Barreau</w:t>
+                <w:t xml:space="preserve">Stéphane Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Busto</w:t>
+                <w:t xml:space="preserve">F. Appert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Isinger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C Alexandridi</w:t>
+                <w:t xml:space="preserve">Jean Juraszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6455/ab9f0b⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 836, pp.155425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.155425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02933313v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02563078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant Inelastic X-Ray Scattering Reveals Hidden Local Transitions of the Aqueous OH Radical</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spin–orbit-resolved spectral phase measurements around a Fano resonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Turconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Barreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Kjellsson</w:t>
+                <w:t xml:space="preserve">D Busto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. d. Nanda</w:t>
+                <w:t xml:space="preserve">M. Isinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-E. Rubensson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. h. Southworth</w:t>
+                <w:t xml:space="preserve">C Alexandridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.236001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 53 (18), pp.184003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6455/ab9f0b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03100366v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02933313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIRT1 activation rescues the mislocalization of RNA-binding proteins and cognitive defects induced by inherited cobalamin disorders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Resonant Inelastic X-Ray Scattering Reveals Hidden Local Transitions of the Aqueous OH Radical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Kjellsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. d. Nanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rose Ghemrawi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Arnold</w:t>
+                <w:t xml:space="preserve">J.-E. Rubensson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shyue-Fang Battaglia-Hsu</w:t>
+                <w:t xml:space="preserve">G. Doumy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégory Pourié</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Trinh</w:t>
+                <w:t xml:space="preserve">S. h. Southworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.metabol.2019.153992⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (23), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.236001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02507780v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03100366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accuracy and precision of the RABBIT technique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Busto</w:t>
+                <w:t xml:space="preserve">SIRT1 activation rescues the mislocalization of RNA-binding proteins and cognitive defects induced by inherited cobalamin disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose Ghemrawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mikaelsson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Guo</w:t>
+                <w:t xml:space="preserve">Shyue-Fang Battaglia-Hsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Pourié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Trinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2017.0475⟩</w:t>
+              <w:t xml:space="preserve">Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 101 (7), pp.153992. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.metabol.2019.153992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02469024v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interlayer strain effects on the structural behavior of BiFeO3 /LaFeO3 superlattices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Carcan</w:t>
+                <w:t xml:space="preserve">Accuracy and precision of the RABBIT technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Isinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Busto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houssny Bouyanfif</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">L. Dupont</w:t>
+                <w:t xml:space="preserve">S. Mikaelsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5037076⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 377 (2145), pp.20170475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2017.0475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02014832v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02469024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endoplasmic Reticulum Stress in Metabolic Disorders</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interlayer strain effects on the structural behavior of BiFeO3 /LaFeO3 superlattices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Carcan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssny Bouyanfif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mimoun El Marssi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Le Marrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells7060063⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 124 (4), pp.044105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5037076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04089841v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02014832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Significant decrease of the optical losses in the coupling between colloidal CdSe/CdS nanocrystals and a flat gold film at cryogenic temperature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Eloi</w:t>
+                <w:t xml:space="preserve">Endoplasmic Reticulum Stress in Metabolic Disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rose Ghemrawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyue-Fang Battaglia-Hsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Arnold</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carole Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.195416⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (6), pp.63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells7060063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02353144v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic animal models to decipher the pathogenic effects of vitamin B12 and folate deficiency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Significant decrease of the optical losses in the coupling between colloidal CdSe/CdS nanocrystals and a flat gold film at cryogenic temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Eloi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lü Peng</w:t>
+                <w:t xml:space="preserve">Gérard Colas des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natacha Dreumont</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Xavier Quélin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2016.05.007⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (19), pp.195416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.195416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01666747v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02353144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CO-02: Syndromes grippaux chez les diabétiques en milieu hospitalier : caractéristiques et complications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Letois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Letois</w:t>
+                <w:t xml:space="preserve">Philippe Vanhems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Vanhems</w:t>
+                <w:t xml:space="preserve">P. Loulergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Loulergue</w:t>
+                <w:t xml:space="preserve">X. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabetes &amp; Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Résumés des communications du congrès annuel de la SFD et de la SFD Paramédical, 42 (Supplement 1), pp.A1. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1262-3636(16)30020-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S1262-3636(16)30020-9⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01300779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Great heterogeneity of commercial fruit juices to induce endothelium-dependent relaxations in isolated porcine coronary arteries: role of the phenolic content and composition.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic animal models to decipher the pathogenic effects of vitamin B12 and folate deficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lü Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Auger</w:t>
+                <w:t xml:space="preserve">Natacha Dreumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Pollet</w:t>
+                <w:t xml:space="preserve">Jean-Louis Guéant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Arnold</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V.B. Schini-Kerth</w:t>
+                <w:t xml:space="preserve">Carole Arnold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Food</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 126, pp.43-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2016.05.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01111631v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01666747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-term overexpression of VEGF-A in mouse beta cells indirectly stimulates their proliferation and protects against diabetes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Great heterogeneity of commercial fruit juices to induce endothelium-dependent relaxations in isolated porcine coronary arteries: role of the phenolic content and composition.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nico de Leu</w:t>
+                <w:t xml:space="preserve">Brigitte Pollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Heremans</w:t>
+                <w:t xml:space="preserve">Cécile Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violette Coppens</w:t>
+                <w:t xml:space="preserve">Céline Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naomi van Gassen</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valérie Schini-Kerth</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00125-013-3076-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (1), pp.128-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/jmf.2013.0183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04090217v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01111631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pak3 promotes cell cycle exit and differentiation of β-cells in the embryonic pancreas and is necessary to maintain glucose homeostasis in adult mice.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Short-term overexpression of VEGF-A in mouse beta cells indirectly stimulates their proliferation and protects against diabetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico de Leu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Piccand</w:t>
+                <w:t xml:space="preserve">Yves Heremans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Meunier</w:t>
+                <w:t xml:space="preserve">Violette Coppens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Merle</w:t>
+                <w:t xml:space="preserve">Naomi van Gassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhengping Jia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Vianney Barnier</w:t>
+                <w:t xml:space="preserve">Ying Cai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2337/db13-0384⟩</w:t>
+              <w:t xml:space="preserve">Diabetologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 57 (1), pp.140-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00125-013-3076-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01181234v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les inondations remarquables en France : premiers éléments issus de l’enquête EPRI 2011</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pak3 promotes cell cycle exit and differentiation of β-cells in the embryonic pancreas and is necessary to maintain glucose homeostasis in adult mice.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Piccand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lang</w:t>
+                <w:t xml:space="preserve">Aline Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Coeur</w:t>
+                <w:t xml:space="preserve">Carole Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bard</w:t>
+                <w:t xml:space="preserve">Zhengping Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Bacq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Becker</w:t>
+                <w:t xml:space="preserve">Jean-Vianney Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/lhb/2013041⟩</w:t>
+              <w:t xml:space="preserve">Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 63 (1), pp.203-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2337/db13-0384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00936942v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01181234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decreased vitamin B12 availability induces ER stress through impaired SIRT1-deacetylation of HSF1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Ghemrawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Ghemrawi</w:t>
+                <w:t xml:space="preserve">S Pooya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Pooya</w:t>
+                <w:t xml:space="preserve">S. Lorentz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lorentz</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">G. Gauchotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Death and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 4 (3), pp.e553 - e553. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/cddis.2013.69⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01701059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and cellular effects of vitamin B12 in brain, myocardium and liver through its role as co-factor of methionine synthase</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Guéant</w:t>
+                <w:t xml:space="preserve">Les inondations remarquables en France : premiers éléments issus de l’enquête EPRI 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maatem Caillerez-Fofou</w:t>
+                <w:t xml:space="preserve">C. Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shyuefang Battaglia-Hsu</w:t>
+                <w:t xml:space="preserve">A. Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Alberto</w:t>
+                <w:t xml:space="preserve">B. Bacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Noël Freund</w:t>
+                <w:t xml:space="preserve">T. Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 95 (5), pp.1033-1040. </w:t>
+              <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5, p. 37 - p. 47. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2013.01.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/lhb/2013041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01704564v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00936942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Nonlinearity for Few-Photon Pulses on a Quantum Dot-Pillar Cavity Device</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular and cellular effects of vitamin B12 in brain, myocardium and liver through its role as co-factor of methionine synthase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Guéant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Loo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Arnold</w:t>
+                <w:t xml:space="preserve">Maatem Caillerez-Fofou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Gazzano</w:t>
+                <w:t xml:space="preserve">Shyuefang Battaglia-Hsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lemaître</w:t>
+                <w:t xml:space="preserve">Jean-Marc Alberto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Sagnes</w:t>
+                <w:t xml:space="preserve">Jean-Noël Freund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 109 (16), pp.166806. </w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 95 (5), pp.1033-1040. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.166806⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2013.01.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04443566v1</w:t>
+                <w:t xml:space="preserve">hal-01704564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro characterisation of calcium phosphate biomaterials loaded with lidocaine hydrochloride and morphine hydrochloride</w:t>
+                <w:t xml:space="preserve">Optical Nonlinearity for Few-Photon Pulses on a Quantum Dot-Pillar Cavity Device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Gautier</w:t>
+                <w:t xml:space="preserve">V. Loo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Chamblain</w:t>
+                <w:t xml:space="preserve">O. Gazzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Weiss</w:t>
+                <w:t xml:space="preserve">A. Lemaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Merle</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">I. Sagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science-Materials in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10856-010-4172-8⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (16), pp.166806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.166806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142553v1</w:t>
+                <w:t xml:space="preserve">hal-04443566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new technological procedure using sucrose as porogen compound to manufacture porous biphasic calcium phosphate ceramics of appropriate micro- and macrostructure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vitro characterisation of calcium phosphate biomaterials loaded with lidocaine hydrochloride and morphine hydrochloride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Chamblain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. -M. Le Ray</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+                <w:t xml:space="preserve">P. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -M. Bouler</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Merle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2009.07.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Science-Materials in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 21 (12), pp.3141-3150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10856-010-4172-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02140593v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of bisphosphonates controlled delivery systems for bone implantation: influence of the formulation and process used on in vitro release</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+                <w:t xml:space="preserve">A new technological procedure using sucrose as porogen compound to manufacture porous biphasic calcium phosphate ceramics of appropriate micro- and macrostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. -M. Le Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. -M. Bouler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Merle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. -M. Bouler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science-Materials in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10856-010-4012-x⟩</w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 36 (1), pp.93-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2009.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02142557v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02140593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving selective thermal emission properties of three dimensional macroporous silicon through porosity tuning</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of bisphosphonates controlled delivery systems for bone implantation: influence of the formulation and process used on in vitro release</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Trifonov</w:t>
+                <w:t xml:space="preserve">A. Billon-Chabaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rodriguez</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Gouyette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. -M. Bouler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.2976144⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Science-Materials in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 21 (5), pp.1599-1604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10856-010-4012-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00323251v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02142557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIRNA-Directed In Vivo Silencing of Androgen Receptor Inhibits the Growth of Castration-Resistant Prostate Carcinomas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving selective thermal emission properties of three dimensional macroporous silicon through porosity tuning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moises Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Compagno</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Merle</w:t>
+                <w:t xml:space="preserve">T. Trifonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Morin</w:t>
+                <w:t xml:space="preserve">A. Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristèle Gilbert</w:t>
+                <w:t xml:space="preserve">R. Alcubilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques R R Mathieu</w:t>
+                <w:t xml:space="preserve">François Marquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 2 (10), pp.e1006. </w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 93, pp.081913. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0001006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.2976144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04090271v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00323251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple origins of cultivated grapevine (Vitis vinifera L. ssp. sativa) based on chloroplast DNA polymorphisms</w:t>
+                <w:t xml:space="preserve">SIRNA-Directed In Vivo Silencing of Androgen Receptor Inhibits the Growth of Castration-Resistant Prostate Carcinomas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Arroyo-Garcia</w:t>
+                <w:t xml:space="preserve">Daniel Compagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Ruiz-Garcia</w:t>
+                <w:t xml:space="preserve">Aurélie Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Bolling</w:t>
+                <w:t xml:space="preserve">Cristèle Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Ocete</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. A. Lopez</w:t>
+                <w:t xml:space="preserve">Jacques R R Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2006.03049.x⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2 (10), pp.e1006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0001006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02666029v1</w:t>
+                <w:t xml:space="preserve">hal-04090271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polysilsesquioxane derived ceramic foams with gradient porosity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multiple origins of cultivated grapevine (Vitis vinifera L. ssp. sativa) based on chloroplast DNA polymorphisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Arroyo-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Zeschky</w:t>
+                <w:t xml:space="preserve">L. Ruiz-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Höfner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Arnold</w:t>
+                <w:t xml:space="preserve">Laurence Bolling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Weissmann</w:t>
+                <w:t xml:space="preserve">R. Ocete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Bahloul-Hourlier</w:t>
+                <w:t xml:space="preserve">M. A. Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 53, pp.927-937. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 15 (12), pp.3707-3714. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2004.10.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2006.03049.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00247490v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of a conditionally null allele of the laminin alpha1 gene.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Androgens Repress the Expression of the Angiogenesis Inhibitor Thrombospondin-1 in Normal and Neoplastic Prostate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Colombel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Alpy</w:t>
+                <w:t xml:space="preserve">Stéphanie Filleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Jivkov</w:t>
+                <w:t xml:space="preserve">Pierick Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Sorokin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Arnold</w:t>
+                <w:t xml:space="preserve">Julien Guglielmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genesis - The Journal of Genetics and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/gene.20154⟩</w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 65 (1), pp.300-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.300.65.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-                <w:t xml:space="preserve">hal-00187334v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Androgens Repress the Expression of the Angiogenesis Inhibitor Thrombospondin-1 in Normal and Neoplastic Prostate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generation of a conditionally null allele of the laminin alpha1 gene.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Alpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Jivkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Colombel</w:t>
+                <w:t xml:space="preserve">L. Sorokin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Filleur</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julien Guglielmi</w:t>
+                <w:t xml:space="preserve">A. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/0008-5472.300.65.1⟩</w:t>
+              <w:t xml:space="preserve">Genesis - The Journal of Genetics and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 43 (2), pp.59-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/gene.20154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04090306v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00187334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polysilsesquioxane derived ceramics foams with gradient porosity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zeschky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Hofner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Weibmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bahloul-Hourlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 53, pp.927-937. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.actamat.2004.10.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00293969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SiRNA-mediated Inhibition of Vascular Endothelial Growth Factor Severely Limits Tumor Resistance to Antiangiogenic Thrombospondin-1 and Slows Tumor Vascularization and Growth</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carole Merle</w:t>
+                <w:t xml:space="preserve">Polysilsesquioxane derived ceramic foams with gradient porosity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zeschky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Höfner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Weissmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bahloul-Hourlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 53, pp.927-937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2004.10.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04090331v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00247490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">SiRNA-mediated Inhibition of Vascular Endothelial Growth Factor Severely Limits Tumor Resistance to Antiangiogenic Thrombospondin-1 and Slows Tumor Vascularization and Growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Filleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Courtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slimane Ait-Si-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guglielmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 63 (14), pp.3919-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Prolyl hydroxylation of collagen type I is required for efficient binding to integrin alpha 1 beta 1 and platelet glycoprotein VI but not to alpha 2 beta 1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ja Eble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pr Siljander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rw Farndale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 278, pp.29873-29879</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00314149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5084,908 +5227,908 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O76 Syndrome grippal: complications chez les patients diabétiques ou obèses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Loulergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vanhems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Loulergue</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">X. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lainé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel de la SFD et de la SFD Paramédical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Bordeaux, France. pp.A21-A22, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S1262-3636(15)30076-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01139964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P100 Efficacité du vaccin antigrippal saisonnier sur les hospitalisations liées à la grippe chez les patients diabétiques ou obèses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vanhems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Vanhems</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">P. Loulergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Postil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel de la SFD et de la SFD Paramédical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Bordeaux, France. pp.A57-A58, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S1262-3636(15)30213-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01139968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Flood Risk Assessment for the European Directive: inventory of French past floods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd European Conference of Flood risk management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Rotterdam, Netherlands. pp.1211-1217</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02597565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New developments in ultrashort pulse surgery of the cornea and the sclera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karsten Plamann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Aptel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Courjaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Crotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LASE- Photonics West</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00628003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Affiche : &amp;quot;Morpho-synthèses par l'utilisation de matériaux naturels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+                <w:t xml:space="preserve">Morpho-synthèses par l'utilisation de matériaux naturels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Valtchev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Smaihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Catherine Faust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème Conférence du GFZ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">22ème Réunion du Groupe Français des Zéolithes (GFZ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, La Rochelle,, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00079896v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00269229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morpho-synthèses par l'utilisation de matériaux naturels</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+                <w:t xml:space="preserve">Affiche : &amp;quot;Morpho-synthèses par l'utilisation de matériaux naturels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Valtchev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Smaihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.C. Faust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22ème Réunion du Groupe Français des Zéolithes (GFZ)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, La Rochelle,, France</w:t>
+              <w:t xml:space="preserve">22ème Conférence du GFZ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00269229v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00079896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polysilsesquioxane derived ceramic foams with a gradient porosity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zeschky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Höfner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bahloul-Hourlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Greil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Conference on Advanced Ceramics and Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Cocoa Beach, FL, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00248021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5995,163 +6138,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiac manifestations of inherited metabolic disease linked to cellular vitamin B12 (cobalamin) uptake: Study in murine model of invalidation of Mtr gene in the heart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.J. Kosgei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Elkhafifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lacolley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Hergalant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Cardiovascular Diseases Supplements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 11 (2), pp.242, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.acvdsp.2019.02.131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6161,143 +6304,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applied Surface Science - EMRS2011 Spring Symp J: Laser materials Processing for Micro and nano Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Pryds</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lippert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiroshi Fukumura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsevier, pp.9105-9500, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00738964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6307,51 +6450,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomimetic Virus-Like Particles to control cell functions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasna Maayouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6403,51 +6546,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Kaspars Tārs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6457,114 +6600,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure des noyaux superdeformes en rotation rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Arnold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nuclear Experiment [nucl-ex]. Université Louis Pasteur - Strasbourg I, 1993. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00019090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId272"/>
+      <w:footerReference w:type="default" r:id="rId278"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6711,51 +6854,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-05479809v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Maayouf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Hedna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alphonse Boch&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dos Santos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspars T&#257;rs" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tibtech.2025.08.017" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365506v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Escriva-Boulley" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Philip" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Warembourg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Len&#244;tre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Flore" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-023-07792-1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089824v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Hassan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coelho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Bossenmeyer-Pouri&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Matmat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Arnold" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12091267" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892198v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adamek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Angulo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnold" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baldi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Biagetti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2023/06/035" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607627v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Luque-Paz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tattevin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Loubet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;n&#233;zit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thibault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-08089-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848223v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Weissenbilder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carlstr&#246;m" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rego" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heyl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42254-022-00522-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03439614v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alexandridi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Platzer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Busto" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhong" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.L012012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03434327v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Colas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vanhaecke" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Courtieu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lambert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lihoreau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.16832" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02563078v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roulland" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grenier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Appert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Juraszek" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155425" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02933313v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turconi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Busto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Isinger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Alexandridi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ab9f0b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100366v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kjellsson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.&#8201;d. Nanda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Rubensson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Doumy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.&#8201;h. Southworth" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.236001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02507780v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Ghemrawi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyue-Fang Battaglia-Hsu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pouri&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trinh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metabol.2019.153992" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469024v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mikaelsson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0475" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02014832v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carcan" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssny Bouyanfif" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun El Marssi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Marrec" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupont" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5037076" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089841v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7060063" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353144v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coste" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Eloi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas des Francs" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Qu&#233;lin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.195416" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01666747v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#252; Peng" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dreumont" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Gu&#233;ant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2016.05.007" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01300779v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Letois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanhems" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loulergue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Duval" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jouneau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1262-3636(16)30020-9" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8DFS21X1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111631v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Auger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pollet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.B. Schini-Kerth" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090217v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico de Leu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Heremans" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Coppens" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi van Gassen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Cai" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-013-3076-9" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181234v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Piccand" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Meunier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Merle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengping Jia" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Vianney Barnier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db13-0384" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936942v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coeur" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bacq" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Becker" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2013041" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01701059v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ghemrawi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pooya" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lorentz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gauchotte" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2013.69" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01704564v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maatem Caillerez-Fofou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyuefang Battaglia-Hsu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Alberto" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Freund" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2013.01.020" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443566v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Loo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gazzano" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sagnes" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.166806" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142553v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gautier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chamblain" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weiss" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Merle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -M. Bouler" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-010-4172-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FDLJHLKR-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140593v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. -M. Le Ray" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2009.07.001" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LDW4Z405-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142557v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Billon-Chabaud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gouyette" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-010-4012-x" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L88GK73L-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323251v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Garin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Trifonov" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodriguez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alcubilla" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marquier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2976144" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090271v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Compagno" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Morin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist&#232;le Gilbert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques R R Mathieu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0001006" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666029v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arroyo-Garcia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ruiz-Garcia" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bolling" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ocete" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Lopez" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2006.03049.x" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00247490v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zeschky" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H&#246;fner" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Weissmann" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bahloul-Hourlier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2004.10.039" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RGS4T6FP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187334v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Alpy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jivkov" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sorokin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klein" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gene.20154" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-210Q52KB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090306v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Colombel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Filleur" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierick Fournier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.300.65.1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293969v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hofner" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Weibmann" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090331v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courtin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Ait-Si-Ali" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314149v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perret" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja Eble" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pr Siljander" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rw Farndale" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01139964v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Galtier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lain&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1262-3636(15)30076-8" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7078B70H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01139968v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Postil" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1262-3636(15)30213-5" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X2KM39XP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597565v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coeur" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Bard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00628003v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Plamann" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Aptel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Courjaud" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Crotti" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079896v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Valtchev" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Smaihi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Faust" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269229v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Valtchev" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Faust" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00248021v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Greil" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02266368v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.J. Kosgei" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Elkhafifi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lacolley" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hergalant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2019.02.131" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00738964v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pryds" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lippert" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Fukumura" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758948v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00019090v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-05479809v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Maayouf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Hedna" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alphonse Boch&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dos Santos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspars T&#257;rs" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tibtech.2025.08.017" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553661v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Matmat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Hassan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pouri&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaser Atlasi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Snehaa Vivienne Seal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrm.2026.102643" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365506v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Escriva-Boulley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Philip" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Warembourg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Len&#244;tre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Flore" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-023-07792-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089824v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coelho" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Bossenmeyer-Pouri&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Arnold" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12091267" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892198v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adamek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Angulo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnold" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baldi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Biagetti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2023/06/035" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607627v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Luque-Paz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tattevin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Loubet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;n&#233;zit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thibault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-08089-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848223v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Weissenbilder" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carlstr&#246;m" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rego" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Heyl" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42254-022-00522-7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03439614v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alexandridi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Platzer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Barreau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Busto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhong" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.L012012" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03434327v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Colas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vanhaecke" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Courtieu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lambert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lihoreau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.16832" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02563078v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roulland" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Grenier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Appert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Juraszek" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155425" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02933313v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Turconi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Busto" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Isinger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Alexandridi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ab9f0b" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100366v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kjellsson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.&#8201;d. Nanda" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Rubensson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Doumy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.&#8201;h. Southworth" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.236001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02507780v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Ghemrawi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyue-Fang Battaglia-Hsu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trinh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metabol.2019.153992" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469024v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mikaelsson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2017.0475" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02014832v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carcan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssny Bouyanfif" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun El Marssi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Marrec" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupont" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5037076" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089841v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells7060063" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353144v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coste" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Eloi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas des Francs" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Qu&#233;lin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.195416" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01300779v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Letois" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vanhems" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loulergue" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Duval" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jouneau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1262-3636(16)30020-9" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8DFS21X1-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01666747v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#252; Peng" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Dreumont" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Gu&#233;ant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2016.05.007" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111631v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Auger" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pollet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnold" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schini-Kerth" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jmf.2013.0183" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090217v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico de Leu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Heremans" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Coppens" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi van Gassen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Cai" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-013-3076-9" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181234v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Piccand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Meunier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Merle" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengping Jia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Vianney Barnier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db13-0384" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01701059v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Ghemrawi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pooya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lorentz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gauchotte" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2013.69" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936942v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lang" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coeur" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bacq" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Becker" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2013041" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01704564v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maatem Caillerez-Fofou" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyuefang Battaglia-Hsu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Alberto" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Freund" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2013.01.020" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443566v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Loo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gazzano" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sagnes" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.166806" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142553v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gautier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chamblain" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weiss" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Merle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -M. Bouler" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-010-4172-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FDLJHLKR-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140593v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. -M. Le Ray" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2009.07.001" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LDW4Z405-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142557v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Billon-Chabaud" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gouyette" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-010-4012-x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L88GK73L-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323251v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moises Garin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Trifonov" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rodriguez" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Alcubilla" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marquier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2976144" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090271v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Compagno" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Morin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crist&#232;le Gilbert" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques R R Mathieu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0001006" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666029v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Arroyo-Garcia" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ruiz-Garcia" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bolling" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ocete" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Lopez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2006.03049.x" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090306v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Colombel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Filleur" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierick Fournier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmi" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.300.65.1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187334v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Alpy" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jivkov" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sorokin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klein" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gene.20154" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-210Q52KB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293969v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zeschky" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hofner" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Weibmann" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bahloul-Hourlier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2004.10.039" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RGS4T6FP-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00247490v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H&#246;fner" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Weissmann" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090331v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Courtin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slimane Ait-Si-Ali" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314149v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perret" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja Eble" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pr Siljander" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rw Farndale" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01139964v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Galtier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lain&#233;" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1262-3636(15)30076-8" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7078B70H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01139968v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Postil" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1262-3636(15)30213-5" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X2KM39XP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597565v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coeur" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Bard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00628003v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Plamann" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Aptel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Courjaud" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Crotti" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269229v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Valtchev" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Smaihi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Faust" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00079896v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Valtchev" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Faust" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00248021v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Greil" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02266368v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.J. Kosgei" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Elkhafifi" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lacolley" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hergalant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2019.02.131" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00738964v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pryds" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lippert" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Fukumura" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758948v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00019090v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>