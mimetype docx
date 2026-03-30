--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Carole AUROUET </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des universités en études cinématographiques et audiovisuelles à l'université Gustave Eiffel</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">carole-aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4279-6786</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">055772153</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">14489811</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000081413528</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carole Aurouet est docteure en Littérature et civilisation françaises et latines de l’université Sorbonne Nouvelle (CNU 9e section) et </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">professeure des universités en Etudes cinématographiques et audiovisuelles à l'université Gustave Eiffel. </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (CNU 18e section).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle est membre du </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire LISAA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Littératures, SAvoirs et Arts) et de l'équipe </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CCAMAN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Confluences, Cinématographiques, Audiovisuelles, Musicales et Arts numériques) et elle inscrit ses doctorants à l</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">'Ecole doctorale Culture et Société</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle fait partie du </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">consortium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet ANR Ciné08-19</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (histoire du cinéma en France de 1908 à 1919) porté par Laurent Véray.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle est coordinatrice adjointe du </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet Urbanature 2. Entre ville et campagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> porté par Gisèle Séginger.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialiste de l’œuvre protéiforme de Jacques Prévert (théâtre, poésie, cinéma, collages), ses recherches sont aussi centrées sur les relations qu’entretiennent la littérature et le cinéma, et plus spécifiquement la poésie et le cinéma. D’autres poètes sont ainsi au centre de ses travaux : Guillaume Apollinaire, Pierre Albert-Birot, Antonin Artaud, Robert Desnos, Benjamin Péret, etc.Dans ce cadre, elle convoque la génétique scénaristique, pour mettre en exergue les sentiers de la création cinématographique, tant au niveau de l’attribution du travail des uns et des autres dans une entreprise collective qu’au niveau de la spatialisation de la pensée créatrice ou encore de la socialisation de l’écriture scénaristique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nouveaux séminaires de Master 2025 :</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature en système médiatique : le cinéma des poètes</w:t></w:r></w:hyperlink><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La critique génétique scénaristique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nouvelle formation doctorale 2025 :</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer lors du processus de recrutement pour le secteur privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carole Aurouet a à son actif une centaine d'articles et une centaine de conférences en France et à l’étranger et la direction ou co-direction d'une dizaine de publications, dont </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revoir le cinéma muet en France (1908-1919)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (éditions du Sonneur, 2023 ; avec Béatrice de Pastre et Laurent Véray), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Grenelle, 2022 ; avec Marie-Claude Cherqui et Laurent Véray), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre-Albert Birot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017 ; avec Marianne Simon-Oikawa) et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Contes et les Légendes à l’écran</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1434pt; height:545pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId21" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle est l’auteure d’une vingtaine de livres, dont </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gremese, 2022), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Cinéma de Guillaume Apollinaire. Des manuscrits inédits pour un nouvel éclairage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Grenelle, 2018), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Etoile de mer, poème de Robert Desnos tel que l'a vu Man Ray</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gremese, 2018), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévert & Paris. Promenades buissonnières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Parigramme, 2017), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jacques Prévert. Une vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Nouvelles éditions Place, 2017), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévert et le cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Nouvelles éditions Place, 2017), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Cinéma dessiné de Jacques Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Textuel, 2016), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desnos et le cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Nouvelles éditions Place, 2016), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Dessins hypnotiques de Robert Desnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Nouvelles éditions Place, 2015), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Cinéma des poètes. De la critique au ciné-texte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Le Bord de l'eau, 2014), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis : Le Scénario original de Jacques Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gallimard, 2013), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Émile Savitry. Un récit photographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gallimard, 2013), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Amitié selon Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Textuel, 2012, rééd. 2016), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Petit Jacques deviendra Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Rue du monde, 2011), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévert, portrait d'une vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Ramsay, 2007), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévert, l'humour de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Naïve, 2007), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Scénarios détournés de Jacques Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Dreamland, 2003), etc.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1397pt; height:784pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId22" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directions de colloques internationaux et de journées d'études</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2017, elle codirige deux colloques internationaux en France avec Marianne Simon-Oikawa : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Albert-Birot au confluent des avant-gardes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> à l’Institut Mémoires de l’Édition Contemporaine (IMEC, 4-5 mai ; Parution aux PUR en 2019) et* Jacques Prévert, détonations poétiques* à Cerisy-la-Salle (11-18 août ; Parution aux Classiques Garnier en 2019).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2018, elle codirige deux colloques internationaux au Japon : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voix, gestes et musique : la séance cinématographique en France et au Japon au temps du muet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec Mathieu Capel, Marianne Simon-Oikawa et Laurent Véray à la Maison franco-japonaise de Tokyo et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Cinéma des poètes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec Marianne Simon-Oikawa à l'Université de Tokyo (Parution dans la Revue de langue et littérature françaises de Tokyo en 2020).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2020, elle codirige le colloque international </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec Marie-Claude Cherqui et Laurent Véray (Parution aux éditions de Grenelle en 2022).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2022, elle codirige le colloque international final du *projet ANR Ciné08-19 L'histoire du cinéma en France de 1908 à 1919 *au Centre national du cinéma et de l'image animée (CNC), avec Béatrice de Pastre (Parution en 2023 aux éditions du Sonneur).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En janvier 2025, elle codirige la journée d'étude *Ecopoétique de la vie périurbaine au cinéma *à la Fondation Maison des Sciences de l'Homme (FMSH), avec Diane Arnaud.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En mars-avril 2025, elle codirige le colloque international </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distorsions de la perception : arts, technologie, épistémologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> à l'université Gustave Eiffel, avec Edwige Armand, Diane Arnaud, Maxime Boidy et Kevin Dahan.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En novembre 2025, elle codirigera la journée d'études </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le périurbain sous l'œil et la plume des poètes français des XXe-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> à l'université Gustave Eiffel, avec Olga Kulagina.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En juin 2026, elle codirigera le colloque final du projet URBANATURE 2. Entre ville et campagne à l'université Gustave Eiffel, à la Ferme du Buisson et à l'Ecole nationale des Ponts et Chaussées (ENPC), avec Gisèle Séginger.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directions de collections - éditions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Par ailleurs, Carole Aurouet a créé et dirige la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">collection « Le cinéma des poètes »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditée par les Nouvelles éditions Place de 2015 à 2022 puis par Quidam éditeur à partir de 2023. Sont parus dans cet ordre  :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Aragon et le cinéma parLuc Vigier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Breton et le cinéma par Georges Sebbag</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Brunius et le cinéma par Alain Keit</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Desnos et le cinéma par Carole Aurouet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fondane et le cinéma par Nadja Cohen</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Michaux et le cinéma par Anne-Élisabeth Halpern</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Queneau et le cinéma par Marie-Claude Cherqui</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prévert et le cinéma par Carole Aurouet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Cendrars et le cinéma par Jean-Carlo Flückiger</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Delons et le cinéma par Karine Abadie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Jacob et le cinéma par Alexander Dickow</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Vedrès et le cinéma par Laurent Véray</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Canudo et le cinéma par Fabio Andreazza</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Duras et le cinéma par Maïté Snauwaert</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Duchamp et le cinéma par Sébastien Rongier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Lorca et le cinéma par Angel Quintana</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les Poètes spatialistes et le cinéma par Marianne Simon-Oikawa</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Artaud et le cinéma par Lorraine Dumenil</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ponge et le cinéma par Philippe Met</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Roussel et le cinéma par Erik Bullot</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Buñuel et le cinéma par Jordi Xifra</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Topor et le cinéma par Daniel Laforest</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Picabia et le cinéma par Carole Boulbès</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Léger et le cinéma par François Albera</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Dotremont et le cinéma par Stéphane Massonet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Perec et le cinéma par Christelle Reggiani</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Dylan et le cinéma par Angel Quintana</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Colette et le cinéma par Paola Palma</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ezra Pound et le cinéma par Sébastien Denis</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Audiberti et le cinéma par Bernard Fournier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Borges et le cinéma par Vincent Jacques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mandiargues et le cinéma par Alexandre Castant</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mekas et le cinéma par Cécile Tourneur</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pessoa et le cinéma par Erik Bullot</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Outre la collection « Le cinéma des poètes », elle a coordonné Bernard Chardère. 60 ans de cinéma (avec Nelly Kaplan, Thierry Frémaux, Bertrand Tavernier, etc., 2012) et elle a dirigé avec l’Association des Cinémas de Recherche d’Île-de-France (Acrif) la publication La Nouvelle Comédie du cinéma français (2017) aux Nouvelles éditions Place.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis l'été 2018, elle est également directrice de la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">collection &amp;quot;Les films sélectionnés&amp;quot;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> aux éditions Gremese :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Douleur d’Emmanuel Finkiel par Maïté Snauwaert</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les Nuits de Cabiria de Federico Fellini par Dominique Delouche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Grande Vadrouille de Gérard Oury par Jean-Max Méjean</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mademoiselle de Tony Richarson par Carole Wrona</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Ruée vers l'or de Charlie Chaplin par Karine Abadie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Au-revoir les enfants de Louis Malle par Aurore Renaut</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné  par Carole Aurouet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">The Party de Blake Edwards par Sébastien Rongier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Boudu sauvé des eaux de Jean Renoir par Patrick Saffar</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">French Cancan de Jean Renoir par Philippe de Vita</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Bataille d'Alger de Gillo Pontecorvo par Sébastien Denis</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Traversée de Paris de Claude Autant-Lara par Jean-Max Méjean</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">L'Effrontée de Claude Miller par Olivier Curchod</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En lien avec le cinéma Le Champo, elle a dirigé à Paris le ciné-club trimestriel &amp;quot;Le cinéma des poètes&amp;quot;. En lien avec Ciné-TNB, elle a dirigé avec Anaïs Pitkevicht à Rennes le ciné-club trimestriel &amp;quot;Le cinéma des poètes&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fin 2024, une nouvelle collection dirigée par Carole Aurouet voit le jour aux éditions Invenit : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">&amp;quot;Le cinéma invisible&amp;quot;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Cette collection offre à la lecture des scénarios non tournés d'auteurs variés du monde entier. Chaque opus propose dix inédits, précédés de notices éclairant le rapport de ces artistes avec le cinéma, le contexte de l'époque et de l'écriture. Ce travail d'archéologie éclaire ainsi des pans injustement oubliés de l'histoire du cinéma.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Par les joies du hasard alphabétique, le premier opus de la collection « Le cinéma invisible » nous conduit du poète surréaliste Robert Desnos (1900-1945) à l’écrivain et théoricien constructiviste russe Sergueï Trétiakov (1892-1937). Entre ces deux artistes, le lecteur sera transporté dans des contrées scénaristiques hétérogènes et jusqu’ici inexplorées : celles du peintre et poète belge, créateur des célèbres logogrammes, Christian Dotremont (1922-1979) ; celles de l’écrivaine Leslie Kaplan (1943), engagée dans le mouvement de Mai 68 et membre du conseil de la revue Trafic, fondée par Serge Daney ; celles du cinéaste Louis Malle (1932-1995) qui s’essaie à une adaptation de Ma Mère de Georges Bataille ; celles de la romancière et universitaire Christine Montalbetti (1965) ; celles de l’écrivain, metteur en scène et peintre franco-suisse Valère Novarina (1942) ; celles du photographe Bernard Plossu (1945), amoureux des reportages de voyages ; celles du réalisateur franco-chilien Raúl Ruiz (1941-2011) ; celles de l’écrivain et scénariste espagnol engagé Jorge Semprun (1923-2011). Tous ces artistes se retrouvent autour d’une même passion et d’un même désir : écrire pour le cinéma !</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avec des contributions de Ada Ackerman, Carole Aurouet, Erik Bullot, Isabelle Diu, Marie Martin, Stéphane Massonet, Philippe Met, Roger-Yves Roche, Fabrice Thumerel et Eric Trudel.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2025, Carole Aurouet créé la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">collection &amp;quot;La création à l'œuvre&amp;quot;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> aux LISAA éditeur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Par le biais de monographies, la collection « La création à l’œuvre » explore le processus créatif d’artistes de différentes époques afin d’éclairer la manière dont naît une œuvre, qu’elle soit littéraire, musicale, cinématographique, picturale, plastique, etc.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La création de nos illustres prédécesseurs est appréhendée grâce à des archives passées au crible de l’analyse génétique. Ces sources variées, lorsqu’il s’agit d’artistes contemporains, sont possiblement augmentées d’entretiens menés pour l’occasion, abordant de nouvelles problématiques comme l’utilisation du numérique ou le recours à l’IA. Des visuels viennent ponctuellement étayer cette plongée dans la fabrique de la création.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valorisation de la recherche - quelques conférences, entretiens et émissions radiophoniques et télévisuelles en ligne</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert - cet enfant du paradis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Paratonnerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - mai 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour en images sur le ciné-concert &amp;quot;Trois vilaines filles à l'oeuvre&amp;quot;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - CIPEN - avril 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">80 bougies pour Les Enfants du paradis ! Retour sur le chef-d'oeuvre de Carné et Prévert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - mars 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciné-Concert &amp;quot;Trois vilaines filles  à l'œuvre&amp;quot;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - avec Kevin Dahan - CIPEN - mars 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecopoétique de la vie périurbaine au cinéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - Fondation Maison des Sciences de l'Hommes - janvier 2025.- Fondation Maison des Sciences de l'Hommes - janvier 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Roi et l’Oiseau de Paul Grimault, un petit miracle de l’animation qui a failli ne jamais voir le jour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> – Culture Prime/France Culture – décembre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention dans le documentaire &amp;quot;Forains, l’art en fête&amp;quot;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> – réalisation par Nicolas Autheman et Marc Bellini – Arte – décembre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">*</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making off *des projets Eiffel de l'université Gustave Eiffel, dont &amp;quot;La parole à nos étudiants étrangers&amp;quot;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - décembre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien sur la genèse et la conception de la Soirée Ciné d'époque du Centenaire Gustave Eiffel de l'Université Gustave Eiffel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> – CIPEN – décembre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Teaser de la Soirée Ciné d'époque du Centenaire Gustave Eiffel de l'Université Gustave Eiffel - </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://clap.univ-eiffel.fr/permalink/v12666c6ddb7c854949f/iframe/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La controverse cinématographique - Pourlecinema.com - </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://clap.univ-eiffel.fr/permalink/v126653efba0bo4nnkq9/iframe/#start=2523</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rembob'INA - Les Grands soirs du petit écran  - LCP/Assemblée nationale </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://clap.univ-eiffel.fr/videos/rembobina-lcpassemblee-nationale-26-mars-2023/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel - </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poésie au cinéma : focus sur les derniers travaux de Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Bibliothèque des littératures policières ( BiLiPo) - </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">conférence de Carole Aurouet et de Laurent Véray sur Musidora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pourlecinéma.com - </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet sur Musidora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CNC - </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, au-delà du mythe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">MicroCiné - Revue de cinéma et de télévision - </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pourlecinema.com - </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CIPN - Université Gustave Eiffel - </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles d'enseignant.e.s confiné.e.s </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">- 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Sans oser le demander - </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ?</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France 5 - Le doc Stupéfiant - </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">50 nuances de flics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Canal + - Ciné+ - Viva Cinéma - </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carné/Prévert, le cinéma comme poésie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2021.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - La Compagnie des Œuvres - </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert engagé - et ami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2021.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel - </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien autour de Man Ray et Musidora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2021.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - La Compagnie des Poètes - </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert le mal-aimé ?</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2020</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - La Compagnie des Œuvres - </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Photographie et le cinéma de Man Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2020.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Inter - Affaires sensibles - </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Île des enfants perdus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2020.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel - La Centrif' - </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du projet ANR Ciné08-19</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel - La Centrif' - </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence sur la mise en abîme du cinéma dans le cinéma de 1908 à 1919</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Inter - Affaires sensibles - </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Les Chemins de la Philosophie - </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2018.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Inter - Le Vif de l'histoire - </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert et le groupe Octobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2017.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Plan Large -</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"> Prévert, un poète visuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2018.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Poésie et ainsi de suite - </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poésie et grand écran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2016.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Projection privée - </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tout de suite maintenant...</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2016.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Cinémathèque française - Conférence sur </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2012.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma invisible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions invenit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.208, 2024, 9782376801290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revoir le cinéma muet en France. 1908-1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice de Pastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Le Sonneur, A paraître, 978-2354282011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Cherqui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora qui êtes-vous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Cherqui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">éditions de Grenelle, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, détonations poétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. A paraître, Les Colloques de Cerisy, 978-2-406-08376-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02031502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Albert-Birot (1876-1967): Un pyrogène des avant-gardes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01996998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il cinema di Guillame Apollinaire. Manoscritti inediti del primo poeta del cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gremese, 2018, 978-8866920434</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01996978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desnos y el cine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma de Guillaume Apollinaire. Des manuscrits inédits pour un nouvel éclairage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Grenelle, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01859408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Etoile de mer, poème de Robert Desnos tel que l'a vu Man Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gremese, 2018, 978-2-36677-178-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europe, n° 1056, «Pierre Albert-Birot - Claude Cahun»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lugan Mikaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prudon-Moral Montserrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782351500866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma. Trois scénarios inédits de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Folio Gallimard. , 2017, 9782070463381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert. Une vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nouvelles éditions Jean-Michel Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782858939756</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert et le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nouvelles éditions Jean-Michel Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782376280002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert & Paris. Promenades buissonnières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Parigramme. , 2017, 9782840969938</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desnos et le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nouvelles éditions Jean-Michel Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782858939695</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma dessiné de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Textuel. , 2016, 978-2-84597-453-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Amitié selon Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Textuel. , 2016, 978-2845974548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessins hypnotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Desnos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Michel Place, pp.80, 2015, Collection Dessins d'écrivains, 978-2-85893-966-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma des poètes : De la critique au ciné-texte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ed. Le Bord de l’eau, pp.289, 2014, Ciné-politique, 978-2-35687-345-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01510877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emile Savitry. Un récit photographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard. , 2013, 9782070141425</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis. Le scénario original de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coédition Gallimard/Arte éditions. , 2012, 9782070138579</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poésie vivante – Hommage offert à Arlette Albert-Birot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 2012, collection « Poétiques et esthétiques XXe-XXIe siècle », Catherine Mayaux, 9782745323620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02025937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Chardère : 60 ans de cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amengual Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amsellem Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Billard Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borde Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-2-85893-947-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit Jacques deviendra Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rue du monde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 978-2355041655</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert qui êtes aux cieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, Paris la Belle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flammarion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 978-2081217621</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, l’humour de l’art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Naïve, 2007, 978-2350210230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, portrait d'une vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ramsay. 2007, 978-2841148578</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Scénarios détournés de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dreamland. 2007, 978-2910027995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La “revue-programme” du Studio 28 : une archive de salle et un manifeste pyrogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demandez le programme ! - Une histoire du cinéma (1894-1930) vue par les programmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Créaphis, 360 p., A paraître, 978-2354282011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hors de l’écran : la poésie dans le huis clos des salles de cinéma entre 1908 et 1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revoir le cinéma muet en France. 1908-1919</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Le Sonneur, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma dans les revues littéraires et artistiques entre 1908 et 1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la littérature et le cinéma à travers la culture visuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Peter Lang, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlie Chaplin sous la plume du surréaliste Robert Desnos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Moure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lebossé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernités de Charlie Chaplin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écrits sur et pour le cinéma de la Bibliothèque littéraire Jacques Doucet : manuscrits et imprimés de 1908 à 1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Diu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A la recherche de l'histoire du cinéma en France (1908-1919). Lieux, sources, objets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dessin chez Jacques Prévert : analyses génétique et cinématographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémologie du dessin. Concepts, lectures et interprétations (XIX-XXIe siècles), sous la direction de Agnès Callu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en abyme du cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ils y viennent tous.. au cinéma !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour le poète et la poésie dans le cinéma muet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinéma opérateur poétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les films invisibles ou le cinéma rêvé des poètes et des artistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ils y viennent tous.. au cinéma !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Coquille et le Clergyman; Antonin Artaud vs Germaine Dulac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Invention du surréalisme. Des Champs magnétiques à Nadja</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jacques Prévert et l’antimilitarisme », dans L’Antimilitarisme, du XIXe siècle à nos jours, direction Eric Fournier et Arnaud-Dominique Houte, Presses Universitaires de la Sorbonne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Antimilitarisme, du XIXe siècle à nos jours, direction Eric Fournier et Arnaud-Dominique Houte, Presses Universitaires de la Sorbonne.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthologie du cinéma invisible : genèse - conception - réception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Impressions nouvelles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Films à lire. Des scénarios et des livres, sous la direction de Mireille Brangé et Jean-Louis Jeannelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Réflexions faites, , 2019, 978-2-87449-669-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French cinema of the 1920s and art deco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Callu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bréon Emmanuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wood Ghislaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benton Tim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fundacion Juan March. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Taste: Art Deco in Paris 1910-1935</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouvrage : &amp;quot;1947. Almanach littéraire&amp;quot; dirigé par David Martens, Bart Van den Bossche & MDRN - Editions Les Impression nouvelles Chapitre d'ouvrage : &amp;quot;Prévert et l'enfance&amp;quot; par Carole Aurouet et Anne Reverseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Reverseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1947. Almanach littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01617017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apollinaire et le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Des Cars, Laurence; Campa, Laurence; Grau, Donatien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apollinaire, le regard du poète</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallimard; Musées d’Orsay et de l’Orangerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.61-66, 2016, 9782070179152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma de Robert Desnos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue du Festival de Compiègne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris la Belle (1959)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue du Festival de Compiègne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis. Carné, Kosma, Prévert, Trauner, amitié créatrice et solidarité agissante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mannoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Ory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toubiana Serge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lerouge Stéphane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Barral. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue d'exposition -Les Enfants du paradis - La Cinémathèque française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la planche enluminée au découpage technique : l’écriture du scénario des Enfants du paradis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">de Fleury Marianne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toubiana Serge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mannoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Ory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Barral. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue d'exppsition - Les Enfants du paradis - La Cinémathèque française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rouleaux d'écriture d'Annie Cohen, une pratique poétique de résistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion; Carole Aurouet; Marianne Simon-Oikawa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésie vivante – Hommage offert à Arlette Albert-Birot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012, 9782745323620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la friche à la connaissance, l’histoire en images des cités universitaires de Madrid et de Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de la Casa Velàsquez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, L'épigraphie au XXIe siècle (55-2/2025), pp.321-331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">80 bougies pour « Les Enfants du paradis » ! Retour sur le chef-d’œuvre de Carné et Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une biographie poétique : la vie de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de l'Association internationale des études françaises (CAIEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tour Eiffel, muse du cinéma muet français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://theconversation.com/la-tour-eiffel-muse-du-cinema-muet-francais-218186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“How the Eiffel Tower became silent cinema’s icon”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma sous l’œil et la plume du poète surréaliste Robert Desnos - Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tangence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1081687ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03334588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eclairage d'un ciné-texte inédit de Robert Desnos : Paul, trente ans, attend sa maîtresse (1925)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de langue et littérature françaises de l'université de Tokyo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction (Le Cinéma des Poètes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de langue et littérature françaises de l'université de Tokyo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03491905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quant les poètes rêvent le cinéma sur le papier : les ciné-textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un infatigable expérimentateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Pierre Albert-Birot / Claude Cahun, 1056, pp.3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03491908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert et les images fixes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Albert-Birot et le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans le brouillard du port du Havre : Le Quai des brumes de Marcel Carné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouer un dialogue entre la critique génétique et l'histoire culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association pour le Développement de l'Histoire Culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma de Robert Desnos et Benjamin Péret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Benjamin Péret</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert à la colle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beaux Arts Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert, l'ami des photographes et des peintres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beaux Arts Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’École buissonnière ouvre la porte aux frissons esthétiques de l’enfant Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Frisson esthétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, auteur de films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Gazette des scénaristes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du visuel au verbal : la méthode d'écriture scénaristique de Jacques Prévert. L'exemple des Visiteurs du soir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 28 (1), pp.127 - 146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du visuel au verbal : la méthode d’écriture scénaristique de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis - The Journal of Genetics and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert et Carné – La Fleur de l’âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Positif </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De L'Île des enfants perdus à la Fleur de l'âge : le projet chaotique et mythique de Marcel Carné et Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1895.330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01437055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Scénarios détournés de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Sorbonne nouvelle, 2001. Français. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03974143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journée d'études &amp;quot;Ecopoétique de la vie périurbaine&amp;quot; en ligne : https://www.canal-u.tv/chaines/fmsh/ecopoetique-de-la-vie-periurbaine-au-cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écopoétique de la vie périurbaine au cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ? - Conférence de Carole Aurouet et Laurent Véray à la Bilipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/watch?v=jd5KUy-wTyE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Paris 05, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour en images sur le ciné-concert &amp;quot;Trois vilaines filles à l'œuvre&amp;quot; organisée par Carole Aurouet à l'université Gustave Eiffel https://www.youtube.com/watch?v=Nb2_U0rKBMk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien de Carole Aurouet : &amp;quot;Jacques Prévert - cet enfant du paradis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet et Kevin Dahan sur la genèse et la conception du ciné-concert &amp;quot;Trois vilaines filles à l'œuvre&amp;quot; à l'université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet sur la genèse et la conception de la Soirée Ciné d'époque de l'université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet sur la genèse et la conception de la Soirée Ciné d'époque du Centenaire Gustave Eiffel de l'Université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaser de la Soirée Ciné d'époque du Centenaire Gustave Eiffel de l'Université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making off sur les projets du Centenaire Eiffel de l'université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet dans le documentaire &amp;quot;Forains, l'art en fête&amp;quot; de Nicolas Autheman et Marc Bellini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien de Carole Aurouet de l'université Gustave Eiffel - ses travaux de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rembob'INA - Les Grands soirs du petit écran - LCP/Assemblée nationale &amp;quot;Le Petit Claus et le Grand Claus, Andersen à la sauce Prévert&amp;quot; avec Patrick Cohen - 2023.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://www.youtube.com/watch?v=yyTwFf6wIbs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet sur Musidora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Roi et l’Oiseau de Paul Grimault, un petit miracle de l’animation qui a failli ne jamais voir le jour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien sur l'édition de cinéma pour l'émission &amp;quot;La controverse cinématographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://clap.univ-eiffel.fr/permalink/v126653efba0bo4nnkq9/iframe/#start=2523</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tour Eiffel, muse du cinéma muet français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Podcast - Silence ! Elles tournent – Musidora, qui êtes-vous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://revusetcorriges.com/2023/03/28/silence-elles-tournent-musidora-qui-etes-vous/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04049792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, au-delà du mythe https://www.cnc.fr/cinema/actualites/musidora-audela-du-mythe_1829191</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03848667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CIPN - Université Gustave Eiffel - Paroles d'enseignant.e.s confiné.e.s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MicroCiné - Revue de cinéma et de télévision - Les Enfants du paradis de Marcel Carné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Culture - Sans oser le demander - Musidora, qui êes-vous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet. Pourlecinema.com - Les Enfants du paradis de Marcel Carné. 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/watch?v=03B01BpR2Jk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Gustave Eiffel - Entretien avec Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canal + Ciné +. Emission Viva Cinéma. Carné/Prévert, le cinéma comme poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séance du séminaire du projet ANR Ciné08-19 à l’Université Paris-Est Marne-la-Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du projet ANR Ciné08-19 par Carole Aurouet de l’Université Paris-Est Marne-la-Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert fait son cinéma - Rétrospective au Champo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01999054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blog &amp;quot;Pierre Albert-Birot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, l’amitié, le cinéma, la poésie. Entretien avec Carole Aurouet&amp;quot; http://remue.net/spip.php?article9013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma des poètes à la Maison de la poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blog &amp;quot;Arlette Albert-Birot lit les poètes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence sur Les Enfants du paradis à la Cinémathèque française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId201"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Carole AUROUET </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure des universités en études cinématographiques et audiovisuelles à l'université Gustave Eiffel</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">carole-aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4279-6786</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">055772153</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">14489811</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000081413528</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carole Aurouet est docteure en Littérature et civilisation françaises et latines de l’université Sorbonne Nouvelle (CNU 9e section) et </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">professeure des universités en Etudes cinématographiques et audiovisuelles à l'université Gustave Eiffel. </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (CNU 18e section).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle est membre du </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire LISAA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Littératures, SAvoirs et Arts) et de l'équipe </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CCAMAN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Confluences, Cinématographiques, Audiovisuelles, Musicales et Arts numériques) et elle inscrit ses doctorants à l</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">'Ecole doctorale Culture et Société</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle fait partie du </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">consortium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet ANR Ciné08-19</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (histoire du cinéma en France de 1908 à 1919) porté par Laurent Véray.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle est coordinatrice adjointe du </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">projet Urbanature 2. Entre ville et campagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> porté par Gisèle Séginger.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spécialiste de l’œuvre protéiforme de Jacques Prévert (théâtre, poésie, cinéma, collages), ses recherches sont aussi centrées sur les relations qu’entretiennent la littérature et le cinéma, et plus spécifiquement la poésie et le cinéma. D’autres poètes sont ainsi au centre de ses travaux : Guillaume Apollinaire, Pierre Albert-Birot, Antonin Artaud, Robert Desnos, Benjamin Péret, etc.Dans ce cadre, elle convoque la génétique scénaristique, pour mettre en exergue les sentiers de la création cinématographique, tant au niveau de l’attribution du travail des uns et des autres dans une entreprise collective qu’au niveau de la spatialisation de la pensée créatrice ou encore de la socialisation de l’écriture scénaristique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nouveaux séminaires de Master 2025 :</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature en système médiatique : le cinéma des poètes</w:t></w:r></w:hyperlink><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La critique génétique scénaristique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nouvelle formation doctorale 2025 :</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communiquer lors du processus de recrutement pour le secteur privé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carole Aurouet a à son actif une centaine d'articles et une centaine de conférences en France et à l’étranger et la direction ou co-direction d'une dizaine de publications, dont </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revoir le cinéma muet en France (1908-1919)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (éditions du Sonneur, 2023 ; avec Béatrice de Pastre et Laurent Véray), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Grenelle, 2022 ; avec Marie-Claude Cherqui et Laurent Véray), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre-Albert Birot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017 ; avec Marianne Simon-Oikawa) et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Contes et les Légendes à l’écran</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1434pt; height:545pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId21" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle est l’auteure d’une vingtaine de livres, dont </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gremese, 2022), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Cinéma de Guillaume Apollinaire. Des manuscrits inédits pour un nouvel éclairage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Grenelle, 2018), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Etoile de mer, poème de Robert Desnos tel que l'a vu Man Ray</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gremese, 2018), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévert & Paris. Promenades buissonnières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Parigramme, 2017), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jacques Prévert. Une vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Nouvelles éditions Place, 2017), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévert et le cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Nouvelles éditions Place, 2017), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Cinéma dessiné de Jacques Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Textuel, 2016), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desnos et le cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Nouvelles éditions Place, 2016), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Dessins hypnotiques de Robert Desnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Nouvelles éditions Place, 2015), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Cinéma des poètes. De la critique au ciné-texte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Le Bord de l'eau, 2014), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis : Le Scénario original de Jacques Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gallimard, 2013), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Émile Savitry. Un récit photographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Gallimard, 2013), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Amitié selon Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Textuel, 2012, rééd. 2016), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Petit Jacques deviendra Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Rue du monde, 2011), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévert, portrait d'une vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Ramsay, 2007), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prévert, l'humour de l'art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Naïve, 2007), </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Scénarios détournés de Jacques Prévert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Dreamland, 2003), etc.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:1397pt; height:784pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId22" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directions de colloques internationaux et de journées d'études</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2017, elle codirige deux colloques internationaux en France avec Marianne Simon-Oikawa : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Albert-Birot au confluent des avant-gardes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> à l’Institut Mémoires de l’Édition Contemporaine (IMEC, 4-5 mai ; Parution aux PUR en 2019) et* Jacques Prévert, détonations poétiques* à Cerisy-la-Salle (11-18 août ; Parution aux Classiques Garnier en 2019).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2018, elle codirige deux colloques internationaux au Japon : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voix, gestes et musique : la séance cinématographique en France et au Japon au temps du muet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec Mathieu Capel, Marianne Simon-Oikawa et Laurent Véray à la Maison franco-japonaise de Tokyo et </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Cinéma des poètes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec Marianne Simon-Oikawa à l'Université de Tokyo (Parution dans la Revue de langue et littérature françaises de Tokyo en 2020).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2020, elle codirige le colloque international </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> avec Marie-Claude Cherqui et Laurent Véray (Parution aux éditions de Grenelle en 2022).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2022, elle codirige le colloque international final du *projet ANR Ciné08-19 L'histoire du cinéma en France de 1908 à 1919 *au Centre national du cinéma et de l'image animée (CNC), avec Béatrice de Pastre (Parution en 2023 aux éditions du Sonneur).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En janvier 2025, elle codirige la journée d'étude *Ecopoétique de la vie périurbaine au cinéma *à la Fondation Maison des Sciences de l'Homme (FMSH), avec Diane Arnaud.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En mars-avril 2025, elle codirige le colloque international </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distorsions de la perception : arts, technologie, épistémologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> à l'université Gustave Eiffel, avec Edwige Armand, Diane Arnaud, Maxime Boidy et Kevin Dahan.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En novembre 2025, elle codirigera la journée d'études </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le périurbain sous l'œil et la plume des poètes français des XXe-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> à l'université Gustave Eiffel, avec Olga Kulagina.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En juin 2026, elle codirigera le colloque final du projet URBANATURE 2. Entre ville et campagne à l'université Gustave Eiffel, à la Ferme du Buisson et à l'Ecole nationale des Ponts et Chaussées (ENPC), avec Gisèle Séginger.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directions de collections - éditions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Par ailleurs, Carole Aurouet a créé et dirige la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">collection « Le cinéma des poètes »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditée par les Nouvelles éditions Place de 2015 à 2022 puis par Quidam éditeur à partir de 2023. Sont parus dans cet ordre  :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Aragon et le cinéma parLuc Vigier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Breton et le cinéma par Georges Sebbag</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Brunius et le cinéma par Alain Keit</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Desnos et le cinéma par Carole Aurouet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fondane et le cinéma par Nadja Cohen</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Michaux et le cinéma par Anne-Élisabeth Halpern</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Queneau et le cinéma par Marie-Claude Cherqui</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prévert et le cinéma par Carole Aurouet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Cendrars et le cinéma par Jean-Carlo Flückiger</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Delons et le cinéma par Karine Abadie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Jacob et le cinéma par Alexander Dickow</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Vedrès et le cinéma par Laurent Véray</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Canudo et le cinéma par Fabio Andreazza</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Duras et le cinéma par Maïté Snauwaert</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Duchamp et le cinéma par Sébastien Rongier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Lorca et le cinéma par Angel Quintana</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les Poètes spatialistes et le cinéma par Marianne Simon-Oikawa</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Artaud et le cinéma par Lorraine Dumenil</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ponge et le cinéma par Philippe Met</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Roussel et le cinéma par Erik Bullot</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Buñuel et le cinéma par Jordi Xifra</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Topor et le cinéma par Daniel Laforest</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Picabia et le cinéma par Carole Boulbès</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Léger et le cinéma par François Albera</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Dotremont et le cinéma par Stéphane Massonet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Perec et le cinéma par Christelle Reggiani</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Dylan et le cinéma par Angel Quintana</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Colette et le cinéma par Paola Palma</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Ezra Pound et le cinéma par Sébastien Denis</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Audiberti et le cinéma par Bernard Fournier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Borges et le cinéma par Vincent Jacques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mandiargues et le cinéma par Alexandre Castant</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mekas et le cinéma par Cécile Tourneur</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pessoa et le cinéma par Erik Bullot</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Outre la collection « Le cinéma des poètes », elle a coordonné Bernard Chardère. 60 ans de cinéma (avec Nelly Kaplan, Thierry Frémaux, Bertrand Tavernier, etc., 2012) et elle a dirigé avec l’Association des Cinémas de Recherche d’Île-de-France (Acrif) la publication La Nouvelle Comédie du cinéma français (2017) aux Nouvelles éditions Place.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis l'été 2018, elle est également directrice de la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">collection &amp;quot;Les films sélectionnés&amp;quot;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> aux éditions Gremese :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Douleur d’Emmanuel Finkiel par Maïté Snauwaert</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les Nuits de Cabiria de Federico Fellini par Dominique Delouche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Grande Vadrouille de Gérard Oury par Jean-Max Méjean</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mademoiselle de Tony Richarson par Carole Wrona</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Ruée vers l'or de Charlie Chaplin par Karine Abadie</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Au-revoir les enfants de Louis Malle par Aurore Renaut</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné  par Carole Aurouet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">The Party de Blake Edwards par Sébastien Rongier</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Boudu sauvé des eaux de Jean Renoir par Patrick Saffar</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">French Cancan de Jean Renoir par Philippe de Vita</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Bataille d'Alger de Gillo Pontecorvo par Sébastien Denis</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Traversée de Paris de Claude Autant-Lara par Jean-Max Méjean</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">L'Effrontée de Claude Miller par Olivier Curchod</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En lien avec le cinéma Le Champo, elle a dirigé à Paris le ciné-club trimestriel &amp;quot;Le cinéma des poètes&amp;quot;. En lien avec Ciné-TNB, elle a dirigé avec Anaïs Pitkevicht à Rennes le ciné-club trimestriel &amp;quot;Le cinéma des poètes&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fin 2024, une nouvelle collection dirigée par Carole Aurouet voit le jour aux éditions Invenit : </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">&amp;quot;Le cinéma invisible&amp;quot;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. Cette collection offre à la lecture des scénarios non tournés d'auteurs variés du monde entier. Chaque opus propose dix inédits, précédés de notices éclairant le rapport de ces artistes avec le cinéma, le contexte de l'époque et de l'écriture. Ce travail d'archéologie éclaire ainsi des pans injustement oubliés de l'histoire du cinéma.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Par les joies du hasard alphabétique, le premier opus de la collection « Le cinéma invisible » nous conduit du poète surréaliste Robert Desnos (1900-1945) à l’écrivain et théoricien constructiviste russe Sergueï Trétiakov (1892-1937). Entre ces deux artistes, le lecteur sera transporté dans des contrées scénaristiques hétérogènes et jusqu’ici inexplorées : celles du peintre et poète belge, créateur des célèbres logogrammes, Christian Dotremont (1922-1979) ; celles de l’écrivaine Leslie Kaplan (1943), engagée dans le mouvement de Mai 68 et membre du conseil de la revue Trafic, fondée par Serge Daney ; celles du cinéaste Louis Malle (1932-1995) qui s’essaie à une adaptation de Ma Mère de Georges Bataille ; celles de la romancière et universitaire Christine Montalbetti (1965) ; celles de l’écrivain, metteur en scène et peintre franco-suisse Valère Novarina (1942) ; celles du photographe Bernard Plossu (1945), amoureux des reportages de voyages ; celles du réalisateur franco-chilien Raúl Ruiz (1941-2011) ; celles de l’écrivain et scénariste espagnol engagé Jorge Semprun (1923-2011). Tous ces artistes se retrouvent autour d’une même passion et d’un même désir : écrire pour le cinéma !</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avec des contributions de Ada Ackerman, Carole Aurouet, Erik Bullot, Isabelle Diu, Marie Martin, Stéphane Massonet, Philippe Met, Roger-Yves Roche, Fabrice Thumerel et Eric Trudel.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En 2025, Carole Aurouet créé la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">collection &amp;quot;La création à l'œuvre&amp;quot;</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> aux LISAA éditeur.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Par le biais de monographies, la collection « La création à l’œuvre » explore le processus créatif d’artistes de différentes époques afin d’éclairer la manière dont naît une œuvre, qu’elle soit littéraire, musicale, cinématographique, picturale, plastique, etc.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La création de nos illustres prédécesseurs est appréhendée grâce à des archives passées au crible de l’analyse génétique. Ces sources variées, lorsqu’il s’agit d’artistes contemporains, sont possiblement augmentées d’entretiens menés pour l’occasion, abordant de nouvelles problématiques comme l’utilisation du numérique ou le recours à l’IA. Des visuels viennent ponctuellement étayer cette plongée dans la fabrique de la création.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valorisation de la recherche - quelques conférences, entretiens et émissions radiophoniques et télévisuelles en ligne</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert - cet enfant du paradis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Paratonnerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - mai 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour en images sur le ciné-concert &amp;quot;Trois vilaines filles à l'oeuvre&amp;quot;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - CIPEN - avril 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">80 bougies pour Les Enfants du paradis ! Retour sur le chef-d'oeuvre de Carné et Prévert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - mars 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ciné-Concert &amp;quot;Trois vilaines filles  à l'œuvre&amp;quot;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - avec Kevin Dahan - CIPEN - mars 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecopoétique de la vie périurbaine au cinéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - Fondation Maison des Sciences de l'Hommes - janvier 2025.- Fondation Maison des Sciences de l'Hommes - janvier 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Roi et l’Oiseau de Paul Grimault, un petit miracle de l’animation qui a failli ne jamais voir le jour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> – Culture Prime/France Culture – décembre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention dans le documentaire &amp;quot;Forains, l’art en fête&amp;quot;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> – réalisation par Nicolas Autheman et Marc Bellini – Arte – décembre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">*</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making off *des projets Eiffel de l'université Gustave Eiffel, dont &amp;quot;La parole à nos étudiants étrangers&amp;quot;</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - décembre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien sur la genèse et la conception de la Soirée Ciné d'époque du Centenaire Gustave Eiffel de l'Université Gustave Eiffel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> – CIPEN – décembre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Teaser de la Soirée Ciné d'époque du Centenaire Gustave Eiffel de l'Université Gustave Eiffel - </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://clap.univ-eiffel.fr/permalink/v12666c6ddb7c854949f/iframe/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La controverse cinématographique - Pourlecinema.com - </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://clap.univ-eiffel.fr/permalink/v126653efba0bo4nnkq9/iframe/#start=2523</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Rembob'INA - Les Grands soirs du petit écran  - LCP/Assemblée nationale </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://clap.univ-eiffel.fr/videos/rembobina-lcpassemblee-nationale-26-mars-2023/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel - </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poésie au cinéma : focus sur les derniers travaux de Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Bibliothèque des littératures policières ( BiLiPo) - </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">conférence de Carole Aurouet et de Laurent Véray sur Musidora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pourlecinéma.com - </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet sur Musidora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CNC - </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, au-delà du mythe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">MicroCiné - Revue de cinéma et de télévision - </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pourlecinema.com - </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CIPN - Université Gustave Eiffel - </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroles d'enseignant.e.s confiné.e.s </w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">- 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Sans oser le demander - </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ?</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France 5 - Le doc Stupéfiant - </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">50 nuances de flics</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Canal + - Ciné+ - Viva Cinéma - </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carné/Prévert, le cinéma comme poésie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2021.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - La Compagnie des Œuvres - </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert engagé - et ami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2021.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel - </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien autour de Man Ray et Musidora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2021.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - La Compagnie des Poètes - </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert le mal-aimé ?</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2020</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - La Compagnie des Œuvres - </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Photographie et le cinéma de Man Ray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2020.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Inter - Affaires sensibles - </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Île des enfants perdus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2020.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel - La Centrif' - </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du projet ANR Ciné08-19</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel - La Centrif' - </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence sur la mise en abîme du cinéma dans le cinéma de 1908 à 1919</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Inter - Affaires sensibles - </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2019.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Les Chemins de la Philosophie - </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2018.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Inter - Le Vif de l'histoire - </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert et le groupe Octobre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2017.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Plan Large -</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"> Prévert, un poète visuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2018.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Poésie et ainsi de suite - </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poésie et grand écran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2016.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">France Culture - Projection privée - </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tout de suite maintenant...</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2016.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La Cinémathèque française - Conférence sur </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - 2012.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma invisible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions invenit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.208, 2024, 9782376801290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revoir le cinéma muet en France. 1908-1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice de Pastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Le Sonneur, A paraître, 978-2354282011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Cherqui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis de Marcel Carné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora qui êtes-vous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Cherqui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">éditions de Grenelle, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (édition critique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, détonations poétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. A paraître, Les Colloques de Cerisy, 978-2-406-08376-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02031502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Albert-Birot (1876-1967): Un pyrogène des avant-gardes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Rennes. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01996998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il cinema di Guillame Apollinaire. Manoscritti inediti del primo poeta del cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gremese, 2018, 978-8866920434</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01996978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desnos y el cine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma de Guillaume Apollinaire. Des manuscrits inédits pour un nouvel éclairage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Grenelle, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01859408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Etoile de mer, poème de Robert Desnos tel que l'a vu Man Ray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gremese, 2018, 978-2-36677-178-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europe, n° 1056, «Pierre Albert-Birot - Claude Cahun»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lugan Mikaël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Lista</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prudon-Moral Montserrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782351500866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinéma. Trois scénarios inédits de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Folio Gallimard. , 2017, 9782070463381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert. Une vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nouvelles éditions Jean-Michel Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782858939756</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert et le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nouvelles éditions Jean-Michel Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782376280002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert & Paris. Promenades buissonnières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Parigramme. , 2017, 9782840969938</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desnos et le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Nouvelles éditions Jean-Michel Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782858939695</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma dessiné de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Textuel. , 2016, 978-2-84597-453-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Amitié selon Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Textuel. , 2016, 978-2845974548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dessins hypnotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Desnos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Michel Place, pp.80, 2015, Collection Dessins d'écrivains, 978-2-85893-966-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma des poètes : De la critique au ciné-texte.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ed. Le Bord de l’eau, pp.289, 2014, Ciné-politique, 978-2-35687-345-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01510877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emile Savitry. Un récit photographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gallimard. , 2013, 9782070141425</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis. Le scénario original de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coédition Gallimard/Arte éditions. , 2012, 9782070138579</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poésie vivante – Hommage offert à Arlette Albert-Birot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 2012, collection « Poétiques et esthétiques XXe-XXIe siècle », Catherine Mayaux, 9782745323620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02025937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Chardère : 60 ans de cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amengual Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amsellem Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Billard Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Borde Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-2-85893-947-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit Jacques deviendra Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rue du monde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 978-2355041655</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert qui êtes aux cieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, Paris la Belle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flammarion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 978-2081217621</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, l’humour de l’art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Naïve, 2007, 978-2350210230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, portrait d'une vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ramsay. 2007, 978-2841148578</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Scénarios détournés de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dreamland. 2007, 978-2910027995</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La “revue-programme” du Studio 28 : une archive de salle et un manifeste pyrogène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demandez le programme ! - Une histoire du cinéma (1894-1930) vue par les programmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Créaphis, 360 p., A paraître, 978-2354282011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hors de l’écran : la poésie dans le huis clos des salles de cinéma entre 1908 et 1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revoir le cinéma muet en France. 1908-1919</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Le Sonneur, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma dans les revues littéraires et artistiques entre 1908 et 1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la littérature et le cinéma à travers la culture visuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, éditions Peter Lang, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlie Chaplin sous la plume du surréaliste Robert Desnos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Moure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lebossé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernités de Charlie Chaplin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les écrits sur et pour le cinéma de la Bibliothèque littéraire Jacques Doucet : manuscrits et imprimés de 1908 à 1919</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Diu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A la recherche de l'histoire du cinéma en France (1908-1919). Lieux, sources, objets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dessin chez Jacques Prévert : analyses génétique et cinématographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémologie du dessin. Concepts, lectures et interprétations (XIX-XXIe siècles), sous la direction de Agnès Callu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en abyme du cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ils y viennent tous.. au cinéma !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour le poète et la poésie dans le cinéma muet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinéma opérateur poétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les films invisibles ou le cinéma rêvé des poètes et des artistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ils y viennent tous.. au cinéma !</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Coquille et le Clergyman; Antonin Artaud vs Germaine Dulac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Invention du surréalisme. Des Champs magnétiques à Nadja</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Jacques Prévert et l’antimilitarisme », dans L’Antimilitarisme, du XIXe siècle à nos jours, direction Eric Fournier et Arnaud-Dominique Houte, Presses Universitaires de la Sorbonne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Antimilitarisme, du XIXe siècle à nos jours, direction Eric Fournier et Arnaud-Dominique Houte, Presses Universitaires de la Sorbonne.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthologie du cinéma invisible : genèse - conception - réception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les Impressions nouvelles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Films à lire. Des scénarios et des livres, sous la direction de Mireille Brangé et Jean-Louis Jeannelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Réflexions faites, , 2019, 978-2-87449-669-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French cinema of the 1920s and art deco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Callu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bréon Emmanuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wood Ghislaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benton Tim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fundacion Juan March. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modern Taste: Art Deco in Paris 1910-1935</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouvrage : &amp;quot;1947. Almanach littéraire&amp;quot; dirigé par David Martens, Bart Van den Bossche & MDRN - Editions Les Impression nouvelles Chapitre d'ouvrage : &amp;quot;Prévert et l'enfance&amp;quot; par Carole Aurouet et Anne Reverseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Reverseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1947. Almanach littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01617017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apollinaire et le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Des Cars, Laurence; Campa, Laurence; Grau, Donatien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apollinaire, le regard du poète</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallimard; Musées d’Orsay et de l’Orangerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.61-66, 2016, 9782070179152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma de Robert Desnos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue du Festival de Compiègne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris la Belle (1959)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue du Festival de Compiègne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Enfants du paradis. Carné, Kosma, Prévert, Trauner, amitié créatrice et solidarité agissante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mannoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Ory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toubiana Serge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lerouge Stéphane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Barral. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue d'exposition -Les Enfants du paradis - La Cinémathèque française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la planche enluminée au découpage technique : l’écriture du scénario des Enfants du paradis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">de Fleury Marianne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toubiana Serge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mannoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Ory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Xavier Barral. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue d'exppsition - Les Enfants du paradis - La Cinémathèque française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les rouleaux d'écriture d'Annie Cohen, une pratique poétique de résistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion; Carole Aurouet; Marianne Simon-Oikawa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésie vivante – Hommage offert à Arlette Albert-Birot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2012, 9782745323620</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la friche à la connaissance, l’histoire en images des cités universitaires de Madrid et de Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de la Casa Velàsquez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, L'épigraphie au XXIe siècle (55-2/2025), pp.321-331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">80 bougies pour « Les Enfants du paradis » ! Retour sur le chef-d’œuvre de Carné et Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une biographie poétique : la vie de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de l'Association internationale des études françaises (CAIEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tour Eiffel, muse du cinéma muet français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, https://theconversation.com/la-tour-eiffel-muse-du-cinema-muet-francais-218186</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“How the Eiffel Tower became silent cinema’s icon”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma sous l’œil et la plume du poète surréaliste Robert Desnos - Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tangence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1081687ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03334588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eclairage d'un ciné-texte inédit de Robert Desnos : Paul, trente ans, attend sa maîtresse (1925)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de langue et littérature françaises de l'université de Tokyo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction (Le Cinéma des Poètes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de langue et littérature françaises de l'université de Tokyo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03491905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quant les poètes rêvent le cinéma sur le papier : les ciné-textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un infatigable expérimentateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Pierre Albert-Birot / Claude Cahun, 1056, pp.3-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03491908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert et les images fixes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans le brouillard du port du Havre : Le Quai des brumes de Marcel Carné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CinémAction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Albert-Birot et le cinéma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouer un dialogue entre la critique génétique et l'histoire culturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association pour le Développement de l'Histoire Culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01526668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cinéma de Robert Desnos et Benjamin Péret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Benjamin Péret</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert à la colle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beaux Arts Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert, l'ami des photographes et des peintres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beaux Arts Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’École buissonnière ouvre la porte aux frissons esthétiques de l’enfant Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Frisson esthétique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, auteur de films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Gazette des scénaristes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du visuel au verbal : la méthode d'écriture scénaristique de Jacques Prévert. L'exemple des Visiteurs du soir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis. Manuscrits - Recherche - Invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 28 (1), pp.127 - 146</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01825874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du visuel au verbal : la méthode d’écriture scénaristique de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genesis - The Journal of Genetics and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert et Carné – La Fleur de l’âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Positif </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De L'Île des enfants perdus à la Fleur de l'âge : le projet chaotique et mythique de Marcel Carné et Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1895 revue d’histoire du cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1895.330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01437055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Scénarios détournés de Jacques Prévert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Sorbonne nouvelle, 2001. Français. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03974143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journée d'études &amp;quot;Ecopoétique de la vie périurbaine&amp;quot; en ligne : https://www.canal-u.tv/chaines/fmsh/ecopoetique-de-la-vie-periurbaine-au-cinema</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écopoétique de la vie périurbaine au cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, qui êtes-vous ? - Conférence de Carole Aurouet et Laurent Véray à la Bilipo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/watch?v=jd5KUy-wTyE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Paris 05, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour en images sur le ciné-concert &amp;quot;Trois vilaines filles à l'œuvre&amp;quot; organisée par Carole Aurouet à l'université Gustave Eiffel https://www.youtube.com/watch?v=Nb2_U0rKBMk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien de Carole Aurouet : &amp;quot;Jacques Prévert - cet enfant du paradis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet et Kevin Dahan sur la genèse et la conception du ciné-concert &amp;quot;Trois vilaines filles à l'œuvre&amp;quot; à l'université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05090123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet sur la genèse et la conception de la Soirée Ciné d'époque de l'université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet sur la genèse et la conception de la Soirée Ciné d'époque du Centenaire Gustave Eiffel de l'Université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaser de la Soirée Ciné d'époque du Centenaire Gustave Eiffel de l'Université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04317951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making off sur les projets du Centenaire Eiffel de l'université Gustave Eiffel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet dans le documentaire &amp;quot;Forains, l'art en fête&amp;quot; de Nicolas Autheman et Marc Bellini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien de Carole Aurouet de l'université Gustave Eiffel - ses travaux de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rembob'INA - Les Grands soirs du petit écran - LCP/Assemblée nationale &amp;quot;Le Petit Claus et le Grand Claus, Andersen à la sauce Prévert&amp;quot; avec Patrick Cohen - 2023.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://www.youtube.com/watch?v=yyTwFf6wIbs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04048437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Carole Aurouet sur Musidora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Roi et l’Oiseau de Paul Grimault, un petit miracle de l’animation qui a failli ne jamais voir le jour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien sur l'édition de cinéma pour l'émission &amp;quot;La controverse cinématographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://clap.univ-eiffel.fr/permalink/v126653efba0bo4nnkq9/iframe/#start=2523</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tour Eiffel, muse du cinéma muet français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Podcast - Silence ! Elles tournent – Musidora, qui êtes-vous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://revusetcorriges.com/2023/03/28/silence-elles-tournent-musidora-qui-etes-vous/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04049792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musidora, au-delà du mythe https://www.cnc.fr/cinema/actualites/musidora-audela-du-mythe_1829191</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03848667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CIPN - Université Gustave Eiffel - Paroles d'enseignant.e.s confiné.e.s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MicroCiné - Revue de cinéma et de télévision - Les Enfants du paradis de Marcel Carné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France Culture - Sans oser le demander - Musidora, qui êes-vous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet. Pourlecinema.com - Les Enfants du paradis de Marcel Carné. 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/watch?v=03B01BpR2Jk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Gustave Eiffel - Entretien avec Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canal + Ciné +. Emission Viva Cinéma. Carné/Prévert, le cinéma comme poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séance du séminaire du projet ANR Ciné08-19 à l’Université Paris-Est Marne-la-Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Véray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du projet ANR Ciné08-19 par Carole Aurouet de l’Université Paris-Est Marne-la-Vallée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02306065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévert fait son cinéma - Rétrospective au Champo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01999054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Prévert, l’amitié, le cinéma, la poésie. Entretien avec Carole Aurouet&amp;quot; http://remue.net/spip.php?article9013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blog &amp;quot;Pierre Albert-Birot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cinéma des poètes à la Maison de la poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01538641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blog &amp;quot;Arlette Albert-Birot lit les poètes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Simon-Oikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence sur Les Enfants du paradis à la Cinémathèque française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Aurouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId201"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5250B3EA"/>
+    <w:nsid w:val="8F6BCB8C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="A97C86ED"/>
+    <w:nsid w:val="27E923D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="17792A83"/>
+    <w:nsid w:val="0D474073"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -551,51 +551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="664DCE3C"/>
+    <w:nsid w:val="E8B10E53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -791,51 +791,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carole-aurouet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4279-6786" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055772153" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/14489811" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000081413528" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pagespro.univ-gustave-eiffel.fr/carole-aurouet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lisaa.univ-gustave-eiffel.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lisaa.univ-gustave-eiffel.fr/presentation/equipe-ccaman-confluences-cinematographiques-audiovisuelles-musicales-et-arts-numeriques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paris-est-sup.fr/ecoles-doctorales/ecole-doctorale-cultures-et-societes-cs/accueil/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cine0819.hypotheses.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urbanature2.hypotheses.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lscn.hypotheses.org/5269?fbclid=IwY2xjawKlo75leHRuA2FlbQIxMAABHQshzm7UxOKbtdfa_DXUqX2vtSR_dv6Y8RbhF2hHJ1UuvqKNoNVuKQV4UQ_aem_Y3CFYwaDmumLSk25_YmisQ" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formations.univ-gustave-eiffel.fr/master/detail/cinema-et-audiovisuel-cav-233" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image3.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leparatonnerre.fr/2025/05/14/jacques-prevert-cet-enfant-du-paradis/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Nb2_U0rKBMk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/80-bougies-pour-les-enfants-du-paradis-retour-sur-le-chef-doeuvre-de-carne-et-prevert-241938" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=_mKRrFWv-cI&amp;t=5s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canal-u.tv/chaines/fmsh/ecopoetique-de-la-vie-periurbaine-au-cinema" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radiofrance.fr/franceculture/le-roi-et-l-oiseau-un-petit-miracle-de-l-animation-qui-a-failli-ne-jamais-voir-le-jour-9942151" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arte.tv/fr/videos/111773-000-A/forains-l-art-en-fete" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DoJWfumcgNM" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=1doomE3sCV8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clap.univ-eiffel.fr/permalink/v12666c6ddb7c854949f/iframe/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clap.univ-eiffel.fr/permalink/v126653efba0bo4nnkq9/iframe/#start=2523" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clap.univ-eiffel.fr/videos/rembobina-lcpassemblee-nationale-26-mars-2023/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-gustave-eiffel.fr/luniversite/pages-speciales/vue-detaillee/la-poesie-au-cinema-focus-sur-les-derniers-travaux-de-carole-aurouet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=jd5KUy-wTyE" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=1WE148T6y2g" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/cinema/actualites/musidora-audela-du-mythe_1829191" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Ax-lSoVj1gw" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=03B01BpR2Jk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=LmeByKKce3E" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/sans-oser-le-demander/musidora-la-premiere-des-vamps" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.france.tv/france-5/le-doc-stupefiant/3097813-50-nuances-de-flics.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dailymotion.com/video/x84hf37?playlist=x70rir" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/la-compagnie-des-oeuvres/jacques-prevert-ou-lamour-de-la-vie-34-prevert-engage-et-ami" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-gustave-eiffel.fr/actualites/actualite/2a997be4caafe742721bc03c6300b2c3/?tx_news_pi1%5Bnews%5D=1467&amp;tx_news_pi1%5Bcontroller%5D=News&amp;tx_news_pi1%5Baction%5D=detail&amp;tx_news_pi1%5Bday%5D=8&amp;tx_news_pi1%5Bmonth%5D=02&amp;tx_news_pi1%5Byear%5D=2021" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/la-compagnie-des-poetes/prevert-le-mal-aime" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/la-compagnie-des-oeuvres/les-annees-folles-la-vie-reinventee-48-la-photographie-et-le-cinema-de-man-ray-0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceinter.fr/emissions/affaires-sensibles/affaires-sensibles-07-fevrier-2020" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=xj_kF4ciK88" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=PRZvlWOHNxc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceinter.fr/emissions/affaires-sensibles/affaires-sensibles-29-janvier-2019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/les-chemins-de-la-philosophie/marcel-carne-et-jacques-prevert-14-les-enfants-du-paradis-cest-tellement-simple-lamour" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceinter.fr/emissions/la-marche-de-l-histoire/la-marche-de-l-histoire-04-aout-2017" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/plan-large/prevert-un-poete-visuel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/poesie-et-ainsi-de-suite/poesie-et-grand-ecran" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/projection-privee/tout-de-suite-maintenant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canal-u.tv/video/cinematheque_francaise/les_enfants_du_paradis_de_marcel_carne_conference_de_laurent_mannoni_stephanie_salmon_et_carole_aurouet.11316" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090127v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aurouet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invenit.fr/produit/le-cinema-invisible/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160065v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent V&#233;ray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice de Pastre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718660v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Cherqui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974405v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668661v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02031502v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Simon-Oikawa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996998v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996978v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942015v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859408v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857342v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526587v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lugan Mika&#235;l" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lista" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudon-Moral Montserrat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526484v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526474v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeanmichelplace.com/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526452v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526563v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526471v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526480v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526564v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01511444v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Desnos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01510877v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526510v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526549v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025937v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526575v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amengual Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amsellem G&#233;rard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billard Pierre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borde Raymond" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeanmichelplace.com/fr/livres/detail.cfm?ProduitID=1363" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526568v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ruedumonde.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510474v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526572v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.flammarion.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526569v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526556v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526560v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160109v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160079v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974129v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718665v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Moure" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leboss&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Diu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134258v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415185v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415246v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415190v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415268v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510478v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075295v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Callu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#233;on Emmanuel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wood Ghislaine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benton Tim" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617017v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reverseau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527019v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gallimard.fr/Catalogue/GALLIMARD/Livres-d-Art/Apollinaire2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534463v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534462v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527025v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mannoni" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ory" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toubiana Serge" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lerouge St&#233;phane" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527026v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=de Fleury Marianne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526578v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412067v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090126v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160089v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317940v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410547v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334588v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1081687ar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134220v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491905v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134269v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491908v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526666v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526664v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526663v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526668v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042882v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534466v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534464v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534473v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534468v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825874v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527015v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527016v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437055v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1895.330" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03974143v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090118v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972121v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090125v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090124v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090123v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410574v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410622v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317951v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410563v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410612v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410589v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048437v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972112v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410601v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160145v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410635v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049792v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848667v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718667v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844626v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718666v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833899v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135999v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415274v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306067v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306065v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999054v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534478v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561366v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538641v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534476v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527152v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carole-aurouet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4279-6786" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/055772153" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/14489811" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000081413528" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pagespro.univ-gustave-eiffel.fr/carole-aurouet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lisaa.univ-gustave-eiffel.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lisaa.univ-gustave-eiffel.fr/presentation/equipe-ccaman-confluences-cinematographiques-audiovisuelles-musicales-et-arts-numeriques" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paris-est-sup.fr/ecoles-doctorales/ecole-doctorale-cultures-et-societes-cs/accueil/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cine0819.hypotheses.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urbanature2.hypotheses.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lscn.hypotheses.org/5269?fbclid=IwY2xjawKlo75leHRuA2FlbQIxMAABHQshzm7UxOKbtdfa_DXUqX2vtSR_dv6Y8RbhF2hHJ1UuvqKNoNVuKQV4UQ_aem_Y3CFYwaDmumLSk25_YmisQ" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formations.univ-gustave-eiffel.fr/master/detail/cinema-et-audiovisuel-cav-233" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image3.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://leparatonnerre.fr/2025/05/14/jacques-prevert-cet-enfant-du-paradis/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Nb2_U0rKBMk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/80-bougies-pour-les-enfants-du-paradis-retour-sur-le-chef-doeuvre-de-carne-et-prevert-241938" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=_mKRrFWv-cI&amp;t=5s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canal-u.tv/chaines/fmsh/ecopoetique-de-la-vie-periurbaine-au-cinema" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radiofrance.fr/franceculture/le-roi-et-l-oiseau-un-petit-miracle-de-l-animation-qui-a-failli-ne-jamais-voir-le-jour-9942151" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arte.tv/fr/videos/111773-000-A/forains-l-art-en-fete" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=DoJWfumcgNM" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=1doomE3sCV8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clap.univ-eiffel.fr/permalink/v12666c6ddb7c854949f/iframe/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clap.univ-eiffel.fr/permalink/v126653efba0bo4nnkq9/iframe/#start=2523" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clap.univ-eiffel.fr/videos/rembobina-lcpassemblee-nationale-26-mars-2023/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-gustave-eiffel.fr/luniversite/pages-speciales/vue-detaillee/la-poesie-au-cinema-focus-sur-les-derniers-travaux-de-carole-aurouet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=jd5KUy-wTyE" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=1WE148T6y2g" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/cinema/actualites/musidora-audela-du-mythe_1829191" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=Ax-lSoVj1gw" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=03B01BpR2Jk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=LmeByKKce3E" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/sans-oser-le-demander/musidora-la-premiere-des-vamps" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.france.tv/france-5/le-doc-stupefiant/3097813-50-nuances-de-flics.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dailymotion.com/video/x84hf37?playlist=x70rir" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/la-compagnie-des-oeuvres/jacques-prevert-ou-lamour-de-la-vie-34-prevert-engage-et-ami" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-gustave-eiffel.fr/actualites/actualite/2a997be4caafe742721bc03c6300b2c3/?tx_news_pi1%5Bnews%5D=1467&amp;tx_news_pi1%5Bcontroller%5D=News&amp;tx_news_pi1%5Baction%5D=detail&amp;tx_news_pi1%5Bday%5D=8&amp;tx_news_pi1%5Bmonth%5D=02&amp;tx_news_pi1%5Byear%5D=2021" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/la-compagnie-des-poetes/prevert-le-mal-aime" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/la-compagnie-des-oeuvres/les-annees-folles-la-vie-reinventee-48-la-photographie-et-le-cinema-de-man-ray-0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceinter.fr/emissions/affaires-sensibles/affaires-sensibles-07-fevrier-2020" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=xj_kF4ciK88" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=PRZvlWOHNxc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceinter.fr/emissions/affaires-sensibles/affaires-sensibles-29-janvier-2019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/les-chemins-de-la-philosophie/marcel-carne-et-jacques-prevert-14-les-enfants-du-paradis-cest-tellement-simple-lamour" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceinter.fr/emissions/la-marche-de-l-histoire/la-marche-de-l-histoire-04-aout-2017" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/plan-large/prevert-un-poete-visuel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/poesie-et-ainsi-de-suite/poesie-et-grand-ecran" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.franceculture.fr/emissions/projection-privee/tout-de-suite-maintenant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.canal-u.tv/video/cinematheque_francaise/les_enfants_du_paradis_de_marcel_carne_conference_de_laurent_mannoni_stephanie_salmon_et_carole_aurouet.11316" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090127v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aurouet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.invenit.fr/produit/le-cinema-invisible/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160065v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent V&#233;ray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice de Pastre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718660v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Cherqui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668661v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974405v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02031502v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Simon-Oikawa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996998v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996978v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942015v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859408v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857342v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526587v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lugan Mika&#235;l" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lista" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudon-Moral Montserrat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526484v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526474v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeanmichelplace.com/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526452v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526563v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526471v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526480v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526564v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01511444v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Desnos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01510877v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526510v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526549v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025937v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526575v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amengual Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amsellem G&#233;rard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billard Pierre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borde Raymond" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jeanmichelplace.com/fr/livres/detail.cfm?ProduitID=1363" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526568v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ruedumonde.fr/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510474v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526572v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://editions.flammarion.com/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526569v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526556v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526560v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160109v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160079v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974129v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718665v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Moure" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Leboss&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Diu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134258v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415185v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415246v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415190v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415268v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510478v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075295v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527022v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Callu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#233;on Emmanuel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wood Ghislaine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benton Tim" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617017v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Reverseau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527019v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gallimard.fr/Catalogue/GALLIMARD/Livres-d-Art/Apollinaire2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534463v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534462v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527025v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mannoni" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ory" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toubiana Serge" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lerouge St&#233;phane" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527026v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=de Fleury Marianne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526578v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412067v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090126v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160089v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317940v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410547v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334588v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1081687ar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134220v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491905v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134269v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491908v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526666v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526663v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526664v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526668v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042882v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534466v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534464v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534473v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534468v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825874v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527015v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527016v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437055v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1895.330" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03974143v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090118v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972121v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090125v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090124v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090123v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410574v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410622v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317951v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410563v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410612v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410589v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048437v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972112v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410601v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160145v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410635v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049792v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848667v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718667v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844626v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718666v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833899v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135999v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415274v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306067v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306065v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999054v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561366v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534478v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538641v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534476v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527152v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>