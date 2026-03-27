--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -526,4560 +526,4560 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03798725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'échange et la protection de données avec les États tiers : un nouveau volet prioritaire de l'action extérieure de l'Union ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 03, pp.689</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02969697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reprise des relations conventionnelles avec la Biélorussie : deux nouveaux accords couplés en matière de réadmission et de visas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 03, pp.700</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02969700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Constantes adaptations dans le développement de l'action extérieure en matière migratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 03, pp.692</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02969698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L'échange et la protection de données avec les États tiers : un nouveau volet prioritaire de l'action extérieure de l'Union ?</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'UE - Développement de la coopération opérationnelle avec les États voisins en matière d'ELSJ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 03, pp.689</w:t>
+              <w:t xml:space="preserve">, 2019, 03, pp.736</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Reprise des relations conventionnelles avec la Biélorussie : deux nouveaux accords couplés en matière de réadmission et de visas</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02452220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Nouveaux « accords sur le statut » relatifs aux actions menées par l'Agence de garde-frontières et de garde-côtes sur le territoire d'États tiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 03, pp.700</w:t>
+              <w:t xml:space="preserve">, 2019, 01, pp.131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...43 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02452098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique &amp;quot;Action extérieure de l'Union européenne&amp;quot;, 1er janvier - 30 juin 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 03, pp.736</w:t>
+              <w:t xml:space="preserve">, 2019, 3, pp. 727-757</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...43 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02352164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique &amp;quot;Action extérieure de l'Union européenne&amp;quot;, 1er juillet - 31 décembre 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 01, pp.131</w:t>
+              <w:t xml:space="preserve">, 2019, 1, pp. 117-147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Chronique &amp;quot;Action extérieure de l'Union européenne&amp;quot;, 1er janvier - 30 juin 2019</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02353014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projet d’accord entre le Canada et l’Union européenne sur le transfert et le traitement des données des dossiers passagers - Une nouvelle manifestation de l’autonomie de l’ordre juridique de l’Union européenne par la Cour de justice de l’Union européenne, CJUE, Avis 1/15 du 26 juillet 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire français de droit international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.23-33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03429007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Développement des relations en matière migratoire avec les voisins et au-delà : la maîtrise des flux au cur de la démarche européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 01, pp.130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les partenariats pour la mobilité, instruments du développement de la coopération entre l’Union et ses partenaires dans le domaine migratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.633-652</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'« accord-cadre » sur l'échange de données transatlantiques en matière répressive : une étape supplémentaire dans le renforcement des garanties applicables au transfert de données entre l'Union européenne et les États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 03, pp.621</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approfondissement de la coopération en matière migratoire avec les voisins sur fond de « crise des réfugiés »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 03, pp.618</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique L'action extérieure de l'Union européenne - Réaction renouvelée et renforcée de l'Union européenne aux naufrages de migrants en Méditerranée : l'Union européenne à la recherche d'une réponse globale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 03, pp.623</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chroniques &amp;quot;L'action extérieure de l'Union européenne&amp;quot; (1er janvier - 30 juin 2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carole Billet</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Cécile Cadilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Rapoport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.613-636</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01228636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réaction renouvelée et renforcée de l'Union européenne aux naufrages de migrants en Méditerranée : l'Union européenne à la recherche d'une réponse globale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.623-628</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01228666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique &amp;quot;action extérieure de l'Union européenne &amp;quot; (1er juillet - 31 décembre 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1, pp.115-145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00848464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coopération en matière pénale : Signature, conclusion et entrée en vigueur des nouveaux accords PNR avec les Etats-Unis et l'Australie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1, pp.132-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01273023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Poursuite du processus de libéralisation des visas à l'égard des voisins de l'Est et du Sud-Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 01, pp.126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique &amp;quot;action extérieure de l'Union européenne &amp;quot; (1er janvier-30 juin 2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, pp.585-607</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00927748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poursuite du processus de libéralisation des visas à l'égard des voisins de l'Est et du Sud-Est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1, pp.126-127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01272909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique L'action extérieure de l'Union européenne - Lancement d'un Partenariat de Mobilité avec le Maroc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 03, pp.595</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Coopération en matière pénale : Signature, conclusion et entrée en vigueur des nouveaux accords PNR avec les États-Unis et l'Australie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 01, pp.132</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lancement d'un Partenariat de Mobilité avec le Maroc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, pp.595-596</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01274285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique &amp;quot; action extérieure de l'Union européenne &amp;quot; (1er juillet - 31 décembre 2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1, pp.239-269</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00727405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Développement de la dimension « Espace de liberté, de sécurité et de justice » (ELSJ) du partenariat oriental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 01, pp.257</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne et environnement proche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1, pp.256-257</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne et environnement proche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1, pp.257-259</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques extérieures, actions extérieures de l'Union Européenne. Aspect institutionnels et contentieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, pp.395-438</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00764829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne et environnement proche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3, pp.714-716</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01292804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Relations UE/Islande, Norvège : participation de l'Islande et de la Norvège à l'accord UE/Etats-Unis en matière de transport aérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 01, pp.256</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Bilan des avancées de la politique d'élargissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 01, pp.254</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne et environnement proche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1, pp.254-255</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01278618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Relations UE/Russie : développement des règles spécifiques applicables à l'oblast de Kaliningrad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 01, pp.259</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Relations UE/Partenaires associés Schengen : participation des Etats associés Schengen aux comités de comitologie relatifs aux domaines de coopération Schengen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 03, pp.714</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02261091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique &amp;quot; action extérieure de l'Union européenne &amp;quot; (1er janvier - 30 juin 2012)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3, pp.701-730</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00760270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Union européenne et sécurité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 03, pp.671</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02260947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique Action extérieure de l'Union européenne - Union européenne et environnement proche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 03, pp.668</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02260946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques extérieures , actions extérieures de l'Union Européenne. Approche transversale des relations extérieures de l'Union Européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6, pp.543-588</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00644802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne et environnement proche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rapoport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3, pp.668-670</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00650873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Europe sans juge ? L'exemple de l'Espace de liberté, de sécurité et de justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit des affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 58, pp.67 -78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00596816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action extérieure de l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 3, pp. 727-757</w:t>
+              <w:t xml:space="preserve">, 2011, 01, pp.239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02260891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Action extérieure de l'Union européenne 1er juillet-31 décembre 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carole Billet</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, pp.239-268</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00612242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne et sécurité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3, pp.671-674</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00650877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chroniques &amp;quot;L'action extérieure de l'Union européenne&amp;quot; (1er janvier - 30 juin 2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Rapoport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Thillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3, pp.659-684</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01293926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne et sécurité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1, pp.254-259</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01306750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques extérieures , actions extérieures de l'Union Européenne. Approche transversale des relations extérieures de l'Union Européenne.L'élargissement de l'espace Schengen à la Suisse et au Liechtenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6, pp.598-604</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00644807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Union européenne et sécurité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3, pp.755-759</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01309593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique d'actualité Relations extérieures de l'Union européenne du 1 janvier au 30 juin 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3, pp.745-768</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00558344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relations extérieures de l'Union européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bosse-Platière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 1, pp. 117-147</w:t>
+              <w:t xml:space="preserve">, 2010, 03, pp.745</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.23-33</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02260871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques extérieures , actions extérieures de l'Union Européenne. Approche transversale des relations extérieures de l'Union Européenne. Coup de projecteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5, pp.425-432</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 01, pp.130</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00557862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques extérieures , actions extérieures de l'Union Européenne. Approche transversale des relations extérieures de l'Union Européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Flaesch-Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Hamonic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5, pp.385-425</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017, pp.633-652</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00557855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EC Readmission Agreements: A prime Instrument of the External Dimension of the EU's Fight against Irregular Immigration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Migration and Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12, pp.45-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...3234 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00475573v1</w:t>
-              </w:r>
-[...494 lines deleted...]
-                <w:t xml:space="preserve">halshs-00557855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politiques extérieures , actions extérieures de l'Union Européenne Coup de projecteur : cohérence de l'action extérieure de l'UE et dimension externe de l'ELSJ</w:t>
               </w:r>
@@ -5876,165 +5876,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00559375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">the changing landscape of European liberty and security</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference to Centre for European policy studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00559445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Méthodes de l'espace européen de liberté, de sécurité et de justice et valeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Construire l'espace européen de liberté, de sécurité et de justice ; les méthodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00560574v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00559445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7210,51 +7210,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8A12F19E"/>
+    <w:nsid w:val="F1BF931F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7441,51 +7441,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carole-billet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-6496-1770" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179959530" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05321582v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Billet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05321581v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04838226v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376323v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03798725v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02969698v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02969697v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02969700v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452220v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452098v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02352164v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bosse-Plati&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Flaesch-Mougin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rapoport" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Herv&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02353014v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429007v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261828v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03188584v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261761v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261760v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228666v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hamonic" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261596v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228636v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Cadilhac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01274285v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01272909v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00848464v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delcourt" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261138v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01273023v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00927748v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261216v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261141v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261091v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261006v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00760270v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01278628v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00764829v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00727405v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261005v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01278624v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01292804v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261003v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261004v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01278618v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01293926v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thillier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260947v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260946v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644802v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650873v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260891v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00596816v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650877v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00612242v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01306750v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644807v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00475573v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260871v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00558344v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01309593v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00557862v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00557855v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00432918v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00432912v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00395666v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202531v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316200v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316193v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01066653v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00600185v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642777v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00559375v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560574v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00559445v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177851v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle d'Halluin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Taxil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03322342v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320747v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Turmo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984841v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chaumette" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Balan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Beslier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahira Boutayeb" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549122v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781786432254.00014" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313200v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296890v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984811v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296892v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296891v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00825398v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604287v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Le Barbier Le Bris" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00406132v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carole-billet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-6496-1770" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179959530" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05321582v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Billet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05321581v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04838226v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04376323v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03798725v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02969697v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02969700v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02969698v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452220v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02452098v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02352164v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bosse-Plati&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Flaesch-Mougin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rapoport" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Herv&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02353014v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429007v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261828v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03188584v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261761v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261760v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261596v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hamonic" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228636v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Cadilhac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228666v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00848464v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delcourt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01273023v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261138v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00927748v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01272909v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261216v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261141v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01274285v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00727405v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261005v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01278624v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01278628v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00764829v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01292804v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261004v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261003v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01278618v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261006v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02261091v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00760270v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260947v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260946v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644802v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650873v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00596816v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260891v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00612242v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650877v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01293926v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thillier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01306750v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644807v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01309593v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00558344v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02260871v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00557862v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00557855v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00475573v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00432918v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00432912v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00395666v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02202531v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316200v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316193v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01066653v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00600185v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00642777v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560577v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00559375v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00559445v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00560574v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177851v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle d'Halluin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Taxil" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03322342v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320747v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Araceli Turmo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984841v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chaumette" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Balan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Beslier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahira Boutayeb" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549122v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781786432254.00014" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313200v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296890v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984811v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296892v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296891v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00825398v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00604287v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Le Barbier Le Bris" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00406132v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>