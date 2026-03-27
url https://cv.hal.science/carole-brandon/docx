--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -973,77 +973,2956 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (39)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art digital et mémoire traumatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une approche transdisciplinaire de la mémoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR mémoire CNRS; nadine ravel, May 2025, Chambéry (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05342921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Spatialités Narratives du Vêtements chez Sergio Toppi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Le Coarer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parure du corps, Vêtements et BD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Frédéric Chauvaud; Denis Mellier; MSHS de Poitiers; Cité Internationale de la Bande Dessinée, Nov 2021, Angoulême, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04906163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">l’Intelligence Artificielle ; une arme de désinformation massive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">conférences Cercle Condorcet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lycées de Chambéry, Jan 2025, Chambéry (73), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartographie sensible et Réalité virtuelle, DENATURA ERЯATUM une oeuvre qui explore la notion de frontières entre mémoire sismographique et lieux polymorphes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Le Coarer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In and Out / Out and In, 7ème colloque international TEXTE [S-oN] IMAGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Khaldoun ZREIK, Paragraphe, Université Paris 8 | CY Cergy-Paris Université; Marc VEYRAT, Paragraphe, Université Paris 8 | CY Cergy-Paris Université; Mehdi ZOUAK, INBA, Institut National des Beaux-Arts Tétouan, Nov 2024, Tetouan, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Skills based approach, an example from the Communication Hypermedia Department</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Fraser Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STEAM STAFF WEEK: Une approche pédagogique pour développer l’interdisciplinarité dans l’enseignement supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, APPRENDRE Department USMB, Nov 2024, Bourget-Du-Lac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’espace latent de l’IA, lieu d’entre-espaces mémoriels sensibles dans l’œuvre « Chromatopsy Forest »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Méger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In and Out / Out and In, 7ème colloque international TEXTE [S-oN] IMAGE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Khaldoun ZREIK, Paragraphe, Université Paris 8 | CY Cergy-Paris Université; Marc VEYRAT, Paragraphe, Université Paris 8 | CY Cergy-Paris Université; Mehdi ZOUAK, INBA, Institut National des Beaux-Arts Tétouan, Nov 2024, Tetouan, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arts and Media: Information and communication Skills</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Fraser Emery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Steam staff week: an educational approach to develop interdisciplinary in higher education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Savoie Mont Blanc - Alliance UNITA., Oct 2024, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">l’espace latent de l’IA, entre-espaces vibratoires dans l’oeuvre « Chromatopsy Forest »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Méger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La création au-delà de l’humain : métabolisme •spéculatif entre arts et sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edwige Armand, Université Eiffel, Paris; Camille Prunet, Université Toulouse, Jun 2024, Toulouse et Québec, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IA et influenceurs virtuels : nouvelle ère du marketing d'influence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences M2 Gestion éditoriale et communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de la Communication, Université Lyon2, Jan 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche-création et démarche créative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les conférences design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SEPR lyon, Feb 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Démarche créative, le rôle de la VR dans une expérience sensible du patrimoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symposium Mémoire, Texte(s) et Art(s) in 2ème colloque interdisciplinaire sur la mémoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marlène Abadie – LPC – Marseille; Vincent Hok – LNC – Marseille; Pierre-Yves Jacob – LNC – Marseille; Nadine Ravel – CRNL – Lyon, Oct 2023, Carry - le - Rouet, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Signe Pierce, une performance transphobe, quand les natifs digitaux ont intégré la culture du viol dans l’espace public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Ville au prisme des genres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Antonella Tufano, Oct 2023, La Cité de l’architecture et du patrimoine, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">le surgissement dans le processus créatif : points d’ancrages théoriques en recherche-création, étude de Nymphea’s Survey, une œuvre en réalité virtuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Méthodes Créatives de Recherche : enjeux et pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nayra Vacaflor- Université́ Bordeaux Montaigne; Fairouz Boudokhane Lima- Université́ Franche-Comté, Jun 2023, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les artistes, la surveillance et Google</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">artistes et art digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association art contemporain Espace Larith, Apr 2022, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">American Reflexxx, un corps dégenré dérangeant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Femmes dérangées, femmes dérangeantes / Disturbed and diruptive women, Woman in French UK-ireland Biennial Conference,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Julie Rodgers (Maynooth University); Polly Galis (University of Bristol), May 2021, Maynooth (IRL), Irlande</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrimoine et Spatialités organiques dans l’œuvre de réalité virtuelle Nymphea’s Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque Hyper Héritage repenser et faire revivre le patrimoine immatériel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CiTu, PARAGRAPHE, Université de Paris 8 et Université de Cergy-Pontoise; Laboratoire LADSIS, Faculté des lettres et des Sciences Humaines, Aïn Chock, Université HASSAN II, Dec 2021, Casablanca, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formations artistiques : quelle insertion pour les jeunes diplômés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Entreprendre dans la Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AC//RA, May 2021, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art-research thesis: The Space between Body and Machine (FR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WVREditing dans le cadre du WorldXR, fondation Opale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Salar Shana, May 2021, Crans-Montana, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les interfaces en Réalités Mixtes comme réactualisation du patrimoine, vers une fluctuation mathématisée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliott Ruty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque Hyper Héritage repenser et faire revivre le patrimoine immatériel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CiTu, PARAGRAPHE, Université de Paris 8 et Université de Cergy-Pontoise; Laboratoire LADSIS, Faculté des lettres et des Sciences Humaines, Aïn Chock, Université HASSAN II, Dec 2021, Casablanca, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">les IA influenceuses sur Instagram : la pin-up hypernormée le retour !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">séminaire de recherche Axe 2 texte, Image &amp; Arts numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ghislaine Chabert, Mar 2021, Chambery, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art rencontre le virtuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">les arts numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Amis du Musée de Chambéry, Nov 2020, Chambéry, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04876860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corps violentés de Zahra/Farah, œuvre de Taryn Simon : la photographie comme espaces de vérités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Parler par le corps » 3ème volet : « Le corps en lambeaux - Corps meurtris, souffrants et sans vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bourgogne Franche-Comté́, CRIT (ea3224) : Axe 2 « Création et identité́ », Mar 2020, Besançon ( Conférence virtuelle ), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’hybride ou l’avenir de nos humanités : comment les artistes inventent de nouvelles conceptions du corps à partir de leur propre handicap.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le corps en faillite : expériences et représentations du handicap dans la littérature et les arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sophie Chapuis et Pierre-Antoine Pellerin, Oct 2019, Saint etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerrilla Girls, sororité militante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Femmes et l’État, militantes, terroristes, dissidentes à travers le temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Noémie Beck, Université Savoie Mont-Blanc; Stéphanie Chapuis-Després Université Savoie Mont-Blanc; Florence Serrano, Université Savoie Mont-Blanc, May 2019, Chambery, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drag-on R0ll, dispositif VR, les présences des espaces-flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melchior Ravier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hyperurbain VII, colloque international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gabriel Bursztyn, Universidade Federal do Rio de Janeiro; Khaldoun Zreik, Université Paris 8 (France), Oct 2019, Rio de Jaineiro, Brésil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les espaces de la VR à partir de l’œuvre Nymphea’s Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">séminaire de recherche, laboratoire LLSETI, Axe 2 Texte, Image et Arts Numériques, sous-axe Les Réalités Impossibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ghislaine Chabert, Dec 2019, Chambery, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">la réalité virtuelle histoire et particularités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soirée sciences, danse et gourmandises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Compagnie Gambit, Dec 2018, La Traverse, Bourget-du-Lac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Princesse et son Mac sur les réseaux sociaux : processus créatif entre durées et récurrences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Temps de la Conception, du 10eme colloque multidisciplinaire sur la conception et le design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Khaldoun Zreik, Citu Paragraphe; Patrizia Laudatti, Nov 2016, Ecole architecture, Grenade, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le genre tabou ou véritable enjeu?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Taboo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, creative mornings, Mar 2017, Annecy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genre et nouvelles technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nous ne sommes pas ce que nous semblons être</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabienne Gillonier, Nov 2017, Bourget-Du-Lac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tradition du portrait à l’heure de la reconnaissance faciale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visages à contraintes - Formes du portrait à l’ère électronumérique- des années 1960 au début du XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vincent Cicilliato, Oct 2017, Saint - Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04920957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre le rouleau et la carte: l’espace flottant des oeuvres hypermédias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Habitabilité des mondes cartographiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pierre cassou-noguès, Dec 2017, Archives nationales - Saint-Denis, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">futur digital work in progress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World in progress: Ré-inventez le monde!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Club des Entreprises, Nov 2017, Chambéry (73), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04877662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des autoportraits costumés en travestis aux corps travestis en mutants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop international : autoportraits en costumes ; jeux d'identités multiples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Julie Morère; Valérie Morisson; Emmanuelle Chérel, Nov 2017, Ecole des Beaux-Arts de Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'espace entre le lisible et le visible, hic et nunc suspendus et lieu de présences. Nous l'étudierons avec la tapisserie de l'oeuvre La Princesse et son Mac.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEXTE &amp; IMAGE 4, ARCHITEXTURE POÉTIQUE &amp; HUMANISME NUMÉRIQUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marc Veyrat; Ghislaine Azémard; Daniel Spiteri; Atelier-Laboratoire IDÉFI-CréaTIC “Hypermédia et Création Artistique“, Mar 2017, Malte, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tradition du portrait à l’heure de la reconnaissance faciale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visages à contraintes - Formes du portrait à l’ère électronumérique- des années 1960 au début du XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vincent Cicilliato, Oct 2017, Saint - Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Symposium / présences : l'Ecran au lieu du soi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Chabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karleen Groupierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Guilet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibanez-Bueno Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Présences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02114716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Canario Box : street art interactif, corps hacker ou la logique d'extension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque IMPEC, Interactions Multimodales Par ÉCran, Présences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, ENS, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">©box : enjeux politiques et numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">séminaire e-formes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Monique Maza; Alexandra Saemmer, Jun 2008, Saint-etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La princesse, la Pin-up ou la sorcière, le tarzan, le gros machin ou le maladroit : les affiches hautes en stéréotypes d’un festival de BD où l’éléphant a remplacé King Kong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1063,477 +3942,477 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carole Brandon; Gaëtan Le Coarer; Marc Veyrat; Khaldoun Zreik; Richard Spiteri. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TEXTE [S-ON] IMAGE : vers un nouveau contrat social de l'errance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, No Code, pp.247-257, 2025, 978-2-9594297-2-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artiste et chercheuse en art : Spécificités de la recherche-création, une méthodologie expérientielle et hétérogène où l'oeuvre est la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UNIVERSIDAD ANÁHUAC MÉXICO; FACULTAD DE COMUNICACIÓN; CENTRO DE INVESTIGACIÓN PARA LA COMUNICACIÓN APLICADA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MÉTHODES DE RECHERCHE ÉMERGENTES, VISUELLES ET MULTIMODALES POUR L'ÉTUDE DE LA COMMUNICATION</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05172259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Spatialités narratives du vêtement chez Sergio Toppi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Le Coarer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La parure du corps : Vêtements et BD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, A paraître, Collection "Essais", 9782753595989</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04756301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les interfaces en réalité mixtes comme réactualisation du patrimoine, vers une fluctuation mathématisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliott Ruty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Europia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Repenser et faire revivre le patrimoine immatériel à l’ère numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://www.lcdpu.fr/books/A103ABBB-A62F-4C4A-AAB5-0EAEB2A77C89, 2023, 9791090094574</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatialités organiques dans la réalité virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">europia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Repenser et faire revivre le patrimoine immatériel à l’ère numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://www.lcdpu.fr/books/A103ABBB-A62F-4C4A-AAB5-0EAEB2A77C89, 2023, 9791090094574</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modes de présences dans la ville postnumerique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melchior Ravier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">europia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présence dans la ville postnumérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://www.lcdpu.fr/books/59ABD52D-8991-4C8A-9D01-F25828E6A148, 2022, 9791090094444</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M+i eSPACE o-F DESIRE : the question of the female presence HyperUrbain 7 / Rio De Janeiro / Brasil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Veyrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1549,4002 +4428,1123 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présence dans la Ville Post-Numérique (HyperUrbain.7)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, http://europia.org/edition/livres/ing/hyperurbain7.htm, 2022, 979-10-90094-44-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04462734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMERICAN REFLEXXX, un corps dégenré dérangeant dans l’espace public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">europia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le numérique au service de la créativité et de l’innovation territoriale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les photographies de Yasumasa Morimura comme espace du Ma : confusion des genres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Traversée Culturelle du Genre Tome 1, Les traductions culturalistes du genre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, tome 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L;Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Littératures et cultures afro-américaines, 978-2-343-23049-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les photographies de Yasumasa Morimura comme espace du Ma : confusion du genre par espace-temps suspendu entre orient et occident, tradition et capitalisme.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La traversée culturelle du genre - Tome 3 - LES FIGURES DE L'ANDROGYNIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2021, Littératures et cultures afro-américaines, 978-2-343-23060-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04966284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facebook : cartographie d’espaces-temps flottants, à partir de l’analyse de la performance #24h-odyssey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilyana Valentinova Petrova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">europia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Art et ville post numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://www.lcdpu.fr/books/0198C2AF-0966-4191-B932-3202440D6CCF, 2019, 9791090094291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">©boo : le temps dans les légendes urbaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">texte&amp;image 3 et 4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02114738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Tag, une œuvre. La question de la signature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">presses universitaires savoie-mont-blanc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le tag, esquisse juridique d’un art vandale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://www.lgdj.fr/le-street-art-esquisse-juridique-d-un-art-vandale-9782377410064.html, 2019, 9782377410064</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Princesse et son Mac sur les réseaux sociaux : processus créatif entre durées et récurrences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">europia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">01Design.10 : Les temps de la conception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2018, 979-10-90094-28-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">#decoderchardin, expérience pédagogique de médiation sur Twitter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LLSETI, Université Savoie Mont Blanc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collection 28, lettre R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, R, , 2018, 978-2-919732-49-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04970976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Journey through digital time of the city</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">City Temporalities, edited by Patrizia Laudati and Khaldoun Zreik, Europia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moucharabieh, définition dans 100 notions pour l'art numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CreaTIC; Marc Veyrat, coordination de l'ouvrage; Ghislaine Azémard, coordination de la collection. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">100 notions pour l'Art Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, les éditions de l'immatériel; Centre Möbius International, 2015, 979-10-91636-02-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SECRET STORY ou Marat assassiné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LLSETI, Université Savoie Mont Blanc. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettre A, Jacques-Louis David, La Mort de Marat, 1793</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A, 2015, Collection 28, 978-2-919732-46-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04969194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bug, définition dans 100 notions pour l'Art Numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CreaTIC; Marc Veyrat, coordination de l'ouvrage; Ghislaine Azémard, coordination de la collection. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">100 notions pour l'Art Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, les éditions de l'immatériel; Centre Möbius International, 2015, 979-10-91636-02-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glitch-Art, définition dans 100 notions pour l'art numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CreaTIC; Ghislaine Azémard, coordination de la Collection; Marc Veyrat, coordination de l'ouvrage. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">100 notions pour l'art numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, les éditions de l'immatériel; Centre möebius international, 2015, 979-10-91636-02-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lumière, lux et lumen dans 100 notions pour l'Art Numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CreaTIC; Marc Veyrat, coordination de l'ouvrage; Ghislaine Azémard, coordination de la collection. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">100 notions pour l'Art Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, les éditions de l'immatériel; Centre Möbius International, 2015, 979-10-91636-02-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969136v1</w:t>
-              </w:r>
-[...2877 lines deleted...]
-                <w:t xml:space="preserve">hal-04878383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5618,177 +5618,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">DENATURA ERЯATUM , oeuvre en réalité virtuelle avec kakémono papier, cartographie et perception sensibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Brandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Le Coarer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04954243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Chromatopsy Forest, oeuvre video 360, IA artisanale et réalité virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Méger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951195v1</w:t>
-              </w:r>
-[...73 lines deleted...]
-                <w:t xml:space="preserve">hal-04954243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corallium Blanco, oeuvre en réalité virtuelle, perception sensible et corail</w:t>
               </w:r>
@@ -6242,51 +6242,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">#24h-odyssey, performance urbaine et connectée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilyana Valentinova Petrova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6892,64 +6892,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lagorgette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Parfait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Guilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Savoie Mont Blanc, Collection 28 : Z (2), pp.48, 2016, 978-2-919732-47-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7019,51 +7019,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Soudan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karleen Groupierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Savoie Mont Blanc, Collection 28 : A (1), pp.36, 2015, 978-2-919732-46-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7107,64 +7107,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Veyrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Brandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Chabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibanez-Bueno Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Savoie, pp.132, 2013, 978-2-919732-21-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7469,51 +7469,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="939037E2"/>
+    <w:nsid w:val="69B23E31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7700,51 +7700,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carole-brandon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1487-3887" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081233v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brandon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Fraser Emery" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jdg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082750v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878389v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877954v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462685v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Veyrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21814/rlec.2302" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111421v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877943v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921489v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462652v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951333v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878390v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172259v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756301v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Coarer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878394v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Ruty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878396v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878393v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melchior Ravier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462734v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878391v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878409v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-traversee-culturelle-du-genre-2/8385?srsltid=AfmBOooUfoRUecixWOUvIvUa7_r9BV9SGMFXiD48-w3ikvQAXmeTKV-M" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966284v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878410v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilyana Valentinova Petrova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114738v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Chabert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878398v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878411v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970976v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111419v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969044v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969067v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969194v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968996v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969136v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342921v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906163v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876807v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878819v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878900v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878860v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;ger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748857v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878421v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876828v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876817v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878414v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878415v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876799v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876853v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878771v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878756v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878752v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876876v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876887v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878438v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876860v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878416v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878400v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878434v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878427v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878418v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966159v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877558v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878382v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877643v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877662v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967424v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920957v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921462v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966219v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878407v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114716v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karleen Groupierre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guilet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibanez-Bueno Jacques" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966069v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878383v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865315v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951195v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954243v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951022v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878384v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951254v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878386v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878385v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950934v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964967v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951284v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951389v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Rigoudy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953722v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964995v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964980v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965006v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782938v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783175v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878388v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01228102v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lagorgette" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Parfait" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01311995v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Soudan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488050v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877934v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02111485v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carole-brandon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1487-3887" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081233v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brandon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Fraser Emery" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jdg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082750v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878389v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877954v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462685v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Veyrat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21814/rlec.2302" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111421v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877943v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921489v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462652v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951333v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342921v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906163v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Coarer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876807v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878819v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878900v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878860v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;ger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748857v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878421v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876828v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876817v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878414v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876799v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878415v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876853v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878771v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878752v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876876v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876887v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878756v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliott Ruty" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878438v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876860v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878416v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878400v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878434v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878427v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melchior Ravier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878418v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877558v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966159v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878382v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877643v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920957v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921462v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877662v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967424v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966219v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878407v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114716v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Chabert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karleen Groupierre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guilet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibanez-Bueno Jacques" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966069v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878383v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878390v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172259v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756301v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878394v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878396v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878393v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462734v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878391v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878409v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/la-traversee-culturelle-du-genre-2/8385?srsltid=AfmBOooUfoRUecixWOUvIvUa7_r9BV9SGMFXiD48-w3ikvQAXmeTKV-M" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966284v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878410v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilyana Valentinova Petrova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114738v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878398v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878411v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970976v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111419v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969044v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969194v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969067v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968996v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969136v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865315v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954243v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951195v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951022v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878384v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951254v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878386v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878385v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950934v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964967v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951284v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951389v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Rigoudy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953722v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964995v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964980v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965006v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782938v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783175v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878388v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01228102v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lagorgette" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Parfait" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01311995v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Soudan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488050v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877934v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02111485v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>