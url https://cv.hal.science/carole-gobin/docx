--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -502,307 +502,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01611165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous interferometric in-focus and out-of-focus imaging of ice crystals</w:t>
+                <w:t xml:space="preserve">Experimental characterization of pulverized coal MILD flameless combustion from detailed measurements in a pilot-scale facility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justin Jacquot Kielar</w:t>
+                <w:t xml:space="preserve">Max Weidmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Lemaitre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Gobin</w:t>
+                <w:t xml:space="preserve">David Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wu Yingchun</w:t>
+                <w:t xml:space="preserve">Vincent Verbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Porcheron</w:t>
+                <w:t xml:space="preserve">Guillaume Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Grathwohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optcom.2016.04.004⟩</w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 168, pp.365--377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2016.01.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02110862v1</w:t>
+                <w:t xml:space="preserve">hal-01611212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of pulverized coal MILD flameless combustion from detailed measurements in a pilot-scale facility</w:t>
+                <w:t xml:space="preserve">Simultaneous interferometric in-focus and out-of-focus imaging of ice crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Max Weidmann</w:t>
+                <w:t xml:space="preserve">Justin Jacquot Kielar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Honoré</w:t>
+                <w:t xml:space="preserve">Pascal Lemaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Verbaere</w:t>
+                <w:t xml:space="preserve">Wu Yingchun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Boutin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Grathwohl</w:t>
+                <w:t xml:space="preserve">Emmanuel Porcheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 372, pp.185-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optcom.2016.04.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2016.01.029⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01611212v1</w:t>
+                <w:t xml:space="preserve">hal-02110862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detailed investigation of flameless oxidation of pulverized coal at pilot-scale (230 kWth)</w:t>
               </w:r>
@@ -827,51 +827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Verbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Grathwohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1524,51 +1524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Honoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th European Combustion Meeting (ECM 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1712,691 +1712,691 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05016666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation on the impact of hydrogen addition in a bluff body stabilized turbulent flame using high repetition OH PLIF-PIV and multiscalar measurements by spontaneous Raman scattering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kuppuraj Rajamanickam</w:t>
+                <w:t xml:space="preserve">Analyse de la dynamique des fumées dans les incendies confinés par PIV à grande échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Varea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Lecordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Low Carbon Combustion days - Joint meeting of the French and British sections of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Cambridge (UK), United Kingdom</w:t>
+              <w:t xml:space="preserve">Congrès Francophone de Techniques Laser ( CFTL 2022 )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Louvain, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03874234v1</w:t>
+                <w:t xml:space="preserve">hal-03859495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique 3D temporelle d'un jet confine chauffe inverse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flow Dynamics Between Two Car Models: Influence Of The Intervehicle Distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumaima Oussairan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Patte-Rouland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luminita Danaila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Francophone de Techniques Laser( CFTL 2022 )</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 20th International Symposium on Applications of Laser and Imaging Techniques to Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lisbon, Portugal. pp.1-15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55037/lxlaser.20th.65⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859470v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la dynamique des fumées dans les incendies confinés par PIV à grande échelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Décomposition en phase du sillage derrière un cylindre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Majd Armaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Gobin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luminita Danaila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Varea</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Francophone de Techniques Laser ( CFTL 2022 )</w:t>
+              <w:t xml:space="preserve">17e Congrès Francophone de Techniques Laser</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Louvain, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03859495v1</w:t>
+                <w:t xml:space="preserve">hal-03859460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décomposition en phase du sillage derrière un cylindre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Majd Armaly</w:t>
+                <w:t xml:space="preserve">Investigation on the impact of hydrogen addition in a bluff body stabilized turbulent flame using high repetition OH PLIF-PIV and multiscalar measurements by spontaneous Raman scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuppuraj Rajamanickam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emilien Varea</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e Congrès Francophone de Techniques Laser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Louvain, Belgique</w:t>
+              <w:t xml:space="preserve">Low Carbon Combustion days - Joint meeting of the French and British sections of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Cambridge (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859460v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow Dynamics Between Two Car Models: Influence Of The Intervehicle Distance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamique 3D temporelle d'un jet confine chauffe inverse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corine Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luminita Danaila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 20th International Symposium on Applications of Laser and Imaging Techniques to Fluid Mechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrès Francophone de Techniques Laser( CFTL 2022 )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Louvain, Belgique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04508725v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Numerical Investigation of Pulverized Biomass Flames in a Pilot-scale Reactor Using OH* Chemiluminescence Imaging and In-flame Probing Techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Mohanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2477,51 +2477,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the dynamics of H2 -CH4 turbulent flames in bluff body burner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kuppuraj Rajamanickam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2529,51 +2529,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint meeting of the French and British sections of the Combustion Institute</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Lille, France</w:t>
@@ -2615,51 +2615,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomographic PIV calibration procedure in confined optical engine geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2857,51 +2857,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation de la PIV tomographique aux écoulements confinés : cas d'un moteur à combustion interne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petra Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2982,51 +2982,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous gas and spray PIV measurements in an optical engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lemetayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3232,51 +3232,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent developments in two-phases fluorescence PIV: Application to the dynamic of high pressure gasoline sprays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lemetayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3465,103 +3465,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detaillierte experimentelle Untersuchung der flammlosen Oxidation von Kohlenstaub (230 kWth)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Weidmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Verbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Honoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Grathwohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26 Deustcher Flammentag</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Druisburg, Germany</w:t>
@@ -3603,51 +3603,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomographic PIV study of lifted flames in turbulent Axisymmetric jets of methane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Lecordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corine Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Gobin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3884,51 +3884,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Betting" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Varea" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gobin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecordier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2019.102855" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Betting" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Varea" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1107/4/042015" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611165v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Valencia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Talbaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.142" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02110862v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Jacquot Kielar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lemaitre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wu Yingchun" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porcheron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2016.04.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8WLD4876-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611212v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Weidmann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Honor&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Verbaere" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boutin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Grathwohl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2016.01.029" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01863055v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weidmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Verbaere" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boutin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grathwohl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2014.01.039" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612388v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peres" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenacer Benyagoub" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012047" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612112v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Riahi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Mergheni" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Sautet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/InterJFluidMechRes.v41.i4.10" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387524v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;odor Chazelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lespinasse" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Barviau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Blaisot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509367v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouma&#239;ma Oussairan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lefebvre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ouevreux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070611v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Meynet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-A Grandin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016666v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetankumar S Vegad" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Ferrando" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longxiang Huang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874234v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuppuraj Rajamanickam" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859470v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Lacour" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luminita Danaila" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859495v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859460v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majd Armaly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508725v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Oussairan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Patte-Rouland" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.20th.65" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874244v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Mohanna" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Taupin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partick Levy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03020633v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262353v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Daher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097657v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Schuhler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Yon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097656v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Cessou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852159v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lemetayer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cessou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177230v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Caceres" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baillot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Domingues" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852160v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270880v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Valencia Correa" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863709v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910381v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tremblais" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418943v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Betting" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Varea" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gobin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecordier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.firesaf.2019.102855" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Betting" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Varea" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecordier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1107/4/042015" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611165v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Valencia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Talbaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Yon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2016.06.142" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611212v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Weidmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Honor&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Verbaere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boutin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Grathwohl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2016.01.029" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02110862v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Jacquot Kielar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lemaitre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wu Yingchun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porcheron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2016.04.004" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8WLD4876-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01863055v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Weidmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Verbaere" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boutin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grathwohl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2014.01.039" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612388v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peres" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenacer Benyagoub" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012047" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612112v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Riahi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Mergheni" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Sautet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/InterJFluidMechRes.v41.i4.10" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387524v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;odor Chazelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lespinasse" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Barviau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Blaisot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509367v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouma&#239;ma Oussairan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lefebvre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ouevreux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070611v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Meynet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.-A Grandin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lefebvre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016666v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetankumar S Vegad" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Ferrando" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longxiang Huang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859495v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508725v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima Oussairan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Patte-Rouland" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55037/lxlaser.20th.65" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859460v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majd Armaly" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luminita Danaila" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874234v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuppuraj Rajamanickam" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859470v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Lacour" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874244v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Mohanna" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Taupin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partick Levy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03020633v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262353v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Daher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097657v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Schuhler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Yon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coppalle" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097656v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Cessou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852159v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lemetayer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cessou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177230v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Caceres" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baillot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Domingues" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852160v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270880v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Valencia Correa" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863709v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910381v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Tremblais" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>