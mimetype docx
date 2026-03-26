--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -244,169 +244,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post, Rudolf/ Scheer-Nahor, Friedel : Alemannisches Wörterbuch für Baden. 3. Erweiterte Auflage. Freiburg-im-Breisgau : Rombach Verlag, 2018</w:t>
+                <w:t xml:space="preserve">Du Sundgau à l’Ohio en passant par le Kochersberg (1691-1914) : productions sociolinguistiques historiques de scripteurs alsaciens plurilingues peu expérimentés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouveaux Cahiers d'Allemand : Revue de linguistique et de didactique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.118-121</w:t>
+              <w:t xml:space="preserve">Synergies Pays germanophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03150640v1</w:t>
+                <w:t xml:space="preserve">hal-03099000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du Sundgau à l’Ohio en passant par le Kochersberg (1691-1914) : productions sociolinguistiques historiques de scripteurs alsaciens plurilingues peu expérimentés</w:t>
+                <w:t xml:space="preserve">Post, Rudolf/ Scheer-Nahor, Friedel : Alemannisches Wörterbuch für Baden. 3. Erweiterte Auflage. Freiburg-im-Breisgau : Rombach Verlag, 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synergies Pays germanophones</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Nouveaux Cahiers d'Allemand : Revue de linguistique et de didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.118-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03099000v1</w:t>
+                <w:t xml:space="preserve">hal-03150640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALEMANNISCHE REIMPRAXIS IM NARRENSCHIFF NEUE DEUTUNGSVORSCHLÄGE MITHILFE DER HEUTIGEN STRAßBURGER MUNDART</w:t>
               </w:r>
@@ -569,221 +569,221 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sprachpraxis geübter und ungeübter Schreiber im Elsass: Sprachgebrauch, Sprachkontakt und Sprachbewusstsein (1681–1914)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Managing Fine-grained Metadata for Text Bases in Extremely Low Resource Languages: the Cases of Two Regional Languages of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Vergez-Couret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALTA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universität Bern; Center for the Study of Language and Society, Sep 2024, Bern (CH), Switzerland</w:t>
+              <w:t xml:space="preserve">SIGUL 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Torino, Italy. pp.212-221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05426049v1</w:t>
+                <w:t xml:space="preserve">hal-04598649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing Fine-grained Metadata for Text Bases in Extremely Low Resource Languages: the Cases of Two Regional Languages of France</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sprachpraxis geübter und ungeübter Schreiber im Elsass: Sprachgebrauch, Sprachkontakt und Sprachbewusstsein (1681–1914)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Werner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGUL 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Torino, Italy. pp.212-221</w:t>
+              <w:t xml:space="preserve">ALTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universität Bern; Center for the Study of Language and Society, Sep 2024, Bern (CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04598649v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ParCoLab Parallel Corpus and its Extension to Four Regional Languages of France</w:t>
               </w:r>
@@ -795,77 +795,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dejan Stosic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saša Marjanović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LREC-COLING 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ELRA; ICCL, May 2024, Torino, Italy. pp.16014-16023</w:t>
@@ -888,321 +888,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04598607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théâtre alsacien : Personographie en TEI et navigation du corpus selon les attributs sociaux des personnages</w:t>
+                <w:t xml:space="preserve">Computational drama analysis from almost zero electronic text: The case of Alsatian theater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Montréal / online, Canada</w:t>
+              <w:t xml:space="preserve">Computational Drama Analysis: Achievements and Opportunities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Cologne, Sep 2022, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03660506v1</w:t>
+                <w:t xml:space="preserve">hal-03762377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The benefits of increasing the digital availability of Alsatian theater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Humanities 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Tokyo (Online), Japan. pp.567-570, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7014965⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03660481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational drama analysis from almost zero electronic text: The case of Alsatian theater</w:t>
+                <w:t xml:space="preserve">Théâtre alsacien : Personographie en TEI et navigation du corpus selon les attributs sociaux des personnages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrew Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Drama Analysis: Achievements and Opportunities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Cologne, Sep 2022, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">Humanistica 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montréal / online, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03762377v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03660506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration du théâtre alsacien à travers ses listes de personnages pendant la période 1870-1940</w:t>
               </w:r>
@@ -1292,51 +1292,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création d'un corpus FAIR de théâtre en alsacien et normalisation de variétés non-contemporaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1435,562 +1435,679 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mistral sur les Vosges : L'IA souffle-t-elle dans la bonne direction pour l'alsacien ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Parallèles et dépendances : des corpus inédits pour explorer les dialectes alsaciens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Binot</w:t>
+                <w:t xml:space="preserve">Nathanaël Beiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Hoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités numériques en pédagogie et en recherche à la faculté des langues 2e ed.</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Humanités numériques en pédagogie et recherche 3, Université de Strasbourg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Strasbourg, France. 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34847/nkl.6b612579⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34847/NKL.7DEFAN31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04869156v1</w:t>
+                <w:t xml:space="preserve">hal-05540385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accroître la vitalité et la visibilité numérique des langues de France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Mistral sur les Vosges : L'IA souffle-t-elle dans la bonne direction pour l'alsacien ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Erhart</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+                <w:t xml:space="preserve">Justine Binot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités numériques en pédagogie et en recherche à la faculté des langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Strasbourg, France. , 2024, </w:t>
+              <w:t xml:space="preserve">Humanités numériques en pédagogie et en recherche à la faculté des langues 2e ed.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Strasbourg, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34847/nkl.deafs14t⟩</w:t>
+                <w:t xml:space="preserve">Faculté des langues, Université de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34847/nkl.6b612579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04686233v1</w:t>
+                <w:t xml:space="preserve">hal-04869156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MeThAL : Ressources numériques pour une relecture du théâtre en alsacien</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accroître la vitalité et la visibilité numérique des langues de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Erhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Huck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Huck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 ans avec CAHIER: Des corpus d'auteurs pour les humanités numériques à leur exploitation numérique (Cahier10)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Humanités numériques en pédagogie et en recherche à la faculté des langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Strasbourg, France. , 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34847/nkl.deafs14t⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.4908212⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03255403v1</w:t>
+                <w:t xml:space="preserve">hal-04686233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">MeThAL : Ressources numériques pour une relecture du théâtre en alsacien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Werner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Erhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Huck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 ans avec CAHIER: Des corpus d'auteurs pour les humanités numériques à leur exploitation numérique (Cahier10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Bordeaux, France. , 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.4908212⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03255403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">MeThAL : Vers une macroanalyse du théâtre en alsacien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Erhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Huck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanistica 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Bordeaux, France. , 2020, Humanistica 2020. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.3788019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02564694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2000,150 +2117,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational drama analysis from almost zero electronic text: The case of Alsatian theater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ruiz Fabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Melanie Andresen; Nils Reiter. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Drama Analysis: Reflecting on Methods and Interpretations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, 2024, 9783111071763. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/9783111071824-004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2153,100 +2270,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléments pour une sociolinguistique historique Alsace : les traces et manifestations du contact des langues chez les scripteurs en Alsace dans leurs productions en alsacien et en allemand (1681-1914)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université de Strasbourg, 2022. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04297936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2256,153 +2373,153 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les traces du contact des langues chez les scripteurs en Alsace (1681-1914)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03150642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecrire et traduire en alsacien. Est-ce bien raisonnable ? Conférence-débat à la Librairie Kleber, Strasbourg.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03150643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2412,253 +2529,253 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syntactic annotation guidelines for Alsatian – DIVITAL project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Beiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Hoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Strabourg. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05132028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide d’annotation syntaxique pour l’alsacien – projet DIVITAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Beiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Hoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Werner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bernhard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Strabourg. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05132027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId62"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2726,51 +2843,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EA81FBF5"/>
+    <w:nsid w:val="F66FC545"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2957,51 +3074,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carole-werner" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1593-2196" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436110v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Werner" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.8721" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150640v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099000v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084306v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150641v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426049v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598649v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nauge" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598607v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan Stosic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;a Marjanovi&#263;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bach" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660506v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz Fabo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660481v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7014965" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762377v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Briand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226579v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4762732" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047152v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098956v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole J. Werner" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869156v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Binot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nakala.fr/10.34847/nkl.6b612579" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.6b612579" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686233v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Erhart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.deafs14t" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255403v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4908212" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564694v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3788019" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639236v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111071824-004" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04297936v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150642v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150643v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132028v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Beiner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hoff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132027v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/carole-werner" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1593-2196" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436110v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Werner" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.8721" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099000v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150640v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084306v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Huck" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150641v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598649v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nauge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426049v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598607v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejan Stosic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;a Marjanovi&#263;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bach" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762377v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz Fabo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Briand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660481v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7014965" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660506v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226579v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4762732" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047152v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098956v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole J. Werner" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540385v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Beiner" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hoff" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/NKL.7DEFAN31" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869156v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Binot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nakala.fr/10.34847/nkl.6b612579" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.6b612579" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686233v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Erhart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.deafs14t" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255403v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4908212" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564694v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3788019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639236v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111071824-004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04297936v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150642v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150643v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132028v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132027v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>