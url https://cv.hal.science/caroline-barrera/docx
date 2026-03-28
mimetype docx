--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -115,595 +115,595 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le temps des facultés (1808-1870), de l'enseignement à la production des savoirs</w:t>
+                <w:t xml:space="preserve">De la Seconde Guerre mondiale à la crise du pétrole (1939-1973)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Barrera</w:t>
+                <w:t xml:space="preserve">Michel Grossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Bidois</w:t>
+                <w:t xml:space="preserve">Yves-Claude Lequin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Fonteneau</w:t>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Grelon</w:t>
+                <w:t xml:space="preserve">Marianne Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Grossetti</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">André Grelon et Michel Grossetti (dir.). </w:t>
+                <w:t xml:space="preserve">Françoise Birck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">André Grelon et Michel Grossetti. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'espace scientifique français (XVIIe-XXIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.489-544, 2025, 978-2-406-17654-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04809038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le temps des facultés (1808-1870) : de l’enseignement à la production des savoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bidois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Moulinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Espace scientifique français (1740-2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Bibliothèque des sciences sociales, 978-2-406-17654-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04491900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Grande Guerre et la &amp;quot;seconde&amp;quot; IIIe République (1914-1939), stagnation du système scientifique et retour au centralisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grossetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Birck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Eric Mounier-Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">André Grelon et Michel Grossetti. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'espace scientifique français (XVIIe-XXIe siècle), Paris, Classiques Garnier, 2025.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classiques Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.105-165, 2025, 978-2-406-17654-1</w:t>
+              <w:t xml:space="preserve">, pp.487-488, 2025, 978-2-406-17654-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04809007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le temps des facultés (1808-1870), de l'enseignement à la production des savoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bidois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...54 lines deleted...]
-              <w:t xml:space="preserve">André Grelon et Michel Grossetti. </w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">André Grelon et Michel Grossetti (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'espace scientifique français (XVIIe-XXIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Classiques Garnier, pp.489-544, 2025, 978-2-406-17654-1</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.105-165, 2025, 978-2-406-17654-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...202 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Eric Mounier-Kuhn</w:t>
-[...66 lines deleted...]
-                <w:t xml:space="preserve">halshs-04809007v1</w:t>
+                <w:t xml:space="preserve">halshs-04809027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La faculté des lettres au cœur du vieux quartier latin (1892-1950)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Pech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -758,51 +758,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Questionner la patrimonialisation des sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lefebvre, M.; Jolivet, A.-C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des patrimoines en action. Les processus de mise en mémoire des activités scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires du Midi, 2020</w:t>
@@ -844,51 +844,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : saisir le processus décisionnel dans une perspective historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Castagnet-Lars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Véronique Castagnet-Lars; Caroline Barrera. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prise de décision dans les structures éducatives. Entre la norme et la pratique (XIIIe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -939,51 +939,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La diffusion des recherches méridionales : revues et éditeurs régionaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cent ans d'études méridionales à Toulouse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1021,64 +1021,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’université de Toulouse entre découpages et regroupements (1960-2016)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grossetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Jalabert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Universités &amp; territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l’Université de Pau et des Pays de l’Adour, pp.51-72, 2017, Université en transition, 978-2-35311-082-7</w:t>
@@ -1107,51 +1107,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les universitaires toulousaines (1912-1968). L'échec d'une promotion par le bas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rebecca Rogers; Pascale Molinier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les femmes dans le monde académique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -1193,51 +1193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'université toulousaine et l'Europe à la veille du Traité de Rome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laure Clément-Wilz et Sylvaine Poillot-Peruzzeto. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construire la citoyenneté européenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Peter Lang, pp.75-88, 2014, Forum Europe des cultures, 978-2-87574-133-2</w:t>
@@ -1266,51 +1266,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identities on the Move. Foreign and Colonial Students in France (19th c.-1960s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sabaté, Flocel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Identities on the Move</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Peter Lang, pp.185-198, 2014, Identité, 978-3-0343-1296-7 pb</w:t>
@@ -1339,51 +1339,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'europe sans ses grands hommes chez les dix-neuvièmistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Mérdiennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Europe, objet renouvelé des sciences sociales : un état des lieux chez les géographes, les historiens et les juristes (DS : Bertrand Vayssière)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Mérdiennes, pp.45-64, 2013</w:t>
@@ -1406,203 +1406,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00906632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Etudiants étrangers et coloniaux à Toulouse pendant l'entre-deux-guerres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Syllepse. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudiant(e)s du monde en mouvement. Migrations, cosmopolitisme et internationales étudiantes (DS : Morder Robi, Rolland-Diamond Caroline)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Syllepse, pp.150-170, 2012, 9782849503485</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00906664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction - En France du côté des institutions et des enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses du Centre universitaire Champollion. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jacques et Ygal Fijalkow (dir. sc), Les élèves face à la Shoah. Lieux, histoire, voyages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses du Centre universitaire Champollion, pp.31-33, 2012, 9782361700584</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00906648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...71 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prosopographie et l'histoire des relations internationales des universités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Nancy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les uns et les autres. Biographies et prosopographies en histoire des sciences ( Laurent Rollet et Philippe nabonnad, dir. Sc.),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.227-252, 2012, 978-2814300965</w:t>
@@ -1631,51 +1631,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exil des cerveaux, déracinement et xénophobie, le cas des étudiants étrangers de l'université toulousaine, XIXe-1940</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caroline barrera &amp; Patrick Ferté. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Étudiants de l'exil. Migrations internationales et universités refuges (XVIe-XXe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires du Mirail, pp.213-224, 2010</w:t>
@@ -1704,51 +1704,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recteurs et les relations internationales de l'Université toulousaine, XIXe-1944</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Didier Foucault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les recteurs et le rectorat de l'Académie de Toulouse (1808-2008). DS : Didier Foucault</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Méridiennes, pp.169-179, 2009, 978-2-912025-62-3</w:t>
@@ -1777,51 +1777,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les étudiants étrangers et coloniaux de la faculté de droit de Toulouse au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Nélidoff. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les facultés de droit de province au XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université des Sciences Sociales, s.p., 2009, 978-2-915699-88-3</w:t>
@@ -1876,797 +1876,797 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'INU Champollion (Projet Archampo) - Interview de Bernard Rigaud, premier directeur d'ISIS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elyes Lamine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04828085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Histoire de l'INU Champpolion (Projet Archampo) - Interview du Pr Philippe Delvit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04828097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'INU Champollion (Projet Archampo) - Interview du Pr Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04828105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'INU Champollion (Projet Archampo) - Interview de Djamila Bonfanti, bibliothécaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04828092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sociétés savantes, mur porteur de l'écosystème scientifique toulousain (1797-1870)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04826321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'INU Champollion (Projet Archampo) - Interview de Thérèse Voizard, responsable administrative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04826976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de INU Champollion (projet Archampo) - Interview du Pr Hervé Pingaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04826864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'INU Champollion (projet Archampo) - Interview de Patrica Bradley, bibliothécaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04826871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'INU Champollion (Projet Archampo) - Interview de Laure Sudre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04828078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'INU Champollion (projet Archampo) - Interview du Pr Philippe Nélidoff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04826995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'INU Champollion (Projet Archampo) - Interview d'Olivier Glénat, DGS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04826887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interview de Jean-Claude Lugan (Projet Archampo)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Lunardi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...260 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04826390v1</w:t>
-              </w:r>
-[...370 lines deleted...]
-                <w:t xml:space="preserve">halshs-04826887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2684,51 +2684,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jeux floraux et la vie académique toulousaine (1793-1865)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Académies et vie littéraire en France au XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsa Courant; Romain Jalabert, Nov 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2753,51 +2753,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La professionnalisation des sociétés savantes au XIXe siècle (1797-1870) - L'exemple toulousain »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'homme du Midi - Sociabilités méridionales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, Toulouse, France. pp.41-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2854,51 +2854,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science et culture en temps de guerre (XIXe-XXe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Cantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2998,51 +2998,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire de l’université de Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ferté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions midi-pyrénéennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, 664 p., 2020, L'époque moderne XVIe-XVIIIe siècle, Caroline Barrera et Patrick Ferté, 979-10-93498-48-5</w:t>
             </w:r>
           </w:p>
@@ -3063,547 +3063,547 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03631967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Histoire de l'université de Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ferté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Caroline Barrera et Patrick Ferté. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions midi-pyrénéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, 776 p., 2019, L’époque contemporaine XIXe-XXIe siècle, 979-10-93498-49-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02435112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Décider en éducation. Entre normes institutionnelles et pratiques des acteurs (du XVe siècle à nos jours)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Castagnet-Lars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Septentrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 350 p., 2019, Histoire et civilisations, 978-2-7574-2492-6. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.41315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.septentrion.41315⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">halshs-02084841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de l’université de Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ferté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Caroline Barrera et Patrick Ferté. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions midi-pyrénéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, 352 p., 2019, Le Moyen Âge XIIIe-XVe siècle, 979-10-93498-47-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Caroline Barrera</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner La Grande Guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cazals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 979-10-93498-29-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01920157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étudiants de l'exil.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ferté</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">, 1, 352 p., 2019, Le Moyen Âge XIIIe-XVe siècle, 979-10-93498-47-8</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires du Mirail, pp.341, 2010, 978-2-8107-0010-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">, 3, 776 p., 2019, L’époque contemporaine XIXe-XXIe siècle, 979-10-93498-49-2</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00906581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étudiants d'ailleurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires Champollion. Presses de l'Université des Sciences Sociales de Toulouse, pp.240, 2007, 978-2915699517</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...179 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...38 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00906577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sociétés savantes à Toulouse au XIXe siècle (1797-1865).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CTHS. CTHS, pp.435, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3653,51 +3653,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sociétés savantes au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études aveyronnaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3722,51 +3722,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie pédagogique des facultés et écoles toulousaines (1808-1968)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 28, </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3813,64 +3813,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Universités et Territoires, du passé faisons table rase ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Birck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Annales de la Recherche Urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Territoires et universités, 109, pp.19-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3895,51 +3895,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sociétés savantes et les facultés toulousaines (1797-1870)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 288, pp.489-501</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3964,51 +3964,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les étudiants polonais réfugiés en France (1830-1945), sources et pistes de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9, http://framespa.revues.org/549</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4033,51 +4033,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les étudiants-soldats américains en France au sortir de la Première Guerre mondiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire de l’éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 125, pp.27-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4102,51 +4102,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La première vague d'étudiants étrangers de la faculté de droit de Toulouse : les réfugiés polonais (1830-1868) », Revue des Sciences politiques, n° 54, 2e semestre 2005, pp. 45-55.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 54, pp.45-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4171,51 +4171,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La première vague d'étudiants étrangers de la faculté de droit de Toulouse : les réfugiés polonais (1830-1868)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 54, pp.45-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4249,51 +4249,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sociétés savantes au XIXe siècle, une sociabilité exceptionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Midi-Pyrénées patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, avril-juin, pp.35-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4318,51 +4318,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une société savante multinationale : la Société académique hispano-portugaise de Toulouse (1878-1894)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 109 (217), pp.72-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4419,51 +4419,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cour de récréation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caroline Barrera. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La cour de récréation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Sorèze, France. </w:t>
@@ -4537,51 +4537,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de lecture Pierre Moulinier, Les étudiants étrangers à Paris au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4599,51 +4599,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Base de données Corpus Academicum Tolosae - Les étudiants étrangers, coloniaux et français de l'étranger de la faculté de droit de Toulouse (1810-1945)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4661,51 +4661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la Révolution à 1969. La faculté des Lettres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, pp.43-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4723,51 +4723,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de lecture sur : Gheorghe Racoviţă, Ana-Maria Stan, Memoria Documentelor. Cooperarea franco-română la universitatea din Cluj, oglindită în arhiva lui Emil Racoviţă, Cluj, Presa universitară clujeană, 2007, 317 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4837,51 +4837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Barraque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -4903,51 +4903,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de lecture : WAGNER Jacques (sous la direction de), Jean-François Marmontel. Un intellectuel exemplaire au siècle des Lumières, Tulle, Mille Sources, 2003, 239 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004, pp.236-238</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4965,51 +4965,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire de l'Académie (des Sciences, Inscriptions et Belles-Lettres de Toulouse) (1807-1870)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5196,51 +5196,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04809027v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Barrera" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bidois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fonteneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Grelon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grossetti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04809038v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Claude Lequin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Blanchard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Birck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491900v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moulinier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04809007v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric Mounier-Kuhn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826353v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Pech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901681v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lefebvre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02156984v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Castagnet-Lars" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100610870" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.41351" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01686189v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~100-ans-de-recherches-meridionales~.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01686183v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01526736v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753550520/les-femmes-dans-le-monde-academique" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937423v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00991110v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906632v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906648v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906664v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906655v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906688v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906674v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906682v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828097v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828085v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Lamine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828105v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826321v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828092v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826390v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lunardi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826976v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826864v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826871v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826995v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828078v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826887v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826345v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168589v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437577v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cantier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verushka Alvizuri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonneuil" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boulanger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/science-et-culture-en-temps-de-guerre/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631967v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fert&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/histoire-de-luniversite-de-toulouse-vol-2-lepoque-moderne-xvie-xviiie-siecle/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02084841v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/septentrion/41315" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.41315" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631950v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/histoire-de-luniversite-de-toulouse-le-moyen-age-xiiie-xve-siecle/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435112v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/histoire-de-luniversite-de-toulouse-vol-3-lepoque-contemporaine-xixe-xxie-siecle/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01920157v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cazals" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/colloques/enseigner-la-grande-guerre/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906581v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906577v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168603v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02062041v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874450v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.4858" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01140853v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Baron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01526772v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906592v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906666v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168581v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00260845v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2003.11.012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168597v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168584v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01566451v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/colloques/cours-recreation/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906595v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955668v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906696v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906593v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00366566v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Abb&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Arizaleta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Barraque" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906693v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168613v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04809038v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grossetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Claude Lequin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Barrera" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Blanchard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Birck" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04491900v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bidois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Fonteneau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moulinier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Grelon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04809007v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric Mounier-Kuhn" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04809027v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826353v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Pech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901681v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lefebvre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02156984v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Castagnet-Lars" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100610870" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.41351" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01686189v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~100-ans-de-recherches-meridionales~.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01686183v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01526736v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753550520/les-femmes-dans-le-monde-academique" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00937423v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00991110v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906632v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906664v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906648v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906655v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906688v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906674v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906682v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828085v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elyes Lamine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828097v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828105v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828092v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826321v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826976v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826864v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826871v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04828078v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826995v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826887v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826390v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lunardi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826345v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168589v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437577v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cantier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verushka Alvizuri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonneuil" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boulanger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/science-et-culture-en-temps-de-guerre/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631967v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fert&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/histoire-de-luniversite-de-toulouse-vol-2-lepoque-moderne-xvie-xviiie-siecle/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435112v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/histoire-de-luniversite-de-toulouse-vol-3-lepoque-contemporaine-xixe-xxie-siecle/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02084841v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/septentrion/41315" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.41315" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631950v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/essais/histoire-de-luniversite-de-toulouse-le-moyen-age-xiiie-xve-siecle/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01920157v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cazals" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/colloques/enseigner-la-grande-guerre/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906581v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906577v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168603v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02062041v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874450v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.4858" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01140853v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Baron" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01526772v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906592v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906666v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168581v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00260845v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nuclphysa.2003.11.012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168597v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168584v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01566451v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edimip.com/catalogue/ouvrages/colloques/cours-recreation/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906595v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955668v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906696v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906593v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00366566v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Abb&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaia Arizaleta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Barraque" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906693v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00168613v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>