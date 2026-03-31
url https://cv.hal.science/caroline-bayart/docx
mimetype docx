--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -460,326 +460,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04659989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le recours au travail indépendant en début de carrière</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Workshop Synthesis: Mixed Modes and Devices - Integrating Technology into Traditional National Travel Surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Havet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Caroline Bayart</w:t>
+                <w:t xml:space="preserve">Marcelo Simas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Economie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfe.233.0107⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 76, pp.657-664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trpro.2023.12.088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283660v1</w:t>
+                <w:t xml:space="preserve">hal-04919013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed-mode household travel surveys: synthesis from three experiments in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transportation Research Procedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Part of special issue : 12th International Conference on Transport Survey Methods, 76, pp.545-554. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.trpro.2023.12.075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04659959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Workshop Synthesis: Mixed Modes and Devices - Integrating Technology into Traditional National Travel Surveys</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le recours au travail indépendant en début de carrière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Joutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Penot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcelo Simas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Procedia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 76, pp.657-664. </w:t>
+              <w:t xml:space="preserve">Revue Française d'Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (3), pp.107-153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.trpro.2023.12.088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfe.233.0107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04919013v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The adoption of smart services: do privacy concerns, trust in benevolence and usage experience matter?</w:t>
               </w:r>
@@ -1012,77 +1012,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pénibilité au travail dans les professions de l'économie verte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Penot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail et Emploi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 166-167, pp.19-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1332,51 +1332,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why do Gender Differences in Daily Mobility Behaviours persist among workers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1436,51 +1436,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement de la validation des acquis de l'expérience (VAE) à l'université : quels défis, quels bénéficiaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1756,51 +1756,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young people and the private car: A love-hate relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1860,51 +1860,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mobilité domicile-travail des actifs de l’aire urbaine lyonnaise : une approche temporelle (1995-2015)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1958,217 +1958,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02440063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge management: an asset for managing change?</w:t>
+                <w:t xml:space="preserve">Workshop Synthesis: Web-based surveys, new insight to address main challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Vallat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Bertezene</w:t>
+                <w:t xml:space="preserve">Andrés Monzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sinergie. Italian Journal of Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">Transportation Research Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32, pp.167-173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01993840v1</w:t>
+                <w:t xml:space="preserve">hal-02006919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Workshop Synthesis: Web-based surveys, new insight to address main challenges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Knowledge management: an asset for managing change?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vallat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Bertezene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrés Monzon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Bayart</w:t>
+                <w:t xml:space="preserve">Jacques Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Procedia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 32, pp.167-173</w:t>
+              <w:t xml:space="preserve">Sinergie. Italian Journal of Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02006919v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01993840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed-modes survey media and data comparability issues: a French case study</w:t>
               </w:r>
@@ -2271,725 +2271,737 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transportation Research Part A: Policy and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 116, pp.456-467. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tra.2018.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01849520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serious games in favour of knowledge management and double-loop learning ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Knowledge Management Research and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 14 (4), pp.470-477. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/kmrp.2015.29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01278291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to Combine Survey Media (Web, Telephone, Face-to-Face): Lyon and Rhône-alps Case Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transportation Research Procedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 11, pp.118 - 135. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trpro.2015.12.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01663683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workshop Synthesis: Comparing and Combining Survey Modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brett Smith</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transportation Research Procedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 11, pp.108 - 117. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.trpro.2015.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01663724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serious games : leverage for knowledge management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The TQM Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (3), pp.235 - 252. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/TQM-12-2013-0143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00957305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt du modèle &amp;quot; Hurdle &amp;quot; pour la comparaison des comportements de mobilité déclarée dans un protocole d'enquête mixte</w:t>
+                <w:t xml:space="preserve">Combining web and face-to-face in travel surveys: comparability challenges?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Transportation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 39 (6), pp.1147-1171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11116-012-9393-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13547-011-0026-4⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00733257v1</w:t>
+                <w:t xml:space="preserve">halshs-01053165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining web and face-to-face in travel surveys: comparability challenges?</w:t>
+                <w:t xml:space="preserve">Intérêt du modèle &amp;quot; Hurdle &amp;quot; pour la comparaison des comportements de mobilité déclarée dans un protocole d'enquête mixte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11116-012-9393-x⟩</w:t>
+              <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 28 (1), pp.33-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13547-011-0026-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">halshs-01053165v1</w:t>
+                <w:t xml:space="preserve">halshs-00733257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact du mode d'enquête sur la mesure des comportements de mobilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3005,164 +3017,164 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 437, pp.47-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01053167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête déplacements web - face-à-face : quelle comparabilité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers Scientifiques du Transport / Scientific Papers in Transportation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 57 | 2010, pp.141-167. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/cst.12097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00566236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le potentiel du web pour les enquêtes de mobilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3178,51 +3190,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Courrier des Statistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 129, 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00566853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3232,147 +3244,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rethinking traffic count methodologies to derive OD matrices from aggregated mobile phone data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence De Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Symposium of the European Association for Research in Transportation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05120068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deriving Origin-Destination matrices from Aggregated Mobile Phone Data : a new insight on people's mobility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence De Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3387,410 +3399,410 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Steering Committee for Transport Survey Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Da Nang, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05120053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aggregation of Mobile Phone Data: An opportunity for travel behavior analysis ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence de Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Coldefy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Conference on Travel Behaviour Research (IATBR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Vienne (Autriche), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Machine Learning Approach to adjust ridership computed from Wi-Fi data in Public Transport</w:t>
+                <w:t xml:space="preserve">Agrégation des Données Mobiles : une opportunité pour l’analyse de la mobilité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ouassim Manout</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence de Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Coldefy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium of the European Association for Research in Transportation (HEART)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Helsinki (FI), Finland</w:t>
+              <w:t xml:space="preserve">6èmes Rencontres Francophones Transport et Mobilité (RFTM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Bruxelles (BEL), Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04919340v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agrégation des Données Mobiles : une opportunité pour l’analyse de la mobilité ?</w:t>
+                <w:t xml:space="preserve">A Machine Learning Approach to adjust ridership computed from Wi-Fi data in Public Transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clémence de Rolland</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacouba Kone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouassim Manout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Coldefy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6èmes Rencontres Francophones Transport et Mobilité (RFTM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Bruxelles (BEL), Belgique</w:t>
+              <w:t xml:space="preserve">Symposium of the European Association for Research in Transportation (HEART)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Helsinki (FI), Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04919822v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04919340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From boarding counting error to error in O-D matrix estimates: how to improve the reliability of passive data?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3832,73 +3844,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th World Conference on Transport Research (WCTR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, MONTREAL QUEBEC, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de données Wi-Fi pour la connaissance de la demande de transport : l’intelligence artificielle pour estimer la fréquentation des bus ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3953,290 +3965,290 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes Rencontres Francophones Transport Mobilité (RFTM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Dijon (FRANCE), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A neglected strategy of partial service termination and its impact on customers’ patronage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Béal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lecuyer Charlotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Clot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Marketing Academy annual conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Budapest (Hungary), Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04919412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rethinking the opportunity/necessity dichotomy with a risk management- based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Saleilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème congrès de l’Académie de l’Entrepreneuriat et de l’Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02143039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young people and the private car: a love-hate relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4251,263 +4263,263 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Microéconomie Appliquée (JMA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Casablanca, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02163268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Licensing effect and insurance fraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mouminoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESA 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Licensing effect and insurance fraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mouminoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">94th WEAI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does urban structure affect the modal choice of the young adults? Evidence from the conurbation of Lyon, France (1995-2006)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4536,277 +4548,277 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Travel Behaviour Research (IATBR )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Santa Barbara, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intention d'adopter des objets connectés chez les 18-25 ans : Le rôle des normes subjectives et de la passion des gadgets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Lancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La passion des gadgets et les normes subjectives : deux déterminants de l'intention d'adopter des objets connectés chez les 18-25 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Lancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Colloque sur le Marketing Digital</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, 17ème Colloque sur le Marketing Digital, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daily immobility and mobility behaviours: An Application of hurdle models in a French case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4821,87 +4833,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference in Travel Behavior Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Santa Barbara, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daily immobility and mobility behaviours: An Application of hurdle models in a French case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4916,73 +4928,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35èmes Journées de Microéconomie Appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02002922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of accessibility and urban form on young adults modal choice: searching for the missing factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5011,73 +5023,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34e journées de microéconomie appliquée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Le Mans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobicampus-UDL: combining web-based travel survey ans smartphone app data collection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5106,168 +5118,168 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Conference of the European Survey Research Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Consumer Intention to Adopt Smart Connected-Products: Does the Category Matter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Lancini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference for Marketing in the Insurance industry (ICMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, St Gallen, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed-modes surveys and data comparability issues: a French case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5283,276 +5295,276 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Transport Survey Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Esterel Quebec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intention d'adopter des objets connectés chez les jeunes de la génération Y et Z</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Lancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COLLOQUE OBJETS CONNECTES PERSPECTIVES POUR UN DEVELOPPEMENT DURABLE - Chaire UNESCO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining factors of a CSR strategy: The case of French socio-medical establishments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Excellence in Services International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Verona, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03283580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed-Modes transport survey: a French case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5568,155 +5580,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">th Conference of the European Survey Research Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les entrepreneurs vulnérables à l’école du risque : Le rôle de la micro-assurance dans le développement d’une capacité à gérer les risques chez les entrepreneurs vulnérables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Saleilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès International Francophone sur l’Entrepreneuriat et la PME</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Trois-Rivières, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01567039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobility behaviour comparison in a mixed-mode survey using a Hurdle model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5732,73 +5744,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th World Conference on Transport Research (WCTR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of accessibility and urban form on young adults modal choice: searching for the missing factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5827,276 +5839,276 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th World Conference on Transport Research (WCTR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knowledge management, an asset for managing change ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Huelva : 19th Toulon-Verona Conference "Excellence in Services"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01491632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social Responsibility in the Medical and Social Sector: The French Example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Toulon-Verona International Conference Excellence in Services</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Palerme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to combine survey media (web, telephone, face-to-face) : application to the Lyon household travel survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6112,155 +6124,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Conference of the European Survey Research Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Reykjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02012657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de sensibilité d’un modèle d’évaluation des actifs immatériels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean de Dieu Kagambega</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48e Journées de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’accès des jeunes adultes au permis de conduire Quels facteurs explicatifs ? Analyse comparée des EMD de Lyon 1995 et 2006</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louafi Bouzouina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6269,106 +6281,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Pochet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52ème colloque de l’Association de Science Régionale de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to combine survey media (web, telephone, face-to-face)? Lyon and Rhône-Alpes case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6384,431 +6396,431 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Transport Survey Methods: Embracing Technological and Behavioral Changes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Leura, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02012658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serious games: an efficient mean to train knowledge worker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th International Conference of The Society for the Advancement of Socio-Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle convergence entre l'ESS et la RSE : pistes de réflexion à partir d'une enquête nationale sur les EHPAD et les SSIAD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIVe Rencontres du Réseau Inter-Universitaire de l'Economie Sociale et Solidaire : "L'économie sociale et solidaire et solidaire en coopérations"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01067334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serious Games And Knowledge Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Social Science and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survey Mode Integration and Data Fusion: Methods and challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Morency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BONNEL P., MADRE J.-L., LEE-GOSSELIN M., ZMUD J (Eds). 8th International conference on Survey Methods in Transport, may 2008, Annecy (France)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00329174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6818,452 +6830,452 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'essor du travail indépendant en début du vie active</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Joutard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Penot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thomas, Couppié (Coord.); Arnaud, Dupray (Coord.); Céline, Gasquet (Coord.); Elsa, Personnaz (Coord.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemins vers l’emploi et la vie adulte : l’inégalité des possibles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 4, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CEREQ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.131-140, 2022, Céreq Essentiels, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57706/cereqessentiels-04⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03935084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’entrepreneur de nécessité à l’entrepreneur vulnérable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Saleilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bérard Céline ; Teyssier Christine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La gestion des risques dans les PME : Levier de développement et de création de valeur partenariale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions ISTE, p. 229-246, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01772722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La génération Z est-elle prête à adopter des objets connectés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Lancini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Objets connectés et développement intelligent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02012640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Necessity to Vulnerable Entrepreneur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Saleilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bérard Céline; Teyssier Christine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Risk Management: Lever for SME Development and Stakeholder Value Creation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-ISTE, p.193-209, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01660285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête Web : une opportunité pour réduire la non-réponse totale dans les enquêtes ménages déplacements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7283,51 +7295,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GUILBERT P., HAZIZA D., RUIZ-GAZEN A., TILLÉ Y. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes de sondage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp. 275-279, 2008, Coll. Sciences Sup</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00320679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7337,104 +7349,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etablir une relation de fidélité dans le secteur bancaire : le cas de la cible &amp;quot; étudiants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Brignier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00865991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7444,235 +7456,235 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impact du mode de recueil des données sur la mobilité déclarée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirkan Geyik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bayart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Région Rhône-Alpes; DREAL; LAET. 2016, pp.112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01485226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les &amp;quot;serious games&amp;quot; : des leviers en faveur du knowledge management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bertezene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Lyon1. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00846779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête web auprès des non-répondants à l'enquête ménages déplacements de Lyon 2005 – 2006. Rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7685,51 +7697,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] contrat n°05MT5029 ; ISRN EQ-DRAST-PREDIT--08-01--FR, LET. 2008, pp.260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00281613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7739,100 +7751,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le potentiel du web pour les enquêtes de mobilité urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. Université Lumière - Lyon II, 2009. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00477745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7842,105 +7854,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Créer de la connaissance pour éclairer la décision stratégique en situation d'incertitude : Considérations et propositions méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bayart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Lyon 2 - Lumière, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04927618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId151"/>
+      <w:footerReference w:type="default" r:id="rId152"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8087,51 +8099,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986564v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Fabre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bayart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nicolas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bonnel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2025.105202" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964899v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu B&#233;al" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte L&#233;cuyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Clot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10946705241304191" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04659989v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mony" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.12.067" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283660v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Havet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Joutard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Penot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.233.0107" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04659959v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.12.075" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919013v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Simas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.12.088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682666v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Viot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecuyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lancini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JCM-04-2022-5299" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825848v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Kone" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouassim Manout" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2024.3485802" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165423v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204990v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2023.122509" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682702v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viot Catherine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350517v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2020.12.016" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350523v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lenne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714661v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03166260v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louafi Bouzouina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1083289ar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456502v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2020.102235" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440063v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.9552" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01993840v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bertezene" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Martin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006919v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Monzon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909405v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2018.10.063" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849520v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2018.07.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278291v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/kmrp.2015.29" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01663683v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2015.12.011" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01663724v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Smith" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2015.12.010" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00957305v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/TQM-12-2013-0143" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733257v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13547-011-0026-4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01053165v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11116-012-9393-x" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N94B8CSN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01053167v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566236v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12097" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566853v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120068v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence De Rolland" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120053v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919812v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence de Rolland" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Coldefy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919340v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919822v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919836v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919870v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919412v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecuyer Charlotte" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143039v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Saleilles" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163268v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Havet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292319v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mouminoux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Rulli&#232;re" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292326v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012643v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991059v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Lancini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991043v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002921v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002922v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012666v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012652v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991186v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012650v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991205v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283580v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567039v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012655v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012654v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491632v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012664v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012657v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012669v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Dieu Kagambega" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012668v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pochet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012658v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012662v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01067334v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012663v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00329174v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Morency" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03935084v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57706/cereqessentiels-04" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01772722v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012640v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01660285v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00320679v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865991v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Brignier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01485226v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirkan Geyik" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846779v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00281613v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00477745v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04927618v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986564v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Fabre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bayart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nicolas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bonnel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2025.105202" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964899v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu B&#233;al" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte L&#233;cuyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Clot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10946705241304191" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04659989v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mony" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.12.067" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919013v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Simas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.12.088" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04659959v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2023.12.075" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283660v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Havet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Joutard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Penot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.233.0107" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682666v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Viot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecuyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lancini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JCM-04-2022-5299" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825848v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Kone" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouassim Manout" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2024.3485802" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165423v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204990v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2023.122509" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682702v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viot Catherine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350517v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2020.12.016" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350523v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lenne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714661v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03166260v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louafi Bouzouina" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1083289ar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456502v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trd.2020.102235" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440063v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.9552" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006919v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Monzon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01993840v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bertezene" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Martin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909405v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2018.10.063" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849520v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tra.2018.07.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4XQ617KP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278291v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/kmrp.2015.29" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01663683v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2015.12.011" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01663724v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Smith" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2015.12.010" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00957305v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/TQM-12-2013-0143" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01053165v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11116-012-9393-x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-N94B8CSN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00733257v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13547-011-0026-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01053167v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566236v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/cst.12097" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00566853v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120068v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence De Rolland" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120053v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919812v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence de Rolland" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Coldefy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919822v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919340v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919836v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919870v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919412v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lecuyer Charlotte" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143039v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Saleilles" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163268v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Havet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292319v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mouminoux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Rulli&#232;re" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292326v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012643v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991059v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Lancini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991043v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002921v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002922v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012666v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012652v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991186v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012650v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991205v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283580v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012651v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567039v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012655v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012654v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491632v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012664v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012657v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012669v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Dieu Kagambega" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012668v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pochet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012658v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012662v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01067334v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012663v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00329174v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Morency" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03935084v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57706/cereqessentiels-04" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01772722v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012640v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01660285v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00320679v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00865991v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Brignier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01485226v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirkan Geyik" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846779v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00281613v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00477745v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04927618v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>