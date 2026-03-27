--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1695,200 +1695,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01239737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques de la plage en Polynésie française</w:t>
+                <w:t xml:space="preserve">L’apport de la notion de population présente dans l’analyse du peuplement littoral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Vye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@ppemonde</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1-2, pp.95-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/eps.5354⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04885701v1</w:t>
+                <w:t xml:space="preserve">hal-01239696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apport de la notion de population présente dans l’analyse du peuplement littoral</w:t>
+                <w:t xml:space="preserve">Pratiques de la plage en Polynésie française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier D. Vye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 111</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/eps.5354⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01239696v1</w:t>
+                <w:t xml:space="preserve">hal-04885701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La croisière dans l’espace polynésien : jeux de lieux et d’acteurs, pratiques, aménagements et enjeux de développement</w:t>
               </w:r>
@@ -3191,243 +3191,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04917826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iles tropicales et tourisme : entre périphéricité instrumentalisée, subie et recomposée ? Regards croisés sur trois territoires : Maurice, Nouvelle-Calédonie et Polynésie française</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Does inhabitants having a second home play only a second role in coastal territories? A case-study in Charente-Maritime (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hélène Pébarthe-Désiré</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourisme, marge et périphérie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Bretagne Occidentale, Jul 2014, Quimper, France</w:t>
+              <w:t xml:space="preserve">«New Perspectives On Second Homes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tourism, Leisure and Global Change Commission, Jun 2014, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917843v1</w:t>
+                <w:t xml:space="preserve">hal-01092753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does inhabitants having a second home play only a second role in coastal territories? A case-study in Charente-Maritime (France)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Iles tropicales et tourisme : entre périphéricité instrumentalisée, subie et recomposée ? Regards croisés sur trois territoires : Maurice, Nouvelle-Calédonie et Polynésie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Didier Vye</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pébarthe-Désiré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">«New Perspectives On Second Homes »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Tourism, Leisure and Global Change Commission, Jun 2014, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">Tourisme, marge et périphérie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Bretagne Occidentale, Jul 2014, Quimper, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01092753v1</w:t>
+                <w:t xml:space="preserve">hal-04917843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A qualified reading of the impact of tourism on island areas</w:t>
               </w:r>
@@ -4055,282 +4055,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01771785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tourisme processus d'intégration des marges, réussite et échec des politiques publiques en France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Violier</w:t>
+                <w:t xml:space="preserve">Îles tropicales et tourisme : entre périphéricité instrumentalisée et conquête de centralité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Blondy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Pébarthe-Désiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Duhamel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Blondy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourisme et périphéries. La centralité des lieux en question</w:t>
+              <w:t xml:space="preserve">Tourisme et périphéries, la centralité des lieux en question</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.17-30, 2017, Espace et territoires, 978-2-7535-5247-0</w:t>
+              <w:t xml:space="preserve">, pp.135-164, 2017, Espace et territoires, 978-2-7535-5247-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01649249v1</w:t>
+                <w:t xml:space="preserve">hal-02872914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Îles tropicales et tourisme : entre périphéricité instrumentalisée et conquête de centralité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le tourisme processus d'intégration des marges, réussite et échec des politiques publiques en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Violier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Duhamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourisme et périphéries, la centralité des lieux en question</w:t>
+              <w:t xml:space="preserve">Tourisme et périphéries. La centralité des lieux en question</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.135-164, 2017, Espace et territoires, 978-2-7535-5247-0</w:t>
+              <w:t xml:space="preserve">, pp.17-30, 2017, Espace et territoires, 978-2-7535-5247-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02872914v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme et convoitises en Océanie : le cas de Bora Bora, la &amp;quot;Perle du Pacifique</w:t>
               </w:r>
@@ -4671,173 +4671,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04917694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tourisme</w:t>
+                <w:t xml:space="preserve">Le tourisme international en Polynésie française : évolution, enjeux, lieux et pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Christiane Terrier, Marcellin Abong et Darrell Tryon. </w:t>
+              <w:t xml:space="preserve">Juan-Luis Klein et Frédéric Lasserre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">101 mots pour comprendre le Vanuatu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éd. du GRHOC, 2011, 978-2-9539908-1-2</w:t>
+              <w:t xml:space="preserve">Le Monde dans tous ses Etats, une approche géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université du Québec, 2011, 978-2-7605-3206-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917772v1</w:t>
+                <w:t xml:space="preserve">hal-04917790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tourisme international en Polynésie française : évolution, enjeux, lieux et pratiques</w:t>
+                <w:t xml:space="preserve">Tourisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Blondy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Juan-Luis Klein et Frédéric Lasserre. </w:t>
+              <w:t xml:space="preserve">Christiane Terrier, Marcellin Abong et Darrell Tryon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Monde dans tous ses Etats, une approche géographique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'Université du Québec, 2011, 978-2-7605-3206-9</w:t>
+              <w:t xml:space="preserve">101 mots pour comprendre le Vanuatu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éd. du GRHOC, 2011, 978-2-9539908-1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04917790v1</w:t>
+                <w:t xml:space="preserve">hal-04917772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5187,51 +5187,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5FA883D2"/>
+    <w:nsid w:val="21060102"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5335,51 +5335,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E1B494EC"/>
+    <w:nsid w:val="951FE992"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5569,51 +5569,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-blondy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4483-6216" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152287701" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lienss.univ-larochelle.fr/Equipe-AGILE" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecop.univ-lr.fr/Observatoire_des_Pratiques.htm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unilim.fr/recherche/2017/11/13/envidiles/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lienss.univ-larochelle.fr/ASPAQUE" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lienss.univ-larochelle.fr/R%C2%B2QUALIEN" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gisetudestouristiques.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://associationastres.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gisetudestouristiques.fr/encyclopedie/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434506v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schuft" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Blondy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15e3i" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972537v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cognard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rufin-Soler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ekz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875142v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.10694" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875124v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.10776" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363382v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.10589" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897038v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.745.0037" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03525062v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bousquet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vye" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021038" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469414v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne P&#233;barthe-D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.3931" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494820v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Vye" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bontet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Donnat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.1283" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444230v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vacher" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3344" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04911277v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Vermande" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239737v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04885701v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239696v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.5354" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04911303v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.5143" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04885995v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897443v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.521" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897440v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.243" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647756v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999655v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897437v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975026v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471936v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615953v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446423v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228606v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01230694v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernardie-Tahir" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chevalier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228642v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bellanger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917826v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917843v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092753v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239857v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917804v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615960v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duhamel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866027v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4322" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933533v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771785v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Routledge-Handbook-of-Second-Home-Tourism-and-Mobilities/Hall-Muller/p/book/9781138678316" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315559056-20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649249v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Violier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872914v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615962v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897492v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615951v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446422v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917694v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917772v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917790v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877636v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450165v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Riollet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-blondy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4483-6216" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152287701" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lienss.univ-larochelle.fr/Equipe-AGILE" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecop.univ-lr.fr/Observatoire_des_Pratiques.htm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unilim.fr/recherche/2017/11/13/envidiles/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lienss.univ-larochelle.fr/ASPAQUE" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lienss.univ-larochelle.fr/R%C2%B2QUALIEN" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gisetudestouristiques.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://associationastres.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gisetudestouristiques.fr/encyclopedie/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434506v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schuft" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Blondy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15e3i" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972537v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cognard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rufin-Soler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ekz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875142v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.10694" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875124v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.10776" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363382v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/viatourism.10589" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897038v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.745.0037" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03525062v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bousquet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vye" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2021038" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469414v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne P&#233;barthe-D&#233;sir&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bagf.3931" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494820v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Vye" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bontet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Donnat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.1283" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444230v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vacher" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3344" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04911277v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Vermande" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239737v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239696v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.5354" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04885701v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04911303v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.5143" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04885995v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897443v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.521" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897440v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.243" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647756v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999655v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897437v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975026v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471936v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615953v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446423v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228606v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01230694v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernardie-Tahir" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chevalier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228642v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bellanger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917826v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092753v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917843v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239857v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917804v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615960v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duhamel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866027v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4322" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933533v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771785v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Routledge-Handbook-of-Second-Home-Tourism-and-Mobilities/Hall-Muller/p/book/9781138678316" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315559056-20" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872914v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649249v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Violier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615962v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897492v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615951v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446422v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917694v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917790v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04917772v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877636v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450165v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Riollet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>