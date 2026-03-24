--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,575 +66,575 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geografía sensible y horticultura de la escucha.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Esclapez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Boë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Pardo Salgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Taravilla Baquero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ITAMAR. Revista de investigación musical: territorios para el arte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, pp.114-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7203/itamar.11.31018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05283370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’œuvre échappe : entretien avec Zad Moultaka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zad Moultaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Boë</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filigrane - Musique, esthétique, sciences, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/158iz⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05428923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le laboratoire Perception, Représentations, Image, Son, Musique (PRISM) ou la vie des archives entre recherche et création</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Esclapez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Adjiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Boë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ferrando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Cesaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Culture et recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, La science ouverte (144), pp.136-137</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ces sons qui nous envahissent : field recordings, balades et paysages sonores éco-artivistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Boë</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filigrane - Musique, esthétique, sciences, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56698/filigrane.1104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03336095v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ces sons qui nous envahissent ; Vers une typologie écosophique de l'écoute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Prix Scientifique L'Harmattan, 978-2-336-52656-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05428971v1</w:t>
-              </w:r>
-[...441 lines deleted...]
-                <w:t xml:space="preserve">hal-03336095v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -652,51 +652,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horticulture de l'écoute et OGM (Objet G Musical)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Presencies sonores: disseminant llavors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Gérone UdG, Oct 2024, Girone, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -721,51 +721,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du corps à l’environnement : Le projet Anthropophony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole Supérieure d'Art d'Aix-en-Provence, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peter Sinclair, Cedric Parisot, Pénélope Patrix, Mar 2024, Aix-En-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -803,64 +803,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Corsica Sud-Archives [CO S-A] project or How to practice and share intangible heritage in a Mediterranean island territory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Simonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Esclapez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FARO CONVENTION INTERNATIONAL CONFERENCE 2024: Transforming through co-creation : participatory heritage practices tackling urban challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UNESCO, Jan 2024, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -885,64 +885,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COSA : Un proyecto que combina investigación, creación y acción. Pigna. Balagne. Corsica.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Esclapez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Simonnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -974,234 +974,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Listen to the sounds that invade us</w:t>
+                <w:t xml:space="preserve">Un projet entre recherche, création et action Médiation scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Boë</w:t>
+                <w:t xml:space="preserve">Christine Esclapez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Boe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Simonnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Unheard landscapes. listening, resonating, inhabiting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Olivier Gaudin, Francesco Michi, Jean-Paul Thibaud, Nicolas Tixier, Lolita Voisin, Stefano Zorzanello, Oct 2021, Blois, France. pp.46-55</w:t>
+              <w:t xml:space="preserve">Séminaire de recherche, SATIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SATIS, Aubagne, Sep 2023, Aubagne (13400), Bouches-du-Rhône, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04127129v1</w:t>
+                <w:t xml:space="preserve">hal-04456802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un projet entre recherche, création et action Médiation scientifique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Josephine Simonnot</w:t>
+                <w:t xml:space="preserve">Listen to the sounds that invade us</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de recherche, SATIS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SATIS, Aubagne, Sep 2023, Aubagne (13400), Bouches-du-Rhône, France</w:t>
+              <w:t xml:space="preserve">Unheard landscapes. listening, resonating, inhabiting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Olivier Gaudin, Francesco Michi, Jean-Paul Thibaud, Nicolas Tixier, Lolita Voisin, Stefano Zorzanello, Oct 2021, Blois, France. pp.46-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04456802v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04127129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restitution du projet [CO S-A], territoires sonores et création</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Boë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Esclapez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Ginouvès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1269,51 +1269,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Listen to the sounds that invade us</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">X International FKL Symposium on Soundscape "Unheard Landscapes"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FKL | École de la Nature et du Paysage | AAU CRESSON, Oct 2021, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1338,51 +1338,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petit musée virtuel de la Pollution sonore : la sonothèque anthropohony.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">No(s)Limites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESAAIX, Locus Sonus, Dec 2021, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1407,51 +1407,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The polluted soundscape as music. Reflections on soundwalks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NCMM Nova Contemporary Music Meeting 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CESEM | Faculdade de Ciências Sociais e Humanas | UNIVERSIDADE NOVA DE LISBOA, May 2021, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1476,51 +1476,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ces sons qui nous envahissent, du dénoncé à l'énoncer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Nationales sur les Recherches en Musique 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la Culture, Oct 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1545,51 +1545,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le musilangage : une hypothèse d'origine commune entre la proto-musique et le proto-langage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers une sémiotique du sonore</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PRISM AMU-CNRS, Jan 2018, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1646,64 +1646,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pigna, une maison de l’écoute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Boë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Esclapez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1753,64 +1753,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écoute(s) active(s) en « territoire-laboratoire » infra-insulaire : Pigna, une maison de l'écoute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Esclapez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dos ou face au monde, habiter les îles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IMBERNON, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1835,51 +1835,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du désir d'écouter l'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sons, Musique et Thérapie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, CNRS, A paraître, Sons Musique et Thérapies</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1936,51 +1936,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DREAM CITY Retour de résidence d'immersion, octobre 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1998,51 +1998,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « trésors du signifiant » dans les Récitations de Georges Aperghis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2060,51 +2060,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LE PASTICHE MUSICAL COMME INTERPRÉTATION CRITIQUE ET ARTISTIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Boë</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2291,51 +2291,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428971v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bo&#235;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/ces-sons-qui-nous-envahissent/80730" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283370v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Esclapez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Pardo Salgado" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Taravilla Baquero" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7203/itamar.11.31018" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428923v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zad Moultaka" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/158iz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04214433v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Adjiman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ferrando" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cesaro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336095v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/filigrane.1104" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429384v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429385v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04456751v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Simonnot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790556v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127129v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456802v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124842v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ginouv&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Simonnot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Casalonga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501018v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501036v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336098v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119991v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004782v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397177v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04214403v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416873v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333370v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004780v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004784v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283370v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Esclapez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bo&#235;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Pardo Salgado" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Taravilla Baquero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7203/itamar.11.31018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428923v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zad Moultaka" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/158iz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04214433v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Adjiman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ferrando" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cesaro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336095v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/filigrane.1104" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05428971v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/ces-sons-qui-nous-envahissent/80730" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429384v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429385v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04456751v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Simonnot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790556v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456802v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127129v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124842v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Ginouv&#232;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Simonnot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Casalonga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501018v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501036v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336098v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119991v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004782v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397177v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04214403v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416873v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333370v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004780v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004784v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>