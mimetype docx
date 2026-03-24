--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1204,187 +1204,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02784810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ÉTUDE DIDACTIQUE DES GESTES PROFESSIONNELS D'UN ENSEIGNANT DÉBUTANT EN FORMATION</w:t>
+                <w:t xml:space="preserve">Essai d’une progression sur le cercle pour l’école primaire. Une transition clé : du gabarit au compas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bulf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en Didactiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Grand N, Revue de mathématiques, de sciences et technologie pour les maîtres de l’enseignement primaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02511783v1</w:t>
+                <w:t xml:space="preserve">hal-02515834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essai d’une progression sur le cercle pour l’école primaire. Une transition clé : du gabarit au compas</w:t>
+                <w:t xml:space="preserve">ÉTUDE DIDACTIQUE DES GESTES PROFESSIONNELS D'UN ENSEIGNANT DÉBUTANT EN FORMATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bulf</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentina Celi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grand N, Revue de mathématiques, de sciences et technologie pour les maîtres de l’enseignement primaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches en Didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22, pp.43-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdid.022.0043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02515834v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02511783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des conditions du développement professionnel d’enseignants du premier degré. Genèse de gestes professionnels et pragmatisation de concepts didactiques</w:t>
               </w:r>
@@ -4631,51 +4631,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="034786FD"/>
+    <w:nsid w:val="716845D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4862,51 +4862,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-bulf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-9146-7131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386648v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bulf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48782/e-jiref-11-1-89" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166207v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Anquetil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05136797v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Billon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1111943ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689953v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166179v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.1404" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03874979v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon Faure" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beaugrand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mendon&#231;a Dias" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874888v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon-Faur&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03519828v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beaugrand, C&#233;line" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celi Valentina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524122v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511744v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784810v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511783v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid.022.0043" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515834v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283621v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Champagne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalina Coulange" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lhoste" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.9879" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511761v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Isabel Barrera-Curin&#185;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515840v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147264v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Math&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Mithalal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101887v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283634v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283626v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208213v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gachassin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954739v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Perrin-Glorian" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283642v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518525v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874643v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05134606v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bulf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dutaut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Foulquier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lambert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Reydy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799189v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799856v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517085v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316930v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518680v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Arditi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800145v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01103335v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04625218v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419322v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Champagne-Vergez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Shneeberger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulf Caroline" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoste Yann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518677v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163957v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800300v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514506v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947463v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Wozniak" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452878v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kuzniak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Denys" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452881v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Parzysz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00369503v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05531683v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-bulf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-9146-7131" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386648v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bulf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48782/e-jiref-11-1-89" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166207v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Anquetil" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05136797v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Billon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1111943ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689953v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166179v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/adsc.1404" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03874979v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Celi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon Faure" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beaugrand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mendon&#231;a Dias" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874888v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Millon-Faur&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03519828v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beaugrand, C&#233;line" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celi Valentina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524122v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511744v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784810v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515834v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511783v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid.022.0043" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283621v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Champagne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lalina Coulange" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lhoste" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.9879" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511761v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Isabel Barrera-Curin&#185;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02515840v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147264v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Math&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Mithalal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101887v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283634v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283626v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208213v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gachassin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954739v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Perrin-Glorian" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283642v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518525v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874643v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05134606v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bulf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dutaut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Foulquier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lambert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Reydy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799189v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02799856v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517085v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316930v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518680v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Arditi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800145v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01103335v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04625218v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419322v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Champagne-Vergez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Shneeberger" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulf Caroline" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoste Yann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518677v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163957v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800300v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514506v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947463v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Wozniak" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452878v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kuzniak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cabassut" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Denys" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452881v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Parzysz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chambris" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00369503v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05531683v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>