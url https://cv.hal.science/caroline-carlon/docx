--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -664,178 +664,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03922102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’expérience politique du couple noble à la fin du Moyen Âge. Parcours croisés entre Provence et Savoie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Écrit et pouvoir dans la vallée de l’Ubaye (XIIIe – XVIIe s.): pour une approche matérielle et diplomatique des sources.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire des Médiévistes d'Aix-Marseille (SMAM), « L’expérience du politique au Moyen Âge : modèles, pratiques, espaces et acteurs »,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vivien Barro (AMU Telemme); Vincent Cavallo (AMU Telemme); Giovanni Ziggiotto (AMU Telemme - Université de Milan), Jun 2023, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Les Alpes à la Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Barcelonnette (04400), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04136422v1</w:t>
+                <w:t xml:space="preserve">hal-04057732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écrit et pouvoir dans la vallée de l’Ubaye (XIIIe – XVIIe s.): pour une approche matérielle et diplomatique des sources.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’expérience politique du couple noble à la fin du Moyen Âge. Parcours croisés entre Provence et Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Briffaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Alpes à la Renaissance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Barcelonnette (04400), France</w:t>
+              <w:t xml:space="preserve">Séminaire des Médiévistes d'Aix-Marseille (SMAM), « L’expérience du politique au Moyen Âge : modèles, pratiques, espaces et acteurs »,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vivien Barro (AMU Telemme); Vincent Cavallo (AMU Telemme); Giovanni Ziggiotto (AMU Telemme - Université de Milan), Jun 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04057732v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04136422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enquête comme outil de gestion des risques à travers l’étude du corpus provençal (XIIIe-XIVe siècles)</w:t>
               </w:r>
@@ -1494,165 +1494,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03793226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conférence donnée lors des Journées du Patrimoine 2021 à Eguilles (Bouches-du-Rhône) : &amp;quot;L'histoire d'Eguilles aux périodes médiévale et moderne</w:t>
+                <w:t xml:space="preserve">Poster pour les Journées du Patrimoine 2021 à Uchaux (Vaucluse) : &amp;quot;Le Castellas d'Uchaux et les seigneurs des Baux, princes d'Orange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Européennes du Patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2021, Eguilles, France</w:t>
+              <w:t xml:space="preserve">, Sep 2021, Uchaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793216v1</w:t>
+                <w:t xml:space="preserve">hal-03831200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poster pour les Journées du Patrimoine 2021 à Uchaux (Vaucluse) : &amp;quot;Le Castellas d'Uchaux et les seigneurs des Baux, princes d'Orange</w:t>
+                <w:t xml:space="preserve">Conférence donnée lors des Journées du Patrimoine 2021 à Eguilles (Bouches-du-Rhône) : &amp;quot;L'histoire d'Eguilles aux périodes médiévale et moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Européennes du Patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2021, Uchaux, France</w:t>
+              <w:t xml:space="preserve">, Sep 2021, Eguilles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831200v1</w:t>
+                <w:t xml:space="preserve">hal-03793216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conférence données lors des Journées du Patrimoine 2021 à Uchaux (Vaucluse) : &amp;quot;Le Castellas d'Uchaux et les seigneurs des Baux, princes d'Orange</w:t>
               </w:r>
@@ -2603,151 +2603,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03823934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Version d'auteur : &amp;quot;Notes de synthèse sur l'église paroissiale, le presbytère et la maison du receveur des douanes de Saint-Laurent-du-Maroni (Guyane)</w:t>
+                <w:t xml:space="preserve">Version d'auteur : &amp;quot;Le fort Trio (Guyane)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Caroline Carlon, consultante en recherches historiques; Cabinet Bortolussi, ACMH. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03824475v1</w:t>
+                <w:t xml:space="preserve">hal-03823962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Version d'auteur : &amp;quot;Le fort Trio (Guyane)</w:t>
+                <w:t xml:space="preserve">Version d'auteur : &amp;quot;Notes de synthèse sur l'église paroissiale, le presbytère et la maison du receveur des douanes de Saint-Laurent-du-Maroni (Guyane)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Caroline Carlon, consultante en recherches historiques; Cabinet Bortolussi, ACMH. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03823962v1</w:t>
+                <w:t xml:space="preserve">hal-03824475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Version d'auteur : &amp;quot;Notes de synthèse sur la maison des sœurs, la maison du médecin-major et la maison &amp;quot;des phares et balises&amp;quot; et le quartier des condamnés des Îles du Saluts (Guyane)</w:t>
               </w:r>
@@ -3103,51 +3103,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="58F83E9C"/>
+    <w:nsid w:val="26F617EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3334,51 +3334,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-carlon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612238v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Carlon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722712v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Surmely" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Farfallini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793189v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bercet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736337v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205542v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922102v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136422v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Briffaz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057732v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793242v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793237v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793204v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793236v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799177v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822993v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736340v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Renault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fray" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Treffort" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793226v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauchamp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793216v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831200v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793221v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793211v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793169v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736379v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flohic Jean-Luc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555292v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vella" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kharlanova Anna" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Delanghe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mailloux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823116v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824919v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824480v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824949v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823929v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830437v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825016v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823934v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824475v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823962v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824451v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824871v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823958v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793188v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-carlon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612238v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Carlon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722712v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Surmely" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Farfallini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793189v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bercet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736337v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205542v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922102v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057732v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136422v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Briffaz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793242v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793237v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793204v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793236v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799177v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822993v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736340v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Renault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fray" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Treffort" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793226v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauchamp" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831200v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793216v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793221v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793211v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793169v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736379v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flohic Jean-Luc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555292v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vella" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kharlanova Anna" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Delanghe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mailloux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823116v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824919v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824480v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824949v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823929v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830437v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825016v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823934v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823962v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824475v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824451v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824871v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823958v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793188v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>