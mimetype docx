--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -413,251 +413,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looting and its impact: the case of Alexander tetradrachms from Syria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Minted Silver in the Empire of Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Duyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Simon Glenn</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Simon Glenn; Frédérique Duyrat; Andrew Meadows. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alexander the Great. A Linked Open World</w:t>
+              <w:t xml:space="preserve">Alexander the Great. A linked Open World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 116, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.163-178, 2018, Scripta antiqua, 9782356132352</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ausonius Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.127-146, 2018, Scripta Antiqua, 978-2-35613-235-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04613627v1</w:t>
+                <w:t xml:space="preserve">hal-02559643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minted Silver in the Empire of Alexander</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Olivier</w:t>
+                <w:t xml:space="preserve">Looting and its impact: the case of Alexander tetradrachms from Syria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
+                <w:t xml:space="preserve">Simon Glenn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Simon Glenn; Frédérique Duyrat; Andrew Meadows. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alexander the Great. A linked Open World</w:t>
+              <w:t xml:space="preserve">Alexander the Great. A Linked Open World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 116, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ausonius Éditions</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.127-146, 2018, Scripta Antiqua, 978-2-35613-235-2</w:t>
+                <w:t xml:space="preserve">Ausonius Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.163-178, 2018, Scripta antiqua, 9782356132352</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02559643v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Définitions chronologiques et géographiques des frontières de la province de Crète-Cyrénaïque au Ier s. a.C. : l'apport des sources textuelles et numismatiques</w:t>
               </w:r>
@@ -1300,178 +1300,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une économie de la piraterie en Crète à l’époque hellénistique ?</w:t>
+                <w:t xml:space="preserve">The Renewal of Ancient Numismatics in the Digital Era</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Piraterie, course et structures étatiques dans les mondes grecs hellénistiques du IVe siècle à la fin du IIe siècle avant notre ère</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, J.-Ch. Couvenhes, B. Legras et L. Rossi (Sorbonne Université), Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">The Future of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, G. Glasson-Deschaumes (MSH Mondes) et M. Heinz (Université de Paris Nanterre), Nov 2023, Nanterre (92), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391772v1</w:t>
+                <w:t xml:space="preserve">hal-04391761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Renewal of Ancient Numismatics in the Digital Era</w:t>
+                <w:t xml:space="preserve">Une économie de la piraterie en Crète à l’époque hellénistique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Trommenschlager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Future of Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, G. Glasson-Deschaumes (MSH Mondes) et M. Heinz (Université de Paris Nanterre), Nov 2023, Nanterre (92), France</w:t>
+              <w:t xml:space="preserve">Piraterie, course et structures étatiques dans les mondes grecs hellénistiques du IVe siècle à la fin du IIe siècle avant notre ère</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, J.-Ch. Couvenhes, B. Legras et L. Rossi (Sorbonne Université), Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04391761v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04391772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Database for the French Excavations Coins in Greece</w:t>
               </w:r>
@@ -1697,359 +1697,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04571796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La base de données des études de coins de SILVER</w:t>
+                <w:t xml:space="preserve">The die study database of the SILVER ERC project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frapper monnaie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Thomas Faucher et Caroline Carrier, Jun 2021, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Long Table (online)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Numismatic Society, Jul 2021, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04571800v1</w:t>
+                <w:t xml:space="preserve">hal-04571799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The die study database of the SILVER ERC project</w:t>
+                <w:t xml:space="preserve">La base de données des études de coins de SILVER</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Long Table (online)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American Numismatic Society, Jul 2021, New York, United States</w:t>
+              <w:t xml:space="preserve">Frapper monnaie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Thomas Faucher et Caroline Carrier, Jun 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04571799v1</w:t>
+                <w:t xml:space="preserve">hal-04571800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La monnaie, une source fondamentale à l’histoire de Cnossos (IIIe-IIe siècles)</w:t>
+                <w:t xml:space="preserve">Les monnaies crétoises du premier tiers du Ier s. av. J.-C. : état de la question et perspectives de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vassiliki Stefanaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monetary and Social Aspects of Hellenistic Crete</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, F. Carbone (Université de Salerne), Jun 2018, Athènes, Grèce. pp.205-219</w:t>
+              <w:t xml:space="preserve">, F. Carbone (Université de Salerne), Jun 2018, Athènes, Grèce. pp.245-259</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04603707v1</w:t>
+                <w:t xml:space="preserve">hal-04603521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les monnaies crétoises du premier tiers du Ier s. av. J.-C. : état de la question et perspectives de recherche</w:t>
+                <w:t xml:space="preserve">La monnaie, une source fondamentale à l’histoire de Cnossos (IIIe-IIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vassiliki Stefanaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monetary and Social Aspects of Hellenistic Crete</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, F. Carbone (Université de Salerne), Jun 2018, Athènes, Grèce. pp.245-259</w:t>
+              <w:t xml:space="preserve">, F. Carbone (Université de Salerne), Jun 2018, Athènes, Grèce. pp.205-219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04603521v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looting and its impact: the case of Alexander tetradrachms from Syria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Glenn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Linked Open World: Alexander the Great, Transnational Heritage and the Semantic Web</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fr. Duyrat (BnF) et A. Meadows (University of Oxford), Apr 2017, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2087,51 +2087,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le système des monnaies de bronze crétoises de l’époque hellénistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vassiliki Stefanaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV International Numismatic Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Numismatic Congress (INC), Sep 2015, Taormine, Italie. pp.470-474</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2156,90 +2156,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of Alexander’s conquest on minted silver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryse Blet-Lemarquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Duyrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Linked Open World: Alexander the Great, Transnational Heritage and the Semantic Web</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2354,51 +2354,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D493C1A9"/>
+    <w:nsid w:val="F7C5BCC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2585,51 +2585,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-carrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2768-5690" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/226547612" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746210v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Carrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613627v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Glenn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/collections/catalogue?coll=Scripta%20antiqua" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02559643v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Olivier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Duyrat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/collections?coll=Scripta+antiqua" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613636v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevrollier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04391743v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arch.181.0173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571785v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571783v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04391723v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571786v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483886v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.WSA-EB.5.144856" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571791v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04391772v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04391761v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trommenschlager" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571780v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571794v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Kremydi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571796v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Artru" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571800v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571799v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04603707v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603521v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassiliki Stefanaki" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04603873v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603476v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03031708v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/caroline-carrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2768-5690" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/226547612" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746210v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Carrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02559643v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Olivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Duyrat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/collections?coll=Scripta+antiqua" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613627v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Glenn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/collections/catalogue?coll=Scripta%20antiqua" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613636v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevrollier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04391743v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arch.181.0173" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571785v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571783v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04391723v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571786v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483886v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.WSA-EB.5.144856" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571791v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04391761v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trommenschlager" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04391772v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571780v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571794v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Kremydi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571796v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Artru" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571799v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571800v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603521v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassiliki Stefanaki" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04603707v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-04603873v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603476v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-03031708v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>