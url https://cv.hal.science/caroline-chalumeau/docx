--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -651,76 +651,76 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismological evidence for a multifault network at the subduction interface</w:t>
+                <w:t xml:space="preserve">Seismological evidence for a multi-fault network at the Ecuadorian subduction interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chalumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hans Agurto‐detzel</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Agurto-Detzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Rietbrock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -730,324 +730,324 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Onno Oncken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2024 (AGU 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04920458v1</w:t>
+                <w:t xml:space="preserve">hal-04924430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What repeating earthquakes can tell us about postseismic slip and fluid circulation in the Ecuadorian subduction zone</w:t>
+                <w:t xml:space="preserve">Seismological evidence for a multifault network at the subduction interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chalumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Agurto‐detzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Rietbrock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Frietsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Onno Oncken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2024 (AGU 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Washington (DC), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11322⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04843219v1</w:t>
+                <w:t xml:space="preserve">hal-04920458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismological evidence for a multi-fault network at the Ecuadorian subduction interface</w:t>
+                <w:t xml:space="preserve">What repeating earthquakes can tell us about postseismic slip and fluid circulation in the Ecuadorian subduction zone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chalumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Agurto-Detzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Charvis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna (Austria), Austria. pp.EGU24-11322, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04924430v1</w:t>
+                <w:t xml:space="preserve">hal-04843219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic imaging across a slow slip event area, along the Ecuadorian subduction zone</w:t>
               </w:r>
@@ -1152,411 +1152,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04288486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeating earthquakes cluster at the edges of the afterslip in the aftermath of the 16th April 2016 M7.8 Pedernales earthquake in Ecuador</w:t>
+                <w:t xml:space="preserve">Repeating earthquakes follow afterslip gradient in the aftermath of the 16th April 2016 M7.8 Pedernales earthquake in Ecuador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chalumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Agurto-Detzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Louis de Barros</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis De Barros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Charvis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Galve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union Fall Meeting 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Geophysical Union General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. pp.EGU21-2918, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-2918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03533003v1</w:t>
+                <w:t xml:space="preserve">hal-03221112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The August 14, 2021 Nippes, Haiti Earthquake Mainshock and Aftershock Sequence Recorded by The Ayiti-seismes Citizen Network</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Françoise Courboulex</w:t>
+                <w:t xml:space="preserve">Repeating earthquakes cluster at the edges of the afterslip in the aftermath of the 16th April 2016 M7.8 Pedernales earthquake in Ecuador</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chalumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Agurto-Detzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Charvis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Galve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union, AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, New Orleans (US), United States. pp.S45H--2525</w:t>
+              <w:t xml:space="preserve">American Geophysical Union Fall Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558654v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeating earthquakes follow afterslip gradient in the aftermath of the 16th April 2016 M7.8 Pedernales earthquake in Ecuador</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hans Agurto-Detzel</w:t>
+                <w:t xml:space="preserve">The August 14, 2021 Nippes, Haiti Earthquake Mainshock and Aftershock Sequence Recorded by The Ayiti-seismes Citizen Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Monfret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lomax</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvert Paul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis De Barros</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Audrey Galve</w:t>
+                <w:t xml:space="preserve">Bertrand Delouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Courboulex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geophysical Union General Assembly 2021</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">American Geophysical Union, AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, New Orleans (US), United States. pp.S45H--2525</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03221112v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging the megathrust in subduction zones: lessons from Greece, Ecuador and the Lesser Antilles</w:t>
               </w:r>
@@ -2198,51 +2198,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717945v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chalumeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rietbrock" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Frietsch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onno Oncken" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07245-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026203v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto&#8208;detzel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Barros" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB025353" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221093v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Galve" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB021746" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524420v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Dessa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Beslier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Schenini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chamot-Rooke" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Corradi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences10030108" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920458v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843219v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11322" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924430v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11125" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04288486v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Skrubej" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galv&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Laigle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ribodetti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533003v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lomax" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221112v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis De Barros" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-2918" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360728v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Boucard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-14636" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Agurto-Detzel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Barros" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381960v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03827086v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022COAZ4037" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717945v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chalumeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Rietbrock" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Frietsch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onno Oncken" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07245-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026203v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto&#8208;detzel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Barros" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JB025353" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221093v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Galve" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB021746" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524420v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Xavier Dessa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Beslier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Schenini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chamot-Rooke" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Corradi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences10030108" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924430v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11125" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920458v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843219v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11322" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04288486v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Skrubej" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galv&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Laigle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ribodetti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221112v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis De Barros" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-2918" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533003v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558654v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Monfret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lomax" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvert Paul" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delouis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Courboulex" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360728v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne B&#233;cel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Boucard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-14636" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Agurto-Detzel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Barros" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381960v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03827086v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022COAZ4037" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>