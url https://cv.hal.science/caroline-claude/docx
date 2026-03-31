--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -263,204 +263,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02103755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les vases à fond percé : pratique de la distillation per descensum au bas Moyen Age en Île-de-France</w:t>
+                <w:t xml:space="preserve">Le pignon sud du grand logis du Collège des Bernardins. Remblais urbains, chantier de construction et production céramique sur la rive gauche de Paris au XIIIe s.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Thomas</w:t>
+                <w:t xml:space="preserve">Séverine Hurard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Ravoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 4, pp.267-288</w:t>
+              <w:t xml:space="preserve">, 2011, 4, pp.289-316</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02101186v1</w:t>
+                <w:t xml:space="preserve">hal-02101276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pignon sud du grand logis du Collège des Bernardins. Remblais urbains, chantier de construction et production céramique sur la rive gauche de Paris au XIIIe s.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Séverine Hurard</w:t>
+                <w:t xml:space="preserve">Les vases à fond percé : pratique de la distillation per descensum au bas Moyen Age en Île-de-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Ravoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique d'Île-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 4, pp.289-316</w:t>
+              <w:t xml:space="preserve">, 2011, 4, pp.267-288</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02101276v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02101186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama des productions céramiques médiévales en pâte rouge de Dourdan (Essonne)</w:t>
               </w:r>
@@ -900,199 +900,199 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La tessonnière médiévale du collège des Bernardins (Paris Ve arr.)</w:t>
+                <w:t xml:space="preserve">Le dépôt de vases dans les tombes en Île-de-France. Une pratique répandue au Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Archéa : Archéologie en pays de France. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Paccard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Ravoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Bocquet-Liénard; Cécile Niel; Stéphanie Dervin; Vincent Hincker. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les petits pots dans les grands, potiers antiques et médiévaux du pays de France : Catalogue d’exposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Silvana Editoriale, pp.104-105, 2017, 9788836636457</w:t>
+              <w:t xml:space="preserve">Des pots dans la tombe (IXe-XVIIIe s.), Regards croisés sur une pratique funéraire en Europe de l’Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Caen, pp.209-222, 2017, Publications du CRAHAM. Série antique et médiévale, 978-2-84133-851-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02103762v1</w:t>
+                <w:t xml:space="preserve">hal-02101469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dépôt de vases dans les tombes en Île-de-France. Une pratique répandue au Moyen Âge</w:t>
+                <w:t xml:space="preserve">La tessonnière médiévale du collège des Bernardins (Paris Ve arr.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Anne Bocquet-Liénard; Cécile Niel; Stéphanie Dervin; Vincent Hincker. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archéa : Archéologie en pays de France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des pots dans la tombe (IXe-XVIIIe s.), Regards croisés sur une pratique funéraire en Europe de l’Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Caen, pp.209-222, 2017, Publications du CRAHAM. Série antique et médiévale, 978-2-84133-851-1</w:t>
+              <w:t xml:space="preserve">Les petits pots dans les grands, potiers antiques et médiévaux du pays de France : Catalogue d’exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Silvana Editoriale, pp.104-105, 2017, 9788836636457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02101469v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un four de potier du début du XIIIe siècle à Dammartin-en-Goële (Seine-et-Marne)</w:t>
               </w:r>
@@ -1203,51 +1203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bourgeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Guadagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Hurard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque international de Douai (5-8 octobre 2010) : Tourner autour du pot … Les ateliers de potiers médiévaux du Ve au XIIe siècle dans l’espace européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaire de Caen, pp.139-147, 2015, Publications du CRAHAM, 978-2-84133-524-4</w:t>
@@ -1406,51 +1406,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02101123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (29)</w:t>
+        <w:t xml:space="preserve">Rapport (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1558,3279 +1558,3384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanterre (Hauts-de-Seine), Parc des Anciennes Mairies : rapport de fouille programmée 2023</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Samuelian</w:t>
+                <w:t xml:space="preserve">Paris, 5e arrondissement, Hôtel de Senlis, 7 rue Malebranche : rapport de fouille archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bustos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Inrap. 2024</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Cavanna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DHHAP-Ville de Paris. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697316v1</w:t>
+                <w:t xml:space="preserve">hal-05544046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arpajon (Essonne), Coeur de Ville : phase 3 (février-avril 2021 / avril-juin 2022) : Grande rue, Rue Guinchard, Place du Marché, Rue Raspail : rapport de diagnostic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Bustos</w:t>
+                <w:t xml:space="preserve">Nanterre (Hauts-de-Seine), Parc des Anciennes Mairies : rapport de fouille programmée 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Pecqueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Samuelian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabien Pilon</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Drwila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF. 2024, 1 vol. (429 p.)</w:t>
+              <w:t xml:space="preserve">Inrap. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04845751v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Île-de-France, Essonne (91), Dourdan, 22 rue Jubé de la Pérelle. Rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Desrayaud</w:t>
+                <w:t xml:space="preserve">Arpajon (Essonne), Coeur de Ville : phase 3 (février-avril 2021 / avril-juin 2022) : Grande rue, Rue Guinchard, Place du Marché, Rue Raspail : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Goustard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bustos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2024</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pilon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF. 2024, 1 vol. (429 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04903645v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mantes-la-Jolie (Yvelines), 74 rue de la Porte aux Saints : rapport de fouille archéologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romana Blaser</w:t>
+                <w:t xml:space="preserve">Île-de-France, Essonne (91), Dourdan, 22 rue Jubé de la Pérelle. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Desrayaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2023</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Giorgi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04207296v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04903645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marly-la-Ville, 5 – 15, rue Gabriel Péri «Le Village» : rapport de fouille</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Abadie</w:t>
+                <w:t xml:space="preserve">Mantes-la-Jolie (Yvelines), 74 rue de la Porte aux Saints : rapport de fouille archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pucheu-Lashores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romana Blaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Dufour</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Houssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pilon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04173118v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04207296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marly-la-Ville &amp;quot;Le Château - Phase 1&amp;quot;, département du Val d'Oise (95) [OA 1011321]: Rapport de fouille archéologique préventive du 28/09/2020 au 24/12/2020</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Gillain</w:t>
+                <w:t xml:space="preserve">Marly-la-Ville, 5 – 15, rue Gabriel Péri «Le Village» : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Warmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Renel</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">OA 1011321, Service départemental d'archéologie du Val d'Oise. 2023, 2 vol., 512 et 479 p</w:t>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03960344v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris 1er, 10 boulevard du Palais / Palais de la Cité, projet de liaison entre la Sainte Chapelle et la Conciergerie : rapport de diagnostic archéologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
+                <w:t xml:space="preserve">Marly-la-Ville &amp;quot;Le Château - Phase 1&amp;quot;, département du Val d'Oise (95) [OA 1011321]: Rapport de fouille archéologique préventive du 28/09/2020 au 24/12/2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Alligri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Gillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renel</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2022</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">OA 1011321, Service départemental d'archéologie du Val d'Oise. 2023, 2 vol., 512 et 479 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04159998v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03960344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris (75), 4e arrondissement, 47 rue Vieille-du-Temple / 10 rue des Guillemites, Hôtel des Ambassadeurs : rapport de fouille archéologique</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Paul Celly</w:t>
+                <w:t xml:space="preserve">Louvres (Val-d'Oise), 35 rue de Paris. Occupations antique, médiévale et ferme villageoise moderne : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Karst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DHAAP. 2022</w:t>
+              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03937950v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03937834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moussy-le-Neuf (77), 6, rue Pasteur &amp;quot; Les Jardins Rouards &amp;quot; : rapport de fouille</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Gentili</w:t>
+                <w:t xml:space="preserve">Paris 1er, 10 boulevard du Palais / Palais de la Cité, projet de liaison entre la Sainte Chapelle et la Conciergerie : rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2022</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04173159v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louvres (Val-d'Oise), 35 rue de Paris. Occupations antique, médiévale et ferme villageoise moderne : rapport de fouille</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
+                <w:t xml:space="preserve">Moussy-le-Neuf (77), 6, rue Pasteur &amp;quot; Les Jardins Rouards &amp;quot; : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gentili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Derreumaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2022</w:t>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03937834v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04173159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris 5e, 20 rue Cujas : rapport de diagnostic archéologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
+                <w:t xml:space="preserve">Paris (75), 4e arrondissement, 47 rue Vieille-du-Temple / 10 rue des Guillemites, Hôtel des Ambassadeurs : rapport de fouille archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Avinain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Aunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Cavanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Celly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...28 lines deleted...]
-              <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DHAAP. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04159973v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03937950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arpajon (Essonne), 94-96 Grande Rue : Une rue et une insula du vicus : rapport de fouille</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pablo Ciezar</w:t>
+                <w:t xml:space="preserve">Paris 1er, 4 boulevard du Palais / cour de la Police judiciaire : rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France. 2021</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Goret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03219501v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris 5e, 7 rue Malebranche : rapport de diagnostic archéologique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Paul Celly</w:t>
+                <w:t xml:space="preserve">Paris, 4e arrondissement, 24 rue des Archives, Église des Billettes : rapport de sondage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscillia Debouige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Goret</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Colonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] DHAAP. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04160027v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03245395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bondy (93), Place de la Division Leclerc : rapport de diagnostic archéologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cristina Gonçalves Buissard</w:t>
+                <w:t xml:space="preserve">Paris IVe, 4 cour Bérard : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Legriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Conseil départemental de Seine-Saint-Denis. 2021</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03379712v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03219578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris 1er, 4 boulevard du Palais / cour de la Conciergerie : rapport de diagnostic archéologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Charnotet</w:t>
+                <w:t xml:space="preserve">Arpajon (Essonne), 94-96 Grande Rue : Une rue et une insula du vicus : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Peixoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ciezar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thibault Cardon</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04159942v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03219501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris 1er, 4 boulevard du Palais / cour de la Police judiciaire : rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Paris 5e, 20 rue Cujas : rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Goret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04159907v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris, 4e arrondissement, 24 rue des Archives, Église des Billettes : rapport de sondage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Priscillia Debouige</w:t>
+                <w:t xml:space="preserve">Paris 5e, 7 rue Malebranche : rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Du Bouetiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Celly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Valérie Delattre</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Goret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] DHAAP. 2021</w:t>
+              <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03245395v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04160027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris IVe, 4 cour Bérard : rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Legriel</w:t>
+                <w:t xml:space="preserve">Bondy (93), Place de la Division Leclerc : rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Gonçalves Buissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France. 2021</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Kérien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil départemental de Seine-Saint-Denis. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03219578v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03379712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antony, Eglise Saint-Saturnin, 2 places de l'Eglise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Colonna</w:t>
+                <w:t xml:space="preserve">Paris 1er, 4 boulevard du Palais / cour de la Conciergerie : rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Charnotet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">INRAP. 2020</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Goret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mairie de Paris, 75004 Paris. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05228433v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paris Ve, 11-11bis rue de Poissy : rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Legriel</w:t>
+                <w:t xml:space="preserve">Antony, Eglise Saint-Saturnin, 2 places de l'Eglise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Colonna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France. 2020</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Warmé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAP. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03219567v1</w:t>
+                <w:t xml:space="preserve">hal-05228433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Cyr-sous-Dourdan, Le Vieux Cimetière - Bandeville, Île-de-France, Essonne (91), Rapport de diagnostic archéologique, 1 vol. (212 p.) : 96 fig., ill. en noir et en coul. ; 30 cm + 1 plan</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Île-de-France, SRA Ile-de-France. 2020</w:t>
+                <w:t xml:space="preserve">Paris Ve, 11-11bis rue de Poissy : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Legriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Drwila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opale Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095515v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03219567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poissy, rues du 11 novembre 1918, de la Libération et du 8 mai 1945 (Yvelines, Île-de-France), rapport de fouille</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Chantran</w:t>
+                <w:t xml:space="preserve">Saint-Cyr-sous-Dourdan, Le Vieux Cimetière - Bandeville, Île-de-France, Essonne (91), Rapport de diagnostic archéologique, 1 vol. (212 p.) : 96 fig., ill. en noir et en coul. ; 30 cm + 1 plan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Mondoloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lorquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Culioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heloïse Mathat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] Service archéologique interdépartemental Yvelines/Hauts-de-Seine; Service régional de l'Archéologie Île-de-France. 2019, pp.1195</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Île-de-France, SRA Ile-de-France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365483v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruyères-Le-Châtel (Essonne), Zac de La Croix de l’Orme, phase 2, Habitat du haut Moyen Âge et atelier de potier médiéval</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France, Pantin. 2019</w:t>
+                <w:t xml:space="preserve">Poissy, rues du 11 novembre 1918, de la Libération et du 8 mai 1945 (Yvelines, Île-de-France), rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelise Binois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Borvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Cardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chantran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] Service archéologique interdépartemental Yvelines/Hauts-de-Seine; Service régional de l'Archéologie Île-de-France. 2019, pp.1195</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03249608v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trappes (Yvelines), 38, rue de Montfort : rapport de fouille</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corinne Pucheu Lashores</w:t>
+                <w:t xml:space="preserve">Bruyères-Le-Châtel (Essonne), Zac de La Croix de l’Orme, phase 2, Habitat du haut Moyen Âge et atelier de potier médiéval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Warmé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France, Pantin. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03249820v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03249608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orsay, Zac de Corbeville, angle de la RD 128 et du sentier de Corbeville. Île-de-France, Essonne (91), Rapport de diagnostic archéologique, 1 vol. (131 p.) : 41 fig.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Luc Leconte</w:t>
+                <w:t xml:space="preserve">Trappes (Yvelines), 38, rue de Montfort : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Pucheu Lashores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Cammas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cotté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Goret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre – Île-de-France, SRA Ile-de-France. 2017</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France, Pantin. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095703v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03249820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Action Scientifique 2016, Céramique du haut Moyen Âge en Île-de-France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Bocquet-Lienard</w:t>
+                <w:t xml:space="preserve">Orsay, Zac de Corbeville, angle de la RD 128 et du sentier de Corbeville. Île-de-France, Essonne (91), Rapport de diagnostic archéologique, 1 vol. (131 p.) : 41 fig.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Giorgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lorquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Pissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] INRAP. 2016, 142 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre – Île-de-France, SRA Ile-de-France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02436219v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montlhéry (Essonne), 8-10 rue de la Chapelle et Place Daniel Louis Meyer : rapport de diagnostic</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bauchet</w:t>
+                <w:t xml:space="preserve">Projet Action Scientifique 2016, Céramique du haut Moyen Âge en Île-de-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bocquet-Lienard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lorquet</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fronteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France, Pantin. 2016</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAP. 2016, 142 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02943284v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Montlhéry (Essonne), 8-10 rue de la Chapelle et Place Daniel Louis Meyer : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Cissé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude (de) Mecquenem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lorquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France, Pantin. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02943284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Projet Action Scientifique 2015, Céramique du haut Moyen Âge en Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Claude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fronteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Mahé-Hourlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Genevey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2015, 138 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02436215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId126"/>
+      <w:footerReference w:type="default" r:id="rId127"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4898,51 +5003,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="687FFA4E"/>
+    <w:nsid w:val="F0100639"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5129,51 +5234,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02103755v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Claude" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101186v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thomas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101276v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Hurard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ravoire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101064v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428633v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dufour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dh&#233;nin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428675v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lef&#232;vre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272891v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dupre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leclerc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02103762v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101469v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Paccard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101460v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101124v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bourgeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Guadagnin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101129v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101123v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487999v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couturier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bustos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cavanna" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697316v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Samuelian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Drwila" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845751v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goustard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pilon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04903645v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Desrayaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Giorgi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207296v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pucheu-Lashores" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Houssier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173118v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Warm&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Abadie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Du Bouetiez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960344v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Alligri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gillain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159998v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937950v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Avinain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Aunay" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Celly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173159v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gentili" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937834v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Karst" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159973v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Goret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219501v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Peixoto" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ciezar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160027v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379712v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gon&#231;alves Buissard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline K&#233;rien" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Lafarge" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159942v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charnotet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159907v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245395v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Debouige" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219578v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Legriel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228433v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219567v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opale Robin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095515v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mondoloni" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorquet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helo&#239;se Mathat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Durand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365483v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girault" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chantran" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249608v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mah&#233;-Hourlier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249820v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pucheu Lashores" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095703v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pissot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436219v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Lienard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Genevey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943284v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ciss&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude (de) Mecquenem" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436215v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02103755v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Claude" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101276v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Hurard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ravoire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101186v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thomas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101064v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428633v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dufour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dh&#233;nin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428675v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lef&#232;vre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272891v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Li&#233;nard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dervin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dupre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leclerc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101469v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Paccard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02103762v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101460v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101124v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brut" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bourgeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Guadagnin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101129v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02101123v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487999v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couturier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bustos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cavanna" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colonna" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05544046v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697316v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pecqueur" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Samuelian" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Drwila" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845751v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goustard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pilon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04903645v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Desrayaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Giorgi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207296v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pucheu-Lashores" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Houssier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173118v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Warm&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Abadie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Du Bouetiez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960344v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Alligri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gillain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937834v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Karst" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159998v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delattre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04173159v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gentili" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937950v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Avinain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Aunay" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Celly" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159907v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Goret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245395v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Debouige" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219578v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Legriel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219501v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Peixoto" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ciezar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159973v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160027v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379712v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gon&#231;alves Buissard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline K&#233;rien" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Lafarge" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159942v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charnotet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228433v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219567v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Opale Robin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095515v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mondoloni" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorquet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Culioli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helo&#239;se Mathat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Durand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365483v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girault" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chantran" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249608v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Mah&#233;-Hourlier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249820v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Pucheu Lashores" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095703v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pissot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436219v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bocquet-Lienard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Genevey" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943284v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ciss&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude (de) Mecquenem" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436215v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>