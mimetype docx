--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1508,255 +1508,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02310308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Oksana Sarkisova, Screening Soviet Nationalities. Kulturfilms from the Far North to Central Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Damiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slavica Occitania</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01706289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Drieu (éd.), Écrans d’Orient. Propagande, innovation et résistance dans les cinémas de Turquie, d’Iran et d’Asie centrale (1897-1945)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Damiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slavica Occitania</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01706287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Chomentowski, Filmer l’Orient. Politique des nationalités et cinéma en URSS (1917-1938)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études mongoles et sibériennes, centrasiatiques et tibétaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 48, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/emscat.2934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01706286v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">hal-01706287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Пространство фильма как зона контакта: киносъемки с участием коренных малочисленных народов Севера, Сибири и Дальнего Востока на рубеже 1920-х – 1930-х гг.</w:t>
               </w:r>
@@ -2178,169 +2178,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04129085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nanouk au pays des Soviets. Réception, influence et adaptation du modèle ethnofictionnel en Union soviétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Damiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caroline Damiens (dir.), Ciné-expéditions : une zone de contact cinématographique, Paris, AFRHC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03779526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’expédition : une zone de contact cinématographique, médiatique et culturel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Damiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caroline Damiens. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ciné-expéditions. Une zone de contact cinématographique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFRHC, pp.13-29, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04454380v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03779526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La séance-miroir : le cinéma pour les « indigènes » de Sibérie soviétique comme espace de projection</w:t>
               </w:r>
@@ -3221,51 +3221,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Damiens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205586v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453764v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779522v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csaba M&#233;sz&#225;ros" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518473v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17892/app.2024.00018.365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564977v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17503132.2024.2342598" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129074v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17460654.2023.2209939" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779531v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205592v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454393v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718997v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221312v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518044v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Corriou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Leventopoulos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhc.526" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589956v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471826v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17503132.2020.1711607" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443254v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.3758" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053223v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/slovo.2019.5231" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310308v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706286v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/emscat.2934" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706289v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706287v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434168v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434159v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434148v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4119/UNIBI/indi-v5-i1-109" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216430v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nefeli Liontou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38789-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129085v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454380v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779526v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921526v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03399008v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310294v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsulm.2627" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221314v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799640v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12qcc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447376v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447382v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310303v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01699245v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017USPCF013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685915v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Damiens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205586v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453764v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779522v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csaba M&#233;sz&#225;ros" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518473v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17892/app.2024.00018.365" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564977v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17503132.2024.2342598" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129074v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17460654.2023.2209939" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779531v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205592v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454393v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718997v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221312v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518044v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Corriou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Leventopoulos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhc.526" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589956v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471826v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17503132.2020.1711607" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443254v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/map.3758" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053223v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/slovo.2019.5231" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310308v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706289v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706287v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706286v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/emscat.2934" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434168v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434159v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434148v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4119/UNIBI/indi-v5-i1-109" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216430v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nefeli Liontou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38789-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129085v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454380v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921526v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03399008v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310294v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionsulm.2627" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221314v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799640v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12qcc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447376v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447382v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310303v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01699245v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017USPCF013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>