--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1291,299 +1291,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03635430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conductive Polymer Composites for Hydrogen Sulphide Sensors Working at Sub-PPM Level and Room Temperature</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lahcen Khouchaf</w:t>
+                <w:t xml:space="preserve">Facile Fabrication of an Ammonia-Gas Sensor Using Electrochemically Synthesised Polyaniline on Commercial Screen-Printed Three-Electrode Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anja Korent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina Žagar Soderžnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sašo Šturm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina Žužek Rožman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 21 (19), pp.6529. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s21196529⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s21010169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03380658v1</w:t>
+                <w:t xml:space="preserve">hal-04249228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facile Fabrication of an Ammonia-Gas Sensor Using Electrochemically Synthesised Polyaniline on Commercial Screen-Printed Three-Electrode Systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kristina Žužek Rožman</w:t>
+                <w:t xml:space="preserve">Conductive Polymer Composites for Hydrogen Sulphide Sensors Working at Sub-PPM Level and Room Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Lamine Boukhenane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fagniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahcen Khouchaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 21 (1), pp.169. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 21 (19), pp.6529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s21196529⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s21010169⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04249228v1</w:t>
+                <w:t xml:space="preserve">hal-03380658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humidity Sensor Based on PEO/PEDOT:PSS Blends for Breath Monitoring</w:t>
               </w:r>
@@ -2383,51 +2383,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2551,2318 +2551,2586 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05219779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia Detection Using Low-Bandgap Polymer-Based Sensitive Surfaces</w:t>
+                <w:t xml:space="preserve">Sustainable PLA Innovations for Recyclable Piezoelectric Transducers and Harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcelo S Borro</w:t>
+                <w:t xml:space="preserve">Amulya Raj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
+                <w:t xml:space="preserve">Hui Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roger Clive Hiorns</w:t>
+                <w:t xml:space="preserve">Timo Punkari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Luisa Braunger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Duc</w:t>
+                <w:t xml:space="preserve">Matti Mäntysalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIII B-MRS Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 IEEE International Conference on Flexible and Printable Sensors and Systems (FLEPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Singapore, Singapore. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FLEPS65444.2025.11105632⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05532617v1</w:t>
+                <w:t xml:space="preserve">hal-05532548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Sustainable Piezoelectric Inks for Direct Ink Writing Technologies: Role of Ink Viscosity and Printing Parameters on the Quality of Printed Designs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Delcourt</w:t>
+                <w:t xml:space="preserve">Ammonia Detection Using Low-Bandgap Polymer-Based Sensitive Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo S Borro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Clive Hiorns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Luisa Braunger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Materials Research Society Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">XXIII B-MRS Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Salvador (Bahia), Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05532593v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05532617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative solvents containing phenyls and isoprenic units to fabricate polyaniline-based layers sensitive to ammonia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Redon</w:t>
+                <w:t xml:space="preserve">Development of Sustainable Piezoelectric Inks for Direct Ink Writing Technologies: Role of Ink Viscosity and Printing Parameters on the Quality of Printed Designs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Delcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Lacassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Samuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROSENSORS XXXVI</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Materials Research Society Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04703490v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05532593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia sensor based on polyaniline dispersed in toluene with a remarkably low sensitivity to humidity</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multiparametric Microwave Sensor for Environmental Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Mulloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Marchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lorenzelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gaiardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Valt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Workshop of the IEEE Sensors France Chapter</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AISEM Annual Conference on Sensors and Microsystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, TRento, Italy. pp.21-26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-08271-8_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04619041v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Water in Conductive Polymer Gas Sensors: Insights From Polyaniline For Ammonia Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manolis N. Romanias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Fresneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Symposium on Flexible Organic Electronics (ISFOE24)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Thesaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A NEW PERFORMING SENSING SYSTEM TO MONITOR NH3 CONCENTRATIONS FOR LIVESTOCK APPLICATIONS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ammonia sensor based on polyaniline dispersed in toluene with a remarkably low sensitivity to humidity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Vassaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIR QUALITY CONFERENCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Helsinki, May 2024, HELSINKI, Finland</w:t>
+              <w:t xml:space="preserve">5th Workshop of the IEEE Sensors France Chapter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04583949v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04619041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia sensors based on polyaniline: materials processing as leverage for performance optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alternative solvents containing phenyls and isoprenic units to fabricate polyaniline-based layers sensitive to ammonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Vassaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée CMC2 d'automne - Micro-capteurs dédiés au contrôle de la qualité de l'air extérieur, intérieur et industrielle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EUROSENSORS XXXVI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Debrecen (Hungary), Hungary. pp.93-94, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5162/EUROSENSORSXXXVI/OT5.44⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05032973v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia sensors based on polyaniline: materials processing as leverage for performance optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A NEW PERFORMING SENSING SYSTEM TO MONITOR NH3 CONCENTRATIONS FOR LIVESTOCK APPLICATIONS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Promonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Fleps 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AIR QUALITY CONFERENCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Helsinki, May 2024, HELSINKI, Finland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04661976v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04583949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollution activity detection based on metal-oxide gas sensors and intrinsic dimensionality estimation for indoor air quality applications</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ammonia sensors based on polyaniline: materials processing as leverage for performance optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Luisa Braunger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque en TéléSANté et dispositifs biomédicaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée CMC2 d'automne - Micro-capteurs dédiés au contrôle de la qualité de l'air extérieur, intérieur et industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Club Micro-Capteurs Chimiques (CMC2), Oct 2024, Clermont Ferrand (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251112v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05032973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ammonia organic sensors: from environmental to biomedical applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Ammonia sensors based on polyaniline: materials processing as leverage for performance optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Braunger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58th International Conference on Microelectronics, Devices and Materials (MIDEM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Fleps 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Tampere, Finland. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FLEPS61194.2024.10604267⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249425v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04661976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the solvent on the performance of polyaniline-based sensors devoted to ammonia detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabine Vassaux</w:t>
+                <w:t xml:space="preserve">Pollution activity detection based on metal-oxide gas sensors and intrinsic dimensionality estimation for indoor air quality applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Dorizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS Fall Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">Colloque en TéléSANté et dispositifs biomédicaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249280v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of solvent on ammonia detection performance of polyaniline-based sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabine Vassaux</w:t>
+                <w:t xml:space="preserve">Ammonia organic sensors: from environmental to biomedical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Sensors Engineering and Electronics Instrumentation Advances (SEIA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Funchal (Madeira Island), Portugal</w:t>
+              <w:t xml:space="preserve">58th International Conference on Microelectronics, Devices and Materials (MIDEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Lipica, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249270v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indoor air quality indices confronted to sensors measurement from field campaign</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luiz Miranda</w:t>
+                <w:t xml:space="preserve">Impact of the solvent on the performance of polyaniline-based sensors devoted to ammonia detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Vassaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heathy Buildings 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, AACHEN, Germany</w:t>
+              <w:t xml:space="preserve">EMRS Fall Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221431v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the matrix on the detection of ammonia in Polyaniline: Polyurethane sensors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Impact of solvent on ammonia detection performance of polyaniline-based sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Vassaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Wojkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Athenes, Greece</w:t>
+              <w:t xml:space="preserve">9th International Conference on Sensors Engineering and Electronics Instrumentation Advances (SEIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Funchal (Madeira Island), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249455v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic dimension estimation as a tool to sensor selection for an indoor air quality multisensory system</w:t>
+                <w:t xml:space="preserve">Indoor air quality indices confronted to sensors measurement from field campaign</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Umba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Dorizzi</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Buildings Europe - 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Oslo / Online, Norway</w:t>
+              <w:t xml:space="preserve">Heathy Buildings 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, AACHEN, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04638695v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyaniline Nanocomposites for Hydrogen Sulfide Detection at ppb Level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of the matrix on the detection of ammonia in Polyaniline: Polyurethane sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Wojkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Wojkiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Sensor Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sensors 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Athenes, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03380266v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New heterostructured Ni 3 S 2 -rGO based room temperature NH 3 sensor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">N Coville</w:t>
+                <w:t xml:space="preserve">Intrinsic dimension estimation as a tool to sensor selection for an indoor air quality multisensory system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ec Linganiso</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Caroline Duc</w:t>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Dorizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE Sensors</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Healthy Buildings Europe - 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Oslo / Online, Norway</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04148913v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04638695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of VOC biomarkers specific to chronic kidney disease by analysis of exhaled air from dialysis patients at advanced stages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Akiki</w:t>
+                <w:t xml:space="preserve">Polyaniline Nanocomposites for Hydrogen Sulfide Detection at ppb Level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Lamine Boukhenane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Fagniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Wojkiewicz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Breath Biopsy Conference 2020, November 10-11, 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th International Symposium on Sensor Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Dresden, Germany. pp.69, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/I3S2021Dresden-10183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03143995v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03380266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soufflez, c’est dépisté : systèmes multi-capteurs pour le diagnostic et le suivi personnalisé de patients par analyse d’haleine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New heterostructured Ni 3 S 2 -rGO based room temperature NH 3 sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Tlhaole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Coville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ec Linganiso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque IMT Healthcare 4.0</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Sydney, Australia. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS47087.2021.9639478⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249571v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Detection of VOC biomarkers specific to chronic kidney disease by analysis of exhaled air from dialysis patients at advanced stages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Akiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Wojkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Glowacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Kaluzny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Breath Biopsy Conference 2020, November 10-11, 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, ., France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufflez, c’est dépisté : systèmes multi-capteurs pour le diagnostic et le suivi personnalisé de patients par analyse d’haleine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Le Maout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Lahuec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque IMT Healthcare 4.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMT, Oct 2019, Saint-Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">PEDOT:PSS/PEO: a melt-processable blend for flexible conductive electrodes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Soulestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Samuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Nano Materials 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4872,310 +5140,310 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capteurs RFID sans puce pour mesures environnementales</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matteo Valt</w:t>
+                <w:t xml:space="preserve">The dimensionality of MOX sensors in Air quality assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jugurta Montalvão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Club CMC2</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eurosensors 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Wroclaw, Poland, Poland. 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5162/EUROSENSORS2025/MP44⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05329325v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05300871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dimensionality of MOX sensors in Air quality assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jugurta Montalvão</w:t>
+                <w:t xml:space="preserve">Capteurs RFID sans puce pour mesures environnementales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviana Mulloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giada Marchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leandro Lorenzelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Gaiardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Valt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosensors 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées du Club CMC2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Besançon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05300871v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05329325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des propriétés de l'écoulement sur la cinétique d'adsorption de NH3 sur une surface sensible composée de polyaniline.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Fahes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5234,381 +5502,381 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes Journées Scientifiques de l’Association Française d'Adsorption</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Tool to Unravel Interactions Between Gas and Sensitive Surface Through the Simultaneous Characterization of Gas Uptake and Electrical Properties of the Material</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low-bandgap Polymers, a New Sensitive Surface for Ammonia Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. S. Borro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. A. da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">M. N. Romanias</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. L. Braunger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROSENSORS XXXVI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Debrecen (Hungary), Hungary. AMA Service GmbH, Von-Münchhausen-Str. 49, 31515 Wunstorf, pp.419-420, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5162/EUROSENSORSXXXVI/PT5.305⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Debrecen (Hungary), Hungary. AMA Service GmbH, Von-Münchhausen-Str. 49, 31515 Wunstorf, pp.355-356, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5162/EUROSENSORSXXXVI/PT5.91⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04703519v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-bandgap Polymers, a New Sensitive Surface for Ammonia Detection</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">New Tool to Unravel Interactions Between Gas and Sensitive Surface Through the Simultaneous Characterization of Gas Uptake and Electrical Properties of the Material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pascaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. L. Braunger</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. N. Romanias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROSENSORS XXXVI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Debrecen (Hungary), Hungary. AMA Service GmbH, Von-Münchhausen-Str. 49, 31515 Wunstorf, pp.355-356, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5162/EUROSENSORSXXXVI/PT5.91⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Debrecen (Hungary), Hungary. AMA Service GmbH, Von-Münchhausen-Str. 49, 31515 Wunstorf, pp.419-420, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5162/EUROSENSORSXXXVI/PT5.305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04703511v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04703519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Polyaniline-Based Gas Sensors for Hydrogen Sulfide Detection: The Crucial Role of Solvent Choice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Luisa Braunger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Fier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5623,73 +5891,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosensors 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Room Temperature Ammonia Sensor Based on Electrodeposited Polyaniline Film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aihemaiti Kayishaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5738,230 +6006,230 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Lakard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Vienne (AUT), Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IEEE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023 IEEE SENSORS, pp.1-4, 2023, IEEE SENSORS. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SENSORS56945.2023.10325142⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are particle sensors able to correctly report different indoor air particle emission scenarios?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Umba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Umba</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miranda, Luiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heathy Buildings 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, AACHEN, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fundamental characterization of interaction between gas and polyaniline composites dedicated to ammonia detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6020,198 +6288,198 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS Fall Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of three amines interfering with ammonia response of polyaniline-based sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Bruneel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edilene Assunção da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS Fall Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the electro-responsiveness and surface texturing of PEDOT:PSS for smart MEMS interface applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6243,290 +6511,124 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Senez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 19th International Conference on Solid-State Sensors, Actuators and Microsystems (TRANSDUCERS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Kaohsiung, Taiwan. IEEE, https://ieeexplore.ieee.org/xpl/conhome/7986674/proceeding, pp.1391-1394, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2017.7994317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566994v1</w:t>
-              </w:r>
-[...164 lines deleted...]
-                <w:t xml:space="preserve">hal-05532548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration par voie fluidique de la performance de détection de capteurs d’ammoniac, Rapport d’activités n°1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Fahes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6582,51 +6684,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IMT Nord Europe, Institut Mines Télécom, Université de Lille, CERI Energie Environnement, F-59000, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6636,114 +6738,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et électro-actionnement du PEDOT : PSS en liquide pour son utilisation comme revêtement antisalissure en milieu marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Polymères. Université de Lille, 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04249542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId180"/>
+      <w:footerReference w:type="default" r:id="rId187"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6890,51 +6992,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756693v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Fahes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Redon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2024.120878" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250343v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Vassaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsamd.2025.100961" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300884v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Miranda" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pinheiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Dorizzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indenv.2024.100026" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645796v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aihemaiti Kayishaer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Magnenet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lakard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Ben Halima" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2024.117695" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541876v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana-Alexandra Pavel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moutarlier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2024.1358534" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595435v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Pascaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Thevenet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Samuel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c00565" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221313v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilene da Silva" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Samuel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Furini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Jos&#233; L. Constantino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2023.134664" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148902v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amir Bahrani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Moazzen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khady Seck" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2021.104718" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635430v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Boukhenane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fagniez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Khouchaf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21196529" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380658v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249228v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Korent" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina &#381;agar Soder&#382;nik" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;o &#352;turm" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina &#381;u&#382;ek Ro&#382;man" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21010169" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380249v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Wojkiewicz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.202100489" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566991v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Stoclet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Soulestin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.0c00303" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982053v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Lamine Boukhenane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Wojkiewicz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2020.00215" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455684v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411504v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Malliaras" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Senez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vlandas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2018.02.003" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QL2X7HNW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566992v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b07971" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566997v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Malliaras" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Senez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM00599C" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219779v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puwit Chongcharoen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/ffhmt25.243" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532617v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo S Borro" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilene Assun&#231;&#227;o da Silva" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Clive Hiorns" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Braunger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532593v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Delcourt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Lacassagne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703490v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORSXXXVI/OT5.44" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619041v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643162v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N. Romanias" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fresneau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583949v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crunaire" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Promonet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032973v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661976v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Braunger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FLEPS61194.2024.10604267" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251112v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verriele" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249425v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249280v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249270v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221431v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Umba" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249455v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638695v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380266v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/I3S2021Dresden-10183" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148913v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tlhaole" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Coville" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ec Linganiso" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Redon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639478" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143995v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Akiki" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Glowacki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kaluzny" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249571v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Le Maout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lahuec" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Seguin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249500v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Soulestin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329325v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Mulloni" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Marchi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Lorenzelli" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gaiardo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Valt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300871v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugurta Montalv&#227;o" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORS2025/MP44" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471704v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703519v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pascaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Redon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Samuel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N. Romanias" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORSXXXVI/PT5.305" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703511v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Borro" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. da Silva" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Braunger" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORSXXXVI/PT5.91" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249389v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Fier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455711v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2023.ieee-sensorsconference.org/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325142" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221362v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miranda, Luiz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249328v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249356v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bruneel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566994v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994317" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532548v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amulya Raj" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Shen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Punkari" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti M&#228;ntysalo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FLEPS65444.2025.11105632" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05287261v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04249542v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756693v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Fahes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souria Hamidouche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Redon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2024.120878" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250343v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Vassaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsamd.2025.100961" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300884v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Miranda" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pinheiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Dorizzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indenv.2024.100026" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645796v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aihemaiti Kayishaer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Magnenet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Lakard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Ben Halima" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2024.117695" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541876v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana-Alexandra Pavel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moutarlier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2024.1358534" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595435v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Pascaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Thevenet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Samuel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c00565" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221313v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilene da Silva" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Samuel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Furini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Jos&#233; L. Constantino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2023.134664" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148902v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amir Bahrani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Moazzen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khady Seck" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2021.104718" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635430v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lamine Boukhenane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fagniez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Khouchaf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21196529" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249228v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anja Korent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina &#381;agar Soder&#382;nik" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#353;o &#352;turm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina &#381;u&#382;ek Ro&#382;man" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21010169" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380658v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380249v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Wojkiewicz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.202100489" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566991v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Stoclet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Soulestin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.0c00303" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982053v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Lamine Boukhenane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Wojkiewicz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmats.2020.00215" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455684v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411504v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Malliaras" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Senez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vlandas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.synthmet.2018.02.003" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QL2X7HNW-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566992v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b07971" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566997v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Malliaras" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Senez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SM00599C" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219779v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puwit Chongcharoen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11159/ffhmt25.243" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532548v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amulya Raj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Shen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Punkari" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti M&#228;ntysalo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FLEPS65444.2025.11105632" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532617v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo S Borro" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilene Assun&#231;&#227;o da Silva" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Clive Hiorns" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Braunger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532593v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Delcourt" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Lacassagne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556895v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mulloni" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marchi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lorenzelli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gaiardo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valt" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-08271-8_4" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643162v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N. Romanias" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Fresneau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619041v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703490v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORSXXXVI/OT5.44" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583949v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crunaire" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Promonet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032973v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661976v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Braunger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FLEPS61194.2024.10604267" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251112v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verriele" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249425v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249280v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249270v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221431v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Umba" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249455v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638695v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380266v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/I3S2021Dresden-10183" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148913v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Tlhaole" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Coville" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ec Linganiso" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Redon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS47087.2021.9639478" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143995v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Akiki" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Glowacki" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kaluzny" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249571v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Le Maout" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Lahuec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Seguin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249500v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Soulestin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300871v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugurta Montalv&#227;o" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORS2025/MP44" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329325v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Mulloni" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Marchi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Lorenzelli" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Gaiardo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Valt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471704v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703511v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Borro" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. A. da Silva" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Redon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Braunger" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORSXXXVI/PT5.91" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703519v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pascaud" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Samuel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N. Romanias" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORSXXXVI/PT5.305" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249389v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Fier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455711v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2023.ieee-sensorsconference.org/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325142" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221362v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miranda, Luiz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249328v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249356v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Bruneel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566994v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2017.7994317" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05287261v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04249542v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>